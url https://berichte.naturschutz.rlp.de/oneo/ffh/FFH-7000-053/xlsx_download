--- v0 (2025-11-09)
+++ v1 (2026-02-18)
@@ -139,51 +139,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5908-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((399124.4000000004 5580294.720000001, 399124.4400000004 5580294.68, 399133.8099999996 5580288.279999999, 399138.03000000026 5580285.4, 399216.8300000001 5580400.8100000005, 399175.2999999998 5580431.5, 399123.9000000004 5580465.58, 399057.41000000015 5580509.779999999, 399037.4400000004 5580523.09, 399025.86000000034 5580527.5600000005, 398994.08999999985 5580545.85, 398965.45999999996 5580561.51, 398927.4400000004 5580580.050000001, 398897.6699999999 5580592.26, 398874.25 5580600.710000001, 398871.7599999998 5580601.6, 398865.11000000034 5580676.41, 398858.1699999999 5580678.300000001, 398839.4400000004 5580682.17, 398817.36000000034 5580685.6899999995, 398797.3099999996 5580688.380000001, 398772.71999999974 5580690.74, 398749.79000000004 5580692.109999999, 398725.7999999998 5580692.210000001, 398698.3700000001 5580691.68, 398664.29000000004 5580690.050000001, 398648.3200000003 5580688.82, 398623.96999999974 5580686.529999999, 398591.3499999996 5580682.039999999, 398552.8499999996 5580675.789999999, 398521.41000000015 5580669.6899999995, 398495.33999999985 5580664.300000001, 398476.3300000001 5580659.65, 398440.76999999955 5580650.25, 398405.83999999985 5580638.73, 398381.4400000004 5580630.050000001, 398358.2999999998 5580621.130000001, 398329.13999999966 5580608.619999999, 398302.9500000002 5580595.93, 398267.78000000026 5580575.85, 398247.7599999998 5580563.210000001, 398222.1500000004 5580544.5, 398209.2599999998 5580533.960000001, 398197.9199999999 5580524.130000001, 398193.5599999996 5580519.460000001, 398187.6500000004 5580512.0600000005, 398183.4199999999 5580508.75, 398178.48000000045 5580502.68, 398171.0999999996 5580493.68, 398155.20999999996 5580472.9, 398142.79000000004 5580454.0600000005, 398120.7400000002 5580428.960000001, 398105.0599999996 5580412.699999999, 398103.4199999999 5580410.76, 398102.6900000004 5580409.92, 398091.7599999998 5580397.17, 398072.4400000004 5580371.85, 398041.79000000004 5580320.74, 398022.83999999985 5580272.960000001, 397996 5580192.66, 397968.73000000045 5580121.970000001, 397937.48000000045 5580055.74, 397932.46999999974 5580045.99, 397924.2400000002 5580038.630000001, 397915.5499999998 5580036.6899999995, 397906.9900000002 5580037.609999999, 397870.01999999955 5579964.9399999995, 397856.21999999974 5579938.300000001, 397852.54000000004 5579931.210000001, 397861.0999999996 5579922.390000001, 397810.29000000004 5579806.460000001, 397792.26999999955 5579795.41, 397777.4000000004 5579802.9399999995, 397753.48000000045 5579743.67, 397737.8300000001 5579703.359999999, 397734.0599999996 5579695.8100000005, 397730.46999999974 5579687.42, 397727.8700000001 5579682.01, 397723.51999999955 5579674.140000001, 397717.86000000034 5579664.99, 397712.7000000002 5579657.5600000005, 397707.0499999998 5579650.1899999995, 397702.6500000004 5579645.24, 397695.6500000004 5579637.58, 397692.86000000034 5579634.960000001, 397689.16000000015 5579631.449999999, 397687.91000000015 5579630.3100000005, 397678.28000000026 5579622.48, 397673.1500000004 5579618.529999999, 397669.20999999996 5579615.59, 397669.08999999985 5579615.5, 397659.8799999999 5579608.93, 397659.5499999998 5579608.6899999995, 397646.8499999996 5579599.4, 397637.8300000001 5579592.35, 397623.5499999998 5579579.16, 397667.23000000045 5579540.08, 397659.41000000015 5579525.210000001, 397636.9500000002 5579495.66, 397635.4500000002 5579493.699999999, 397624.5499999998 5579479.35, 397626.6699999999 5579477.59, 397612.1500000004 5579458.48, 397605.5999999996 5579451.48, 397604.4000000004 5579450.18, 397602.4000000004 5579446.970000001, 397604.16000000015 5579445.57, 397606.5499999998 5579443.74, 397577.3099999996 5579390.470000001, 397508.91000000015 5579307.220000001, 397378.11000000034 5579187.76, 397252.4299999997 5579056.82, 397251.54000000004 5579052.33, 397239.73000000045 5579040.109999999, 397176.88999999966 5578989.34, 397163.0999999996 5578980.390000001, 397161.41000000015 5578981.65, 397158.95999999996 5578983.49, 397028.2400000002 5578833.9399999995, 397009.51999999955 5578807.8100000005, 396994.45999999996 5578782.9399999995, 396979.36000000034 5578752.85, 396958.71999999974 5578695.91, 396956.23000000045 5578684.460000001, 396953.2400000002 5578670.800000001, 396951.8700000001 5578664.460000001, 396950.71999999974 5578659.199999999, 396948.6500000004 5578647.84, 396947.5700000003 5578638.279999999, 396925.61000000034 5578442.26, 396925.1500000004 5578438.23, 396927.4299999997 5578438.0600000005, 396927.76999999955 5578419.720000001, 396923.9299999997 5578420.039999999, 396923.33999999985 5578411.289999999, 396922.58999999985 5578393.33, 396923.1200000001 5578393.199999999, 396926.86000000034 5578392.24, 396924.83999999985 5578379.59, 396923.91000000015 5578370.369999999, 396923.63999999966 5578363.85, 396924.54000000004 5578348.77, 396928.04000000004 5578311.9399999995, 396933.0599999996 5578272.67, 396936.0099999998 5578249.59, 396938.6799999997 5578234.26, 396941.4199999999 5578218.43, 396944.63999999966 5578199.08, 396950.63999999966 5578156.99, 396952.3099999996 5578153.390000001, 396954.23000000045 5578150.300000001, 396955.04000000004 5578149.01, 396956.7999999998 5578146.02, 396958.1299999999 5578143.18, 396959.71999999974 5578138.99, 396960.76999999955 5578134.890000001, 396961.6299999999 5578129.890000001, 397051.1200000001 5578146.710000001, 397170.5999999996 5578169.16, 397163.5 5578201.48, 397154.38999999966 5578264.050000001, 397152.03000000026 5578293.59, 397151.73000000045 5578325.35, 397155.20999999996 5578357.33, 397170.51999999955 5578423.970000001, 397190.48000000045 5578492.550000001, 397192.03000000026 5578497.0600000005, 397206.1699999999 5578538.039999999, 397210.7400000002 5578576.300000001, 397225.9900000002 5578629.25, 397258.3200000003 5578703.1899999995, 397273.04000000004 5578726.33, 397287.25 5578765.59, 397295.23000000045 5578781.300000001, 397306.6500000004 5578796.880000001, 397326.4900000002 5578821.529999999, 397363.75 5578856.859999999, 397411.58999999985 5578899.960000001, 397437.0800000001 5578923.710000001, 397473.6299999999 5578956.15, 397513.54000000004 5578990.4399999995, 397557.6500000004 5579028.9399999995, 397597.4199999999 5579065.390000001, 397649.23000000045 5579119.210000001, 397681.45999999996 5579155.880000001, 397707.3700000001 5579193.550000001, 397709.3099999996 5579196.390000001, 397736.1799999997 5579237.800000001, 397784.1200000001 5579316.869999999, 397801.29000000004 5579338.470000001, 397816.83999999985 5579360.1899999995, 397841 5579393.9399999995, 397869.45999999996 5579432.9, 397884.1699999999 5579453.25, 397887.9400000004 5579458.68, 397883.2599999998 5579461.800000001, 397886.6200000001 5579467.25, 397887.26999999955 5579468.039999999, 397892.1799999997 5579464.82, 397896.7000000002 5579471.449999999, 397904.0999999996 5579482.779999999, 397908.0499999998 5579488.859999999, 397918.0099999998 5579505.67, 397920.7999999998 5579510.27, 397938.0700000003 5579544.76, 397949.5700000003 5579567.029999999, 397975.3200000003 5579614.869999999, 397996.83999999985 5579656.15, 398009 5579681.779999999, 398024.9900000002 5579719.449999999, 398026.4199999999 5579722.33, 398027.86000000034 5579725.220000001, 398045.8499999996 5579761.470000001, 398057.08999999985 5579775.85, 398058.1299999999 5579779.1, 398060.46999999974 5579786.43, 398067.73000000045 5579804.09, 398071.9500000002 5579814.25, 398076.6500000004 5579825.33, 398083.5 5579840.93, 398092.08999999985 5579860.039999999, 398108.4500000002 5579896.58, 398143.70999999996 5579978.18, 398146.03000000026 5579984.35, 398147.51999999955 5579988.300000001, 398147.5800000001 5579988.470000001, 398149.08999999985 5579992.449999999, 398156.13999999966 5580008.98, 398172.79000000004 5580049.9399999995, 398194.2000000002 5580100.949999999, 398198.95999999996 5580111.93, 398208.6299999999 5580134.43, 398235.6200000001 5580181.27, 398260.29000000004 5580225.27, 398279.3099999996 5580253.58, 398284.46999999974 5580261.25, 398309.75 5580292.4399999995, 398310.71999999974 5580290.630000001, 398319.4299999997 5580295.130000001, 398333.61000000034 5580312.34, 398363.0700000003 5580336.699999999, 398412 5580370.6899999995, 398455.5 5580393.98, 398515.8700000001 5580415.23, 398544.4900000002 5580422.720000001, 398585.33999999985 5580428.42, 398585.6799999997 5580428.449999999, 398629.6799999997 5580431.24, 398689.5999999996 5580427.140000001, 398698.1699999999 5580426.039999999, 398709.86000000034 5580424.550000001, 398735.41000000015 5580421.289999999, 398767.88999999966 5580412.48, 398789.7599999998 5580405.050000001, 398835.88999999966 5580387.43, 398861.0800000001 5580373.5600000005, 398878.8700000001 5580361.58, 398925.0800000001 5580330.449999999, 398966.0999999996 5580296.43, 398970.83999999985 5580299.529999999, 398974.86000000034 5580302.07, 398990.6299999999 5580286, 399001.9400000004 5580275.6899999995, 399008.8300000001 5580269.800000001, 399019.71999999974 5580261.359999999, 399027.6699999999 5580256.9, 399044.5 5580252.41, 399055.53000000026 5580245.33, 399057.9299999997 5580243.66, 399059.76999999955 5580246.08, 399080.8700000001 5580229.73, 399097.1500000004 5580254.039999999, 399124.4000000004 5580294.720000001)), ((368859.9199999999 5549919.6899999995, 368863.5 5549915.92, 368866.6799999997 5549912.5600000005, 368870.3499999996 5549908.699999999, 368882.0599999996 5549896.380000001, 368885.5 5549892.76, 368889.58999999985 5549888.460000001, 368893.0599999996 5549884.800000001, 368905.1500000004 5549872.09, 368928.03000000026 5549881.5, 368954.5499999998 5549892.4, 368961.4299999997 5549887.16, 368977.6900000004 5549874.779999999, 368984.51999999955 5549869.58, 368991.5499999998 5549864.23, 369007.03000000026 5549852.4399999995, 369012.7400000002 5549848.08, 369016.71999999974 5549845.0600000005, 369026.5700000003 5549837.550000001, 369033.8499999996 5549832, 369042.3499999996 5549825.529999999, 369052.1699999999 5549819.550000001, 369060.1500000004 5549814.699999999, 369067.1699999999 5549810.41, 369071.04000000004 5549808.0600000005, 369075.8200000003 5549805.140000001, 369084.33999999985 5549799.960000001, 369096.86000000034 5549792.33, 369100.95999999996 5549789.84, 369092.3200000003 5549765.1, 369088.0499999998 5549752.859999999, 369094.3200000003 5549749.34, 369115.86000000034 5549743.890000001, 369143.2999999998 5549736.949999999, 369154.25 5549733.33, 369162.5599999996 5549730.57, 369168.3499999996 5549728.65, 369174.25 5549726.699999999, 369184.6500000004 5549723.25, 369218.0999999996 5549712.17, 369219.0700000003 5549711.84, 369220.8099999996 5549710.710000001, 369223.2999999998 5549709.07, 369229.4900000002 5549705.02, 369235.73000000045 5549700.91, 369241.5499999998 5549697.1, 369247.3200000003 5549693.32, 369267.33999999985 5549680.18, 369273.3700000001 5549676.220000001, 369279.61000000034 5549672.130000001, 369286.78000000026 5549667.43, 369298.33999999985 5549659.84, 369310.96999999974 5549651.5600000005, 369318.2000000002 5549646.8100000005, 369321.5599999996 5549644.58, 369331.41000000015 5549638.01, 369339.1500000004 5549632.859999999, 369346.5499999998 5549627.93, 369355.3200000003 5549622.1, 369358.13999999966 5549620.210000001, 369363.0800000001 5549613.210000001, 369377.7400000002 5549609.289999999, 369393.25 5549603.539999999, 369411.5700000003 5549596.73, 369415.33999999985 5549604.8100000005, 369419.7400000002 5549601.76, 369425.1799999997 5549597.99, 369436.45999999996 5549590.17, 369446.8700000001 5549582.949999999, 369450.9900000002 5549580.09, 369457.6299999999 5549575.49, 369472.76999999955 5549565, 369492.2400000002 5549551.5, 369521.6900000004 5549531.220000001, 369550.6699999999 5549511.25, 369574.8200000003 5549492.84, 369577.8700000001 5549495.4399999995, 369579.5700000003 5549493.619999999, 369589.4000000004 5549483.119999999, 369594.79000000004 5549477.359999999, 369600.2000000002 5549471.59, 369611.0999999996 5549457.35, 369616.63999999966 5549450.119999999, 369618.21999999974 5549448.109999999, 369625.3700000001 5549438.949999999, 369636.3200000003 5549424.98, 369647.25 5549411.01, 369657.6299999999 5549397.76, 369662.4199999999 5549391.630000001, 369667.86000000034 5549385.77, 369682.8799999999 5549369.6, 369720.1699999999 5549335.359999999, 369723.4900000002 5549332.33, 369728.4299999997 5549328.67, 369736.13999999966 5549322.99, 369752.7599999998 5549310.720000001, 369755.2000000002 5549308.92, 369763.6900000004 5549296.91, 369771.4900000002 5549285.91, 369772.1200000001 5549285.529999999, 369778.3499999996 5549281.800000001, 369789.6900000004 5549275.039999999, 369797.51999999955 5549270.359999999, 369806.6799999997 5549264.890000001, 369812.8499999996 5549261.210000001, 369818.76999999955 5549257.5600000005, 369822.9400000004 5549254.99, 369871.98000000045 5549223.460000001, 369934.53000000026 5549169.25, 370001.29000000004 5549123.59, 370091.5499999998 5549066.039999999, 370122.5800000001 5549055.890000001, 370161.0999999996 5549021.83, 370194.6200000001 5549015.470000001, 370233.76999999955 5548983.619999999, 370240.63999999966 5548958.33, 370243.5800000001 5548929.609999999, 370257.6699999999 5548919.380000001, 370312 5548918, 370353.83999999985 5548901.039999999, 370364.36000000034 5548890.68, 370368.83999999985 5548880.890000001, 370536.29000000004 5548895.050000001, 370554.66000000015 5548909.130000001, 370563.9400000004 5548919.17, 370553.70999999996 5548925.42, 370547.7599999998 5548929.050000001, 370558.2000000002 5548945.27, 370561.1299999999 5548943.199999999, 370562.23000000045 5548945.9, 370563.11000000034 5548948.0600000005, 370566.8499999996 5548957.24, 370577.26999999955 5548982.8100000005, 370587.9299999997 5548997.25, 370634.04000000004 5549059.68, 370669.3099999996 5549135.1899999995, 370684.4500000002 5549143.16, 370665.28000000026 5549151.66, 370642.0499999998 5549163.6, 370579.25 5549206.25, 370551.20999999996 5549225.449999999, 370536 5549236.369999999, 370514.33999999985 5549253.84, 370512.0099999998 5549255.720000001, 370477.6200000001 5549283.470000001, 370309.9400000004 5549377.76, 370164.01999999955 5549460.68, 370161.38999999966 5549462.109999999, 370029.0800000001 5549535.49, 369968.8799999999 5549566.279999999, 369914.28000000026 5549591.42, 369911.5800000001 5549592.66, 369636.16000000015 5549719.449999999, 369627.96999999974 5549721.25, 369628.71999999974 5549727.32, 369662.9400000004 5549798.609999999, 369655.03000000026 5549804.82, 369647.45999999996 5549811.57, 369638.9199999999 5549819.220000001, 369637.6900000004 5549820.380000001, 369630.1200000001 5549827.529999999, 369625.5 5549831.91, 369619.0499999998 5549838.01, 369611.66000000015 5549845, 369604.03000000026 5549852.199999999, 369599.5099999998 5549856.470000001, 369595.7000000002 5549860.08, 369591.75 5549863.8100000005, 369585.5700000003 5549869.66, 369580.58999999985 5549874.359999999, 369571.48000000045 5549882.970000001, 369567.0700000003 5549887.15, 369566.3200000003 5549887.85, 369552.9000000004 5549899.6899999995, 369547.61000000034 5549904.359999999, 369522.2000000002 5549923.73, 369510.7999999998 5549932.42, 369508.5099999998 5549934.16, 369501.1500000004 5549939.039999999, 369496.6699999999 5549942, 369485.96999999974 5549949.1, 369481.3499999996 5549952.16, 369476.98000000045 5549955.050000001, 369472.86000000034 5549957.789999999, 369467.5700000003 5549961.289999999, 369461.58999999985 5549964.789999999, 369457.16000000015 5549967.390000001, 369446.3499999996 5549973.720000001, 369439.9000000004 5549977.5, 369425.8700000001 5549985.720000001, 369424.7400000002 5549986.380000001, 369417.1299999999 5549990.66, 369407.2000000002 5549996.24, 369393.70999999996 5550003.84, 369380.46999999974 5550011.279999999, 369359.48000000045 5550023.09, 369315.8499999996 5550049.24, 369275.20999999996 5550080.279999999, 369256.1299999999 5550096.74, 369237.1500000004 5550113.52, 369218.5800000001 5550130.550000001, 369200.21999999974 5550147.65, 369181.91000000015 5550164.619999999, 369163.4900000002 5550181.279999999, 369144.76999999955 5550197.460000001, 369125.6500000004 5550212.9399999995, 369106 5550227.640000001, 369085.51999999955 5550241.16, 369080.9299999997 5550244.300000001, 369060.75 5550258.109999999, 369046.23000000045 5550268.039999999, 369043.6200000001 5550269.550000001, 369031.8799999999 5550276.5600000005, 369029.0099999998 5550278.27, 369022.0499999998 5550280.869999999, 369009.71999999974 5550285.48, 368999.9400000004 5550289.140000001, 368988.88999999966 5550293.27, 368974.3499999996 5550298.699999999, 368942.6200000001 5550310.58, 368926.5499999998 5550316.58, 368901.0499999998 5550327.640000001, 368880.0700000003 5550336.720000001, 368869.86000000034 5550341.15, 368847.38999999966 5550350.880000001, 368840.16000000015 5550354.02, 368828.0099999998 5550360.35, 368820.9500000002 5550364.029999999, 368806.5 5550369.9399999995, 368798.01999999955 5550373.41, 368792.4299999997 5550375.6899999995, 368775.51999999955 5550384.25, 368766.3099999996 5550388.9, 368763.0499999998 5550391.199999999, 368759.76999999955 5550393.529999999, 368728.9199999999 5550342.99, 368819.76999999955 5550292.220000001, 368819.76999999955 5550292.02, 368816.63999999966 5550245.119999999, 368850.8300000001 5550226.84, 368855.0800000001 5550224.57, 368903.98000000045 5550215.1, 368945.01999999955 5550209.4399999995, 368948.6500000004 5550208.92, 368969.1500000004 5550205.970000001, 369012.1900000004 5550187.73, 369037.4900000002 5550188.720000001, 369061.5700000003 5550172.76, 369055.08999999985 5550162.789999999, 368985.6299999999 5550055.970000001, 368983.4400000004 5550052.57, 368979.4900000002 5550046.859999999, 368906.1799999997 5549941.050000001, 368903.53000000026 5549937.220000001, 368892.6799999997 5549943.050000001, 368887.21999999974 5549946.02, 368883.9500000002 5549947.789999999, 368880.41000000015 5549949.710000001, 368870.5999999996 5549933.41, 368870.4199999999 5549933.1, 368865.5499999998 5549936.029999999, 368863.5999999996 5549930.369999999, 368862.0499999998 5549925.880000001, 368859.9199999999 5549919.6899999995)), ((334778.03000000026 5519593.08, 334760.4000000004 5519565.35, 334730.79000000004 5519517.800000001, 334726.2999999998 5519511.17, 334724.1900000004 5519508.52, 334719.78000000026 5519507.109999999, 334714.6699999999 5519508.49, 334711.4000000004 5519511.609999999, 334694.95999999996 5519483.01, 334696.79000000004 5519477.550000001, 334699.66000000015 5519469.369999999, 334702.9299999997 5519448.08, 334700.91000000015 5519437.449999999, 334698.6799999997 5519431.82, 334692.1299999999 5519419.710000001, 334680.3200000003 5519404.34, 334644.48000000045 5519359.65, 334636.5800000001 5519349.92, 334622.8099999996 5519334.869999999, 334624.25 5519326.699999999, 334628.5499999998 5519302.23, 334630.86000000034 5519289.109999999, 334632.6299999999 5519285.73, 334632.75 5519281.960000001, 334631.5599999996 5519277.619999999, 334625.20999999996 5519268.359999999, 334603.21999999974 5519236.119999999, 334573.79000000004 5519191.27, 334571.6799999997 5519188.0600000005, 334538.29000000004 5519137.18, 334516.5800000001 5519104.119999999, 334512.51999999955 5519097.99, 334498.61000000034 5519101.68, 334490.4000000004 5519088.380000001, 334489.8700000001 5519087.51, 334489.23000000045 5519086.529999999, 334488.5700000003 5519085.550000001, 334479.0599999996 5519071.199999999, 334478.0599999996 5519069.6899999995, 334471.53000000026 5519061.48, 334469.28000000026 5519058.02, 334464.98000000045 5519051.5, 334452.2400000002 5519031.91, 334433.25 5519002.67, 334430.8300000001 5518999.789999999, 334430.4299999997 5518999.3100000005, 334431.20999999996 5518991.75, 334431.46999999974 5518989.289999999, 334432.38999999966 5518980.3100000005, 334429.6900000004 5518971.880000001, 334424.51999999955 5518955.57, 334416.13999999966 5518874.369999999, 334413.1699999999 5518817.26, 334410.28000000026 5518761.539999999, 334416.6299999999 5518726.539999999, 334417.3300000001 5518722.630000001, 334417.98000000045 5518719.0600000005, 334418.6200000001 5518715.529999999, 334420.0499999998 5518707.66, 334426.9000000004 5518669.85, 334427.6200000001 5518665.869999999, 334428.8200000003 5518659.210000001, 334429.48000000045 5518655.6, 334430.0999999996 5518652.16, 334434.73000000045 5518636.73, 334435.7400000002 5518633.369999999, 334436.6500000004 5518630.34, 334447 5518595.75, 334448.6200000001 5518590.34, 334456.01999999955 5518565.52, 334456.95999999996 5518562.369999999, 334457.88999999966 5518560.58, 334460.0700000003 5518556.380000001, 334470.7999999998 5518535.710000001, 334473.28000000026 5518530.949999999, 334470.2000000002 5518530.6, 334498.11000000034 5518470.75, 334504.6799999997 5518456.9399999995, 334515.98000000045 5518433.140000001, 334526.8799999999 5518410.1899999995, 334541.0599999996 5518380.359999999, 334573.9500000002 5518309.710000001, 334577.5999999996 5518302.15, 334591.5800000001 5518273.02, 334593.86000000034 5518268.27, 334602.70999999996 5518254.24, 334619.70999999996 5518227.300000001, 334620.5099999998 5518226.039999999, 334621.53000000026 5518222.74, 334627.3499999996 5518203.83, 334630.8200000003 5518192.6, 334638.11000000034 5518164.99, 334639.79000000004 5518158.640000001, 334647.78000000026 5518123.4399999995, 334649.71999999974 5518114.85, 334659.1299999999 5518065.82, 334663.66000000015 5518031.449999999, 334669.76999999955 5517996.720000001, 334674.3300000001 5517961.800000001, 334676.23000000045 5517947.24, 334680.53000000026 5517897.4, 334687.8499999996 5517797.710000001, 334688.7599999998 5517779.34, 334690.8300000001 5517737.91, 334691.5800000001 5517687.869999999, 334691.3200000003 5517667.880000001, 334690.6299999999 5517616.27, 334690.3200000003 5517593.07, 334690.2599999998 5517587.880000001, 334687.3799999999 5517487.949999999, 334681.6200000001 5517388.32, 334678.01999999955 5517334.359999999, 334676.26999999955 5517321.5, 334684.86000000034 5517318.51, 334746.0599999996 5517297.1899999995, 334814.6699999999 5517273.289999999, 334825.41000000015 5517269.1899999995, 334826.6500000004 5517287.33, 334838.9400000004 5517280.42, 334849.6500000004 5517273.43, 334850.2999999998 5517276.970000001, 334839.29000000004 5517285.9399999995, 334827.21999999974 5517295.779999999, 334827.25 5517296.08, 334824.5999999996 5517297.0600000005, 334822.5999999996 5517297, 334820.9500000002 5517296.4, 334820.0999999996 5517295.67, 334817.38999999966 5517292.539999999, 334819.95999999996 5517303.57, 334821.3099999996 5517309.34, 334822.46999999974 5517314.24, 334824.9199999999 5517310.359999999, 334828.01999999955 5517307.550000001, 334828.1699999999 5517309.74, 334852.7599999998 5517290.25, 334853.3700000001 5517293.529999999, 334856.4900000002 5517310.4, 334859.9000000004 5517341.68, 334860.63999999966 5517348.380000001, 334865.08999999985 5517388.58, 334865.76999999955 5517461.109999999, 334864.7999999998 5517494.880000001, 334864.0599999996 5517521.220000001, 334863.71999999974 5517533.6, 334861.20999999996 5517605.199999999, 334872.5 5517605.57, 334868.8200000003 5517689.5, 334866.98000000045 5517729.93, 334864.5700000003 5517782.859999999, 334861.1799999997 5517782.630000001, 334856.70999999996 5517865.74, 334849.2999999998 5517983.73, 334845.79000000004 5518021.1, 334837.9299999997 5518104.18, 334819.9400000004 5518183.73, 334827.9400000004 5518183.84, 334829.54000000004 5518183.869999999, 334819.23000000045 5518256.890000001, 334799.8499999996 5518387.74, 334779.0999999996 5518523.02, 334776.9500000002 5518539.380000001, 334774.29000000004 5518559.59, 334771.51999999955 5518589.77, 334769.5999999996 5518616.77, 334768.61000000034 5518658.75, 334768.7999999998 5518679.220000001, 334770.2400000002 5518707.17, 334771.1900000004 5518730.82, 334773.6799999997 5518760.289999999, 334777.9400000004 5518789.6899999995, 334782.41000000015 5518810.470000001, 334790.1299999999 5518841.68, 334799.8099999996 5518874.16, 334804.41000000015 5518886.27, 334813.88999999966 5518917.27, 334819.1200000001 5518937.210000001, 334821.5 5518947.48, 334823.4000000004 5518959.08, 334825.20999999996 5518979.779999999, 334825.3499999996 5518985.32, 334813.0700000003 5518989.35, 334807.16000000015 5518991.289999999, 334743.54000000004 5519006.609999999, 334733.2999999998 5519009.68, 334740.36000000034 5519042.210000001, 334746.6699999999 5519076.07, 334755.2400000002 5519117.25, 334767.7400000002 5519165.720000001, 334780.5599999996 5519216.02, 334794.83999999985 5519268.99, 334807.0499999998 5519312.960000001, 334816.51999999955 5519336.24, 334829.6299999999 5519363, 334852.61000000034 5519398.75, 334870.11000000034 5519422.9399999995, 334902.03000000026 5519462.890000001, 334911.1500000004 5519474.619999999, 334949.54000000004 5519525.630000001, 334949.76999999955 5519526.02, 334864.4400000004 5519561, 334779.71999999974 5519595.73, 334778.03000000026 5519593.08)), ((383799.91000000015 5561063.960000001, 383796.46999999974 5561065.35, 383795.11000000034 5561065.91, 383788.29000000004 5561068.66, 383786.08999999985 5561069.5600000005, 383784.8099999996 5561070.07, 383779.8300000001 5561072.1, 383771.03000000026 5561075.66, 383763.1299999999 5561078.869999999, 383696.48000000045 5561105.880000001, 383664.98000000045 5561125.789999999, 383643.25 5561139.52, 383609.4900000002 5561089.33, 383581.66000000015 5561053.49, 383562.5599999996 5561031.460000001, 383566.5499999998 5561027.5, 383568.58999999985 5561025.48, 383567.0499999998 5561018.970000001, 383566.8200000003 5561018.02, 383546.1299999999 5560992.24, 383544.5499999998 5560991.789999999, 383536.9199999999 5560989.66, 383534.9299999997 5560993.23, 383532.1200000001 5560998.25, 383518.8300000001 5560984.65, 383486.6900000004 5560954.5, 383439.63999999966 5560917.16, 383416.08999999985 5560901.300000001, 383393.70999999996 5560886.220000001, 383345.08999999985 5560857.73, 383312.7999999998 5560840.3100000005, 383253.1699999999 5560812.640000001, 383171.25 5560779.4, 383084.76999999955 5560747.41, 382980.75 5560712.119999999, 382965.8200000003 5560706.58, 382898.6299999999 5560681.4399999995, 382798.25 5560654.880000001, 382754.7999999998 5560643.609999999, 382703.36000000034 5560632.5600000005, 382605.5499999998 5560610.199999999, 382598.53000000026 5560608.720000001, 382408.4400000004 5560568.35, 382313.29000000004 5560548.23, 382214.88999999966 5560526.3100000005, 382202.8799999999 5560523.84, 382116.45999999996 5560506.08, 382016.1900000004 5560484.380000001, 381936.9199999999 5560468, 381932.78000000026 5560463.4, 381930.2400000002 5560458.529999999, 381930.03000000026 5560453.42, 381930.76999999955 5560444.4, 381932.03000000026 5560436.470000001, 381938.1299999999 5560404.4399999995, 381950 5560342.23, 381952.3099999996 5560330.08, 381953.13999999966 5560326.01, 381955.46999999974 5560314.4399999995, 381956.63999999966 5560311.15, 381958.41000000015 5560308.140000001, 381960.70999999996 5560305.51, 381963.46999999974 5560303.369999999, 381966.58999999985 5560301.8100000005, 381967.79000000004 5560297.43, 381968.5599999996 5560294.59, 381970.5 5560287.470000001, 381970.98000000045 5560285.699999999, 381973.20999999996 5560277.58, 381981.48000000045 5560279.609999999, 381991.3300000001 5560282.01, 382001.8700000001 5560284.59, 382008.76999999955 5560286.27, 382013.6200000001 5560287.460000001, 382024.2000000002 5560291.789999999, 382030.7599999998 5560294.49, 382037.7400000002 5560295.9399999995, 382048.46999999974 5560298.17, 382056.11000000034 5560299.75, 382071.21999999974 5560302.9, 382076.8700000001 5560304.07, 382081.0499999998 5560304.9399999995, 382082.7000000002 5560305.289999999, 382087.13999999966 5560306.140000001, 382091.1799999997 5560306.91, 382097.41000000015 5560308.109999999, 382104.58999999985 5560309.48, 382113.83999999985 5560311.25, 382115.9199999999 5560311.640000001, 382123.28000000026 5560313.26, 382127.7999999998 5560314.25, 382140.5 5560317.029999999, 382147.0800000001 5560318.470000001, 382154.29000000004 5560320.050000001, 382161.36000000034 5560320.390000001, 382162.83999999985 5560320.619999999, 382194.7400000002 5560325.630000001, 382200.33999999985 5560326.49, 382206.51999999955 5560327.4399999995, 382213.38999999966 5560328.49, 382217.8300000001 5560329.18, 382220.66000000015 5560329.619999999, 382222.8300000001 5560329.9399999995, 382223.5800000001 5560330.050000001, 382230.8099999996 5560330.970000001, 382242.3300000001 5560332.43, 382251.75 5560333.630000001, 382257.36000000034 5560334.34, 382263.0999999996 5560335.08, 382283.79000000004 5560337.720000001, 382300.51999999955 5560339.52, 382317.4000000004 5560341.34, 382323.0099999998 5560341.9399999995, 382328.76999999955 5560342.5600000005, 382338.1799999997 5560343.58, 382349.9400000004 5560344.83, 382355.25 5560345.4, 382388.7999999998 5560348.960000001, 382393 5560349.41, 382404.7400000002 5560350.66, 382417.4199999999 5560352.01, 382425.79000000004 5560352.43, 382457.9500000002 5560354.02, 382460.76999999955 5560354.16, 382467.5800000001 5560355.25, 382473.91000000015 5560356.25, 382480.3700000001 5560357.289999999, 382485.3200000003 5560358.08, 382491.7400000002 5560359.109999999, 382496.2999999998 5560359.59, 382506.3200000003 5560360.65, 382515.83999999985 5560361.67, 382534.04000000004 5560363.6, 382547.3300000001 5560365.01, 382556.1200000001 5560365.9399999995, 382564.6200000001 5560366.84, 382575.6500000004 5560367.970000001, 382580.9500000002 5560368.52, 382588.8200000003 5560369.32, 382595.76999999955 5560370.039999999, 382601.3099999996 5560370.6, 382604.2400000002 5560370.93, 382611.41000000015 5560371.75, 382618.2000000002 5560372.52, 382626.2000000002 5560373.4399999995, 382633.0999999996 5560374.24, 382638.01999999955 5560374.800000001, 382667.66000000015 5560377.33, 382679.45999999996 5560377.4399999995, 382693.6500000004 5560377.6, 382701.9500000002 5560379.26, 382709.36000000034 5560380.73, 382712.7599999998 5560381.41, 382719.8700000001 5560382.25, 382724.51999999955 5560382.800000001, 382738.8300000001 5560384.49, 382738.58999999985 5560386.359999999, 382747.36000000034 5560387.369999999, 382751.79000000004 5560387.880000001, 382757.63999999966 5560388.550000001, 382761.7999999998 5560389.039999999, 382776.0099999998 5560390.67, 382788.4400000004 5560392.109999999, 382794.38999999966 5560389.800000001, 382800.3300000001 5560390.380000001, 382816.25 5560391.92, 382827.01999999955 5560392.960000001, 382827.9199999999 5560393.0600000005, 382834.7400000002 5560393.74, 382843.4900000002 5560394.630000001, 382850.4900000002 5560395.35, 382900.96999999974 5560400.470000001, 382926.63999999966 5560404.09, 382949.29000000004 5560406.17, 382959.5999999996 5560407.119999999, 382972.45999999996 5560408.300000001, 382984.38999999966 5560409.390000001, 382989.4299999997 5560409.859999999, 383003.1799999997 5560411.119999999, 383007.86000000034 5560411.67, 383035.76999999955 5560414.98, 383051.71999999974 5560416.85, 383080.2400000002 5560421.470000001, 383086.58999999985 5560422.5, 383088.23000000045 5560422.77, 383095.5099999998 5560423.9399999995, 383099.76999999955 5560424.630000001, 383108.1500000004 5560425.85, 383116.21999999974 5560427.029999999, 383123.4000000004 5560428.08, 383126.54000000004 5560428.85, 383130.03000000026 5560429.699999999, 383137.5099999998 5560431.539999999, 383146.5800000001 5560433.76, 383158.26999999955 5560436.74, 383162.95999999996 5560437.93, 383164.3700000001 5560438.279999999, 383170.53000000026 5560440.33, 383176.7999999998 5560442.390000001, 383183.0800000001 5560444.470000001, 383198.4400000004 5560449.5600000005, 383220.6200000001 5560461.4, 383232.25 5560467.6, 383245.5999999996 5560472.92, 383253.03000000026 5560475.890000001, 383260.26999999955 5560478.779999999, 383271.4400000004 5560481.92, 383285.03000000026 5560491.35, 383294.53000000026 5560497.9399999995, 383299.5700000003 5560501.4399999995, 383311.23000000045 5560511.630000001, 383321.8300000001 5560520.890000001, 383328.45999999996 5560526.68, 383331.4500000002 5560529.289999999, 383335.5599999996 5560532.039999999, 383344 5560537.68, 383351.78000000026 5560542.890000001, 383359.8099999996 5560548.26, 383368.20999999996 5560554.210000001, 383375.76999999955 5560559.550000001, 383379.3300000001 5560562.08, 383384.96999999974 5560566.07, 383390.16000000015 5560569.75, 383391.3200000003 5560570.67, 383402.25 5560579.369999999, 383408.0800000001 5560584, 383413.20999999996 5560588.08, 383421.4299999997 5560594.609999999, 383423.6500000004 5560596.34, 383433.4500000002 5560604.33, 383440.0800000001 5560609.73, 383441.21999999974 5560614.49, 383441.5 5560615.68, 383459.6299999999 5560631.119999999, 383462.76999999955 5560632.52, 383477 5560644.859999999, 383485.04000000004 5560652.25, 383493.29000000004 5560659.85, 383495.5 5560661.869999999, 383507.2400000002 5560672.67, 383509.9500000002 5560675.16, 383512.6500000004 5560677.640000001, 383515.11</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5908-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5908-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5908-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5908-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -517,90 +517,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-053" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5908-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5908-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5908-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-053" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5908-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5908-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5908-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="83" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -674,51 +674,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108880</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.81664500102</v>
+        <v>46071.30749840142</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>