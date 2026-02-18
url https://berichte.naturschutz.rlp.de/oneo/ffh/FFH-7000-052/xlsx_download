--- v0 (2025-11-08)
+++ v1 (2026-02-18)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5906-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((348010.78000000026 5542086.51, 348012.4000000004 5542092.960000001, 347963.29000000004 5542101.199999999, 347959.3700000001 5542101.859999999, 347958.4900000002 5542101.93, 347943.1900000004 5542103.119999999, 347930.3700000001 5542103.74, 347898.8300000001 5542104.630000001, 347886.7599999998 5542104.960000001, 347881.28000000026 5542104.83, 347827.1699999999 5542104.529999999, 347809.29000000004 5542104.42, 347746.79000000004 5542110.4, 347745.6900000004 5542110.5600000005, 347691.54000000004 5542118.390000001, 347675.4400000004 5542120.550000001, 347648.13999999966 5542125.43, 347637.41000000015 5542127.550000001, 347625.0800000001 5542130, 347609.53000000026 5542135.3100000005, 347587.66000000015 5542142.76, 347584.6699999999 5542143.710000001, 347582.0599999996 5542144.52, 347575.6200000001 5542146.550000001, 347552.4400000004 5542165.140000001, 347551.73000000045 5542165.720000001, 347545.4500000002 5542173.460000001, 347540.9000000004 5542179.1, 347540.6799999997 5542179.390000001, 347540.6799999997 5542179.289999999, 347539.04000000004 5542181.210000001, 347530.54000000004 5542191.16, 347526.2000000002 5542196.25, 347524.23000000045 5542198.359999999, 347518.6200000001 5542204.369999999, 347506.63999999966 5542217.1899999995, 347492.2599999998 5542202.24, 347446.25 5542154.43, 347440.2400000002 5542187.960000001, 347440 5542189.300000001, 347429.3099999996 5542185.529999999, 347426.54000000004 5542189.17, 347421.29000000004 5542196.0600000005, 347409.8499999996 5542211.07, 347409.4500000002 5542211.59, 347398.58999999985 5542225.84, 347379.86000000034 5542239.220000001, 347356.0700000003 5542229.74, 347344.71999999974 5542229.25, 347285.6699999999 5542219.779999999, 347300.53000000026 5542194.109999999, 347302.28000000026 5542191.68, 347306.1799999997 5542186.25, 347313.5099999998 5542176.029999999, 347306.61000000034 5542169.140000001, 347302.7000000002 5542161.85, 347235.0599999996 5542107.66, 347210.9000000004 5542093.390000001, 347199.0800000001 5542088.3100000005, 347178.7599999998 5542084.289999999, 347150.86000000034 5542085.449999999, 347094.70999999996 5542083.449999999, 347029.0499999998 5542094.800000001, 347005.3099999996 5542102.24, 346940.1200000001 5542103.92, 346890.54000000004 5542103.65, 346891.6299999999 5542093.869999999, 346854.3700000001 5542096.42, 346836.6900000004 5542097.630000001, 346834.3799999999 5542097.779999999, 346823.8799999999 5542099.789999999, 346808.3799999999 5542106.66, 346803.4900000002 5542114.880000001, 346806.8099999996 5542119.48, 346807.95999999996 5542121.0600000005, 346818.9500000002 5542136.23, 346866 5542122.17, 346853.33999999985 5542146.720000001, 346876.9500000002 5542138.5, 346972.91000000015 5542226.3100000005, 346978.83999999985 5542392.68, 346964.6799999997 5542395.25, 346875.1900000004 5542573.73, 346818.5499999998 5542729.029999999, 346746.8300000001 5542719.98, 346618.6500000004 5542723.6899999995, 346520.2599999998 5542722.789999999, 346506.95999999996 5542617.4399999995, 346467.9000000004 5542595.8100000005, 346402.45999999996 5542560.92, 346339.2000000002 5542555.449999999, 346299.7000000002 5542550.029999999, 346260.2999999998 5542540.609999999, 346215.9299999997 5542525.880000001, 346181.0999999996 5542518.27, 346095.54000000004 5542493.1899999995, 346090.63999999966 5542508.4, 346086.8700000001 5542526.5600000005, 346077.4500000002 5542534.9399999995, 346059.3300000001 5542544.68, 346044.7400000002 5542561.27, 346038.3799999999 5542577.539999999, 346035.4400000004 5542597.67, 346031.6299999999 5542608.83, 346021.0800000001 5542613.76, 346007.04000000004 5542619.32, 345996.66000000015 5542628.75, 345990.11000000034 5542640.02, 345984.3499999996 5542652.26, 345975.53000000026 5542657.109999999, 345959.2999999998 5542670.27, 345974.3300000001 5542759.4399999995, 345980.3200000003 5542795.01, 345981.78000000026 5542831.48, 345987.98000000045 5542873.75, 345997.2000000002 5542903.9, 346010.36000000034 5542926.390000001, 346039.0499999998 5542949.26, 346071.7599999998 5542966.449999999, 346106.0599999996 5542979.59, 346133.33999999985 5542992.5, 346155.3300000001 5543010.630000001, 346171.5700000003 5543034.99, 346188.86000000034 5543066.82, 346200.03000000026 5543083.380000001, 346212.6900000004 5543105.890000001, 346214.3200000003 5543146.35, 346213.2400000002 5543173.58, 346212.95999999996 5543180.93, 346216.8099999996 5543208.289999999, 346226.5099999998 5543231.92, 346263.7599999998 5543362.01, 346294.4400000004 5543372.279999999, 346351.76999999955 5543377.109999999, 346347.7599999998 5543397.76, 346269.3099999996 5543396.68, 346272.7599999998 5543415.640000001, 346253.4000000004 5543436.8100000005, 346240.70999999996 5543514.43, 346259.6299999999 5543552.779999999, 346272.96999999974 5543555.51, 346276.0599999996 5543559.359999999, 346272.1699999999 5543643.6899999995, 346249.7599999998 5543702.710000001, 346236.7000000002 5543743.699999999, 346252.0099999998 5543825.84, 346257.1799999997 5543853.59, 346273.5800000001 5543879.26, 346179.5599999996 5543999.02, 346156.7400000002 5544051.43, 346130.5 5544100.02, 346264.1500000004 5544139.68, 346361.7000000002 5544161.52, 346365.6299999999 5544162.4, 346403.01999999955 5544170.789999999, 346472.5599999996 5544171.73, 346477.3499999996 5544169.140000001, 346543.2400000002 5544133.550000001, 346546.26999999955 5544135.6, 346550.0499999998 5544133.5600000005, 346555.88999999966 5544128.460000001, 346567.11000000034 5544128.57, 346568.0800000001 5544223.23, 346568.5 5544264.42, 346586.4299999997 5544268.09, 346625.41000000015 5544264.99, 346639.25 5544256.82, 346643.2599999998 5544257.630000001, 346648.41000000015 5544218.02, 346691.5700000003 5544198.65, 346694.46999999974 5544197.27, 346745.75 5544189.08, 346756.76999999955 5544213.130000001, 346782.26999999955 5544252.210000001, 346801.9500000002 5544271.6, 346823.46999999974 5544278.23, 346856.0099999998 5544275.050000001, 346886.5700000003 5544250.32, 346907.88999999966 5544210.32, 346914.4299999997 5544208, 346952.45999999996 5544225.01, 347054.8099999996 5544169.34, 347055.3700000001 5544134.58, 347062.1299999999 5544107.5600000005, 347068.6900000004 5544108.9, 347066.95999999996 5544131.380000001, 347097.0099999998 5544135.210000001, 346968.4199999999 5544384.5, 346969.04000000004 5544385.380000001, 346969.21999999974 5544389.869999999, 346960.4000000004 5544413.24, 346955.70999999996 5544433.4399999995, 346965.96999999974 5544446.039999999, 346985.9299999997 5544450.74, 346995.01999999955 5544452.880000001, 346996.1299999999 5544460.630000001, 347012.36000000034 5544465.34, 347030.7400000002 5544475.300000001, 347045.1699999999 5544492.949999999, 347053.9400000004 5544503.640000001, 347064.45999999996 5544516.3100000005, 347067.9000000004 5544523.279999999, 347070.86000000034 5544529.25, 347073.9000000004 5544531.32, 347085.20999999996 5544540.050000001, 347105.9500000002 5544572.17, 347133.5800000001 5544591.109999999, 347144.6900000004 5544597.529999999, 347153.58999999985 5544598.76, 347157.5599999996 5544598.130000001, 347169.7599999998 5544596.18, 347207.7000000002 5544574.210000001, 347232.03000000026 5544569.4399999995, 347237.51999999955 5544569.92, 347269.58999999985 5544572.73, 347282.5700000003 5544579.74, 347307 5544581.369999999, 347312.4199999999 5544581.720000001, 347349.2999999998 5544575.73, 347369.0700000003 5544577.220000001, 347419.95999999996 5544589.949999999, 347427.63999999966 5544592.460000001, 347437.8799999999 5544595.800000001, 347463.5999999996 5544598.5600000005, 347467.51999999955 5544600.609999999, 347480.8799999999 5544607.619999999, 347482.5599999996 5544605.109999999, 347487.58999999985 5544592.789999999, 347508.88999999966 5544599.73, 347523.70999999996 5544595.029999999, 347525.1500000004 5544594.58, 347532.03000000026 5544617.279999999, 347539.53000000026 5544627.720000001, 347563.6900000004 5544642.039999999, 347567.63999999966 5544647.109999999, 347581.08999999985 5544653.539999999, 347610.86000000034 5544662.73, 347628.83999999985 5544663.640000001, 347658.4900000002 5544672.32, 347663.7599999998 5544673.869999999, 347682.0599999996 5544679.130000001, 347695.7999999998 5544683.08, 347706 5544694.710000001, 347741.5099999998 5544711.869999999, 347770.4299999997 5544723.23, 347808.5800000001 5544729.4, 347810 5544729.630000001, 347807.5 5544732.24, 347806.1699999999 5544733.300000001, 347799.8099999996 5544738.4, 347787.3300000001 5544748.59, 347780.1500000004 5544748.59, 347762.1299999999 5544744.33, 347746.5599999996 5544743.630000001, 347732.0800000001 5544743.869999999, 347712.83999999985 5544740.66, 347681.4900000002 5544728.050000001, 347656.5999999996 5544713.68, 347643.70999999996 5544709.369999999, 347628.9299999997 5544708.66, 347607.98000000045 5544709.640000001, 347601.71999999974 5544710.07, 347570.2999999998 5544707.289999999, 347546.76999999955 5544703.880000001, 347537.25 5544701.9399999995, 347522.0700000003 5544699.619999999, 347495.1699999999 5544697.220000001, 347478.4500000002 5544694.300000001, 347443.88999999966 5544686.1, 347417.79000000004 5544684.4, 347380.4900000002 5544678.8100000005, 347363.3300000001 5544675.0600000005, 347348.66000000015 5544671.609999999, 347332.91000000015 5544669.59, 347322.96999999974 5544670.16, 347316.13999999966 5544672.699999999, 347312.6500000004 5544676.26, 347310.1900000004 5544681.15, 347305.8700000001 5544699.039999999, 347305.7999999998 5544709.369999999, 347306.6200000001 5544730.789999999, 347309.5599999996 5544754.33, 347326.1500000004 5544801.27, 347329.7999999998 5544810.32, 347347.4299999997 5544839.279999999, 347371.29000000004 5544881.85, 347393.04000000004 5544924.57, 347389.54000000004 5544928.75, 347382.33999999985 5544924.93, 347368.98000000045 5544914.48, 347351.7599999998 5544905.949999999, 347335.13999999966 5544896.279999999, 347315.7599999998 5544886.109999999, 347300.4000000004 5544878.82, 347284.33999999985 5544870.449999999, 347269.2000000002 5544860.710000001, 347240.01999999955 5544839.460000001, 347226.8799999999 5544826.82, 347216.0599999996 5544817.59, 347206.01999999955 5544805.1899999995, 347194.1699999999 5544792.35, 347183.4000000004 5544782.76, 347178.8799999999 5544778.92, 347165.9299999997 5544773.0600000005, 347154.8799999999 5544770.99, 347127.1900000004 5544769.82, 347107.0599999996 5544764.52, 347079.4299999997 5544755.9, 347056.45999999996 5544743.4399999995, 347050.98000000045 5544739.93, 347026.5700000003 5544724.27, 346996.9299999997 5544709.58, 346973.9400000004 5544699.9399999995, 346964.1500000004 5544697.460000001, 346947.5499999998 5544697.59, 346930.0800000001 5544701.18, 346917.71999999974 5544707.49, 346909.8200000003 5544710.630000001, 346897.75 5544718.380000001, 346889.61000000034 5544726.76, 346878.8099999996 5544743.66, 346866.1799999997 5544754.699999999, 346856.9500000002 5544762.09, 346845.8099999996 5544769.029999999, 346816.73000000045 5544773.65, 346792.5099999998 5544784.59, 346786.0700000003 5544797.140000001, 346776.11000000034 5544893.029999999, 346782.29000000004 5544912.039999999, 346797.0999999996 5544926.68, 346828.73000000045 5544949.880000001, 346844.5599999996 5544961.48, 346837.33999999985 5544959.369999999, 346836.36000000034 5544963.449999999, 346836.83999999985 5544964.890000001, 346840.7400000002 5544976.75, 346839.8799999999 5544982.08, 346827.58999999985 5544998.24, 346822.91000000015 5544999.140000001, 346816.21999999974 5544996.109999999, 346804.75 5544990.890000001, 346784.71999999974 5544981.789999999, 346771.0499999998 5544973.960000001, 346750.1699999999 5544961.99, 346724.78000000026 5544933.8100000005, 346700.1500000004 5544902.5600000005, 346682.6900000004 5544851.34, 346635.86000000034 5544812.09, 346613.5800000001 5544780.91, 346579.9000000004 5544753.75, 346491.48000000045 5544699.98, 346483.6799999997 5544701.359999999, 346422.38999999966 5544708.25, 346367.2599999998 5544714.380000001, 346355.6699999999 5544735.32, 346354.7000000002 5544738.75, 346364.0499999998 5544789.6899999995, 346420.70999999996 5544948.710000001, 346426.2999999998 5544965.25, 346428.20999999996 5544981.789999999, 346419.4299999997 5545033.529999999, 346416.4299999997 5545054.800000001, 346415.61000000034 5545064.65, 346402.9199999999 5545061.68, 346376.5999999996 5545055.029999999, 346359.16000000015 5544984.9399999995, 346358.3300000001 5544981.75, 346322.53000000026 5544989.1899999995, 346324.08999999985 5545020.6899999995, 346175.9500000002 5544969.199999999, 346172.5700000003 5544967.49, 346135.11000000034 5544948.43, 346128.08999999985 5544944.859999999, 346103.0999999996 5544927.800000001, 346059.1900000004 5544946.99, 346046.6699999999 5544996.43, 346056.75 5545039.609999999, 346059.98000000045 5545041.08, 346017.91000000015 5545063.33, 346013.0099999998 5545067.199999999, 345967.4000000004 5545062.380000001, 345881.36000000034 5545065.75, 345875.61000000034 5545071.1, 345870.95999999996 5545082.01, 345797.38999999966 5545071.35, 345764.1799999997 5545066.34, 345753.54000000004 5545077.76, 345751.2400000002 5545131.5600000005, 345659.23000000045 5545227.5, 345647.9000000004 5545244.460000001, 345650.01999999955 5545247.0600000005, 345652.5099999998 5545255.390000001, 345690.03000000026 5545287.619999999, 345712.04000000004 5545302.99, 345729.6900000004 5545317.85, 345758.4199999999 5545343.029999999, 345798.4900000002 5545382.609999999, 345838.3200000003 5545426.84, 345835.25 5545436.859999999, 345832.8200000003 5545438.01, 345832.04000000004 5545438.33, 345831.28000000026 5545438.77, 345824.04000000004 5545442.199999999, 345802.1500000004 5545422.33, 345775.0599999996 5545411.289999999, 345742.08999999985 5545406.1, 345704.46999999974 5545395.85, 345641.13999999966 5545362.25, 345568.36000000034 5545343.289999999, 345526.70999999996 5545308.35, 345504.20999999996 5545333.93, 345500.5499999998 5545360.98, 345503.4000000004 5545377.460000001, 345505.95999999996 5545392.23, 345488.2400000002 5545456.02, 345465.8700000001 5545508.93, 345456.9500000002 5545511.77, 345452.26999999955 5545513.25, 345442.79000000004 5545505.1, 345438 5545493.59, 345434.6799999997 5545455.460000001, 345445.76999999955 5545424.130000001, 345438.3700000001 5545382.619999999, 345431.2999999998 5545349.99, 345432.83999999985 5545346.109999999, 345445.7000000002 5545313.289999999, 345460.46999999974 5545287.449999999, 345465.58999999985 5545260.699999999, 345437.28000000026 5545220.25, 345457.0800000001 5545218.59, 345470.83999999985 5545211.16, 345504.0099999998 5545167.550000001, 345490.2000000002 5545136.130000001, 345489.73000000045 5545108.619999999, 345513.9000000004 5545074.85, 345511.76999999955 5545070.960000001, 345474.4299999997 5545001.07, 345468.16000000015 5544989.35, 345476.51999999955 5544968.539999999, 345475.23000000045 5544957.369999999, 345455.45999999996 5544942.5, 345473.4400000004 5544934.779999999, 345493.04000000004 5544935.09, 345504.20999999996 5544929.630000001, 345521.1799999997 5544921.359999999, 345534.7599999998 5544908.74, 345572.95999999996 5544873.279999999, 345584.8200000003 5544849.26, 345624.75 5544813.050000001, 345648.6699999999 5544770.199999999, 345663.75 5544773.949999999, 345722.78000000026 5544788.6, 345727.86000000034 5544789.720000001, 345744.46999999974 5544752.0600000005, 345764.0800000001 5544707.710000001, 345838.98000000045 5544656.74, 345878.2599999998 5544634.57, 345903.0599999996 5544607.619999999, 345919.8099999996 5544575.51, 345918.2000000002 5544555.470000001, 345880.88999999966 5544517.640000001, 345899.7000000002 5544439.789999999, 345911.13999999966 5544448.9399999995, 345937.98000000045 5544430.390000001, 345940.4900000002 5544423.300000001, 345928.91000000015 5544411.67, 345879.9400000004 5544393.720000001, 345866.36000000034 5544388.85, 345865 5544391.529999999, 345831.75 5544361.109999999, 345767.5499999998 5544360.91, 345816.98000000045 5544270.539999999, 345823.3300000001 5544256.289999999, 345808.7000000002 5544235.73, 345791.0599999996 5544167.34, 345777.4500000002 5544138.68, 345767.20999999996 5544100.07, 345768.48000000045 5544065, 345772.2999999998 5544034.470000001, 345780.1200000001 5544006.32, 345803.5599999996 5543964.550000001, 345827.20999999996 5543937.26, 345828.1799999997 5543915.26, 345822.08999999985 5543844.91, 345811.5099999998 5543794.08, 345810.08999999985 5543783.41, 345806.4199999999 5543760.5, 345810.78000000026 5543758.35, 345801.7400000002 5543729.52, 345779.29000000004 5543702.66, 345777.0700000003 5543700.199999999, 345766.1699999999 5543681.09, 345763.71999999974 5543688.300000001, 345746.5499999998 5543737.789999999, 345745.76999999955 5543739.42, 345729.54000000004 5543737.640000001, 345657.3099999996 5543720.1, 345661.2400000002 5543705.109999999, 345618.9400000004 5543688.76, 345602.1799999997 5543682.279999999, 345553.98000000045 5543672.630000001, 345551.7400000002 5543672.18, 345532.2599999998 5543668.279999999, 345510.28000000026 5543663.869999999, 345489.8300000001 5543631.220000001, 345486.8099999996 5543627.199999999, 345408.6299999999 5543692.5600000005, 345375.7599999998 5543709.289999999, 345378.1900000004 5543713.77, 345349.0599999996 5543745.970000001, 345325.25 5543769.9399999995, 345311.78000000026 5543814.51, 345305.21999999974 5543850.300000001, 345299.1900000004 5543899.57, 345295.75 5543944.74, 345282.2599999998 5543988.8100000005, 345247.98000000045 5544001.199999999, 345222.03000000026 5544015.25, 345199.28000000026 5544046.68, 345188.13999999966 5544062.140000001, 345169.01999999955 5544071.91, 345141.8300000001 5544080.01, 345123.5499999998 5544082.9, 345123.3300000001 5544083.199999999, 345106.9199999999 5544105.359999999, 345083.9500000002 5544122.51, 345088 5544126.210000001, 345076.5599999996 5544151.25, 345069.5499999998 5544163.77, 345059.0099999998 5544181.68, 345046.6799999997 5544196.32, 345031.4900000002 5544227.779999999, 345015.54000000004 5544260.85, 345013.4400000004 5544269.59, 345015.7599999998 5544280.35, 345021.8700000001 5544296.08, 345022.9000000004 5544308.6899999995, 345019.23000000045 5544330.85, 345016.1699999999 5544335.51, 345012.04000000004 5544341.8100000005, 345008.66000000015 5544346.949999999, 344998.7000000002 5544357.99, 344992.73000000045 5544362.119999999, 344972.1500000004 5544397.619999999, 344954.13999999966 5544428.66, 344943.38999999966 5544447.210000001, 344928.13999999966 5544473.52, 344920.63999999966 5544477.1, 344922.71999999974 5544481.550000001, 344898 5544504.43, 344891.5 5544510.460000001, 344853.4400000004 5544545.6899999995, 344827.5599999996 5544569.710000001, 344811.25 5544584.859999999, 344764.9199999999 5544627.76, 344763.7599999998 5544634.390000001, 344734.2599999998 5544666.07, 344703.48000000045 5544750.76, 344698.2999999998 5544753.07, 344700.3200000003 5544760.83, 344686.1200000001 5544797.07, 344681.5499999998 5544808.859999999, 344666.03000000026 5544848.880000001, 344661.2000000002 5544851.4, 344664.8300000001 5544859.470000001, 344662.28000000026 5544901.970000001, 344660.33999999985 5544934.039999999, 344657.70999999996 5544977.779999999, 344652.8700000001 5544980.73, 344652.53000000026 5544984.970000001, 344656.83999999985 5544992.050000001, 344652.08999999985 5545071.1899999995, 344649.88999999966 5545108.199999999, 344648.0099999998 5545139.67, 344643.75 5545141.57, 344647.6200000001 5545150.960000001, 344663.4000000004 5545181.199999999, 344676.33999999985 5545214.9, 344704.7000000002 5545251.1, 344730.4400000004 5545266.0600000005, 344719.1500000004 5545293.4, 344713.5700000003 5545306.92, 344710.6699999999 5545311.07, 344682.7599999998 5545321.51, 344640.9299999997 5545337.17, 344627.4199999999 5545342.369999999, 344582.70999999996 5545359.1899999995, 344560.98000000045 5545367.359999999, 344544.71999999974 5545369.77, 344515.9000000004 5545374.029999999, 344506.9500000002 5545378.23, 344510.20999999996 5545383.35, 344497.33999999985 5545417.449999999, 344480.2400000002 5545462.800000001, 344468.61000000034 5545493.630000001, 344464.6200000001 5545501.67, 344450.3200000003 5545509.949999999, 344424.95999999996 5545524.66, 344406.58999999985 5545527.220000001, 344365.0099999998 5545516.34, 344250.7599999998 5545517.279999999, 344253.86000000034 5545566.710000001, 344250.51999999955 5545605.199999999, 344239.03000000026 5545632.5600000005, 344234.0999999996 5545660.300000001, 344204.5 5545729.140000001, 344175.76999999955 5545777.08, 344134.41000000015 5545796.18, 344124.7999999998 5545800.6899999995, 344092.8099999996 5545831.15, 344126.58999999985 5545845.33, 344114.9000000004 5545891.289999999, 344099.6799999997 5545924.609999999, 344078.3200000003 5545971.369999999, 344071.5999999996 5545974.289999999, 344053.2599999998 5545967.58, 344049.5599999996 5545966.220000001, 343969.91000000015 5545963.35, 343974.1500000004 5545984.83, 344012.48000000045 5546031.199999999, 344079.76999999955 5546088.09, 344123.1299999999 5546103.1, 344244.79000000004 5546132.380000001, 344306.71999999974 5546159.35, 344329.8799999999 5546150.26, 344329.9500000002 5546165.1, 344330.1299999999 5546209.09, 344338.41000000015 5546212.65, 344388.3700000001 5546207.390000001, 344406.5 5546243.869999999, 344460.7599999998 5546278.869999999, 344531.28000000026 5546363.23, 344597.0499999998 5546432.75, 344575.9400000004 5546520.98, 344565.3099999996 5546549.51, 344549.8700000001 5546590.550000001, 344540.51999999955 5546615.93, 344545.2000000002 5546617.66, 344537.8200000003 5546637.67, 344493.98000000045 5546627.300000001, 344495.63999999966 5546618.4, 344438.91000000015 5546602.75, 344356.45999999996 5546599.99, 344270.2000000002 5546569.4, 344234.0700000003 5546560.57, 344220.4299999997 5546557.24, 344144 5546560.77, 344087.54000000004 5546556.84, 344014.4000000004 5546545.380000001, 343977.8700000001 5546528.73, 343953.23000000045 5546588.66, 344089.3099999996 5546639.609999999, 344086.83999999985 5546664.119999999, 344082.86000000034 5546663.720000001, 344080.8799999999 5546681.970000001, 344097.1500000004 5546721.779999999, 344112.38999999966 5546738.0600000005, 344081.21999999974 5546757.369999999, 344077.16000000015 5546759.32, 344091.5 5546789.109999999, 344106.0700000003 5546823.73, 344122.3099999996 5546870.09, 344147.5 5546881.6899999995, 344196.04000000004 5546879.5600000005, 344205.1200000001 5546890.710000001, 344191.46999999974 5546945.6, 344215.16000000015 5546960.18, 344249.13999999966 5546969.1, 344289.9900000002 5546981.720000001, 344376.21999999974 5547015.57, 344415.91000000015 5547040.1, 344500.11000000034 5547140.529999999, 344574.1500000004 5547206.07, 344530.11000000034 5547254.82, 344528.4199999999 5547260.08, 344527.5700000003 5547262.51, 344526.79000000004 5547265.220000001, 344516.8799999999 5547295.17, 344495.63999999966 5547292.43, 344453.4199999999 5547276.43, 344397.2599999998 5547261.43, 344363.0099999998 5547260.25, 344353.0800000001 5547264.890000001, 344357.21999999974 5547269.91, 344351.4000000004 5547301.4, 344355.01999999955 5547312.869999999, 344357.9000000004 5547321.9399999995, 344363.63999999966 5547340.109999999, 344376.4500000002 5547380.609999999, 344380.9199999999 5547394.74, 344378.0700000003 5547401.99, 344387.6900000004 5547402.27, 344433.6900000004 5547395.18, 344489.78000000026 5547393.380000001, 344541.78000000026 5547402.1, 344554.01999999955 5547393.9399999995, 344614.21999999974 5547442.449999999, 344674.3300000001 5547484.130000001, 344706.33999999985 5547503.710000001, 344684.86000000034 5547571.57, 344728.5099999998 5547591.23, 344693.95999999996 5547599.6, 344697.4500000002 5547639.119999999, 344689.75 5547650.91, 344682.1500000004 5547653.710000001, 344590.88999999966 5547626.699999999, 344526.5800000001 5547615.6, 344377.8099999996 5547679.4399999995, 344379.8799999999 5547684.109999999, 344399.8300000001 5547683.15, 344436.1900000004 5547711.93, 344470.4000000004 5547721.550000001, 344513.70999999996 5547746.17, 344515.75 5547753, 344492.6699999999 5547796.98, 344465.86000000034 5547848.470000001, 344463.5099999998 5547852.970000001, 344541.0499999998 5547901.84, 344534.08999999985 5547921.4399999995, 344510.4900000002 5547919.029999999, 344474.3200000003 5547918.83, 344408.70999999996 5547906.029999999, 344336.8099999996 5547889.08, 344319.1799999997 5547883.609999999, 344318.9500000002 5547889.300000001, 344300.9500000002 5547954.75, 344286.2999999998 5547951.67, 344257.78000000026 5547948.67, 344211.2999999998 5547944.289999999, 344215.83999999985 5547950.720000001, 344230.0800000001 5547957.73, 344240.61000000034 5547971.85, 344242.5 5547988.279999999, 344246.1699999999 5548011.130000001, 344252.7599999998 5548052.1, 344256.8799999999 5548086.390000001, 344258.76999999955 5548102.18, 344262.48000000045 5548123.630000001, 344265.70999999996 5548135.550000001, 344282.86000000034 5548182.880000001, 344293.29000000004 5548183.140000001, 344310.5700000003 5548167.130000001, 344373.9900000002 5548135.49, 344432.11000000034 5548123.130000001, 344479.79000000004 5548107.98, 344479.23000000045 5548118.02, 344480.54000000004 5548155.48, 344485.7999999998 5548200.33, 344496.4400000004 5548286.890000001, 344499.91000000015 5548296.359999999, 344526.1699999999 5548292.58, 344533.6299999999 5548293.27, 344548.5999999996 5548299.66, 344553.6699999999 5548299.58, 344569.6299999999 5548299.23, 344577.6699999999 5548298.26, 344585.83999999985 5548298.34, 344587.76999999955 5548298.75, 344596.26999999955 5548307.220000001, 344603.1900000004 5548307.84, 344613.4900000002 5548304.380000001, 344626.6500000004 5548306.57, 344638.3099999996 5548316.949999999, 344650.21999999974 5548324.119999999, 344649.3099999996 5548325.359999999, 344659.88999999966 5548336.890000001, 344664.88999999966 5548347.220000001, 344675.54000000004 5548361.960000001, 344687.7400000002 5548370.76, 344740 5548392.050000001, 344743.38999999966 5548394.460000001, 344746.3099999996 5548397.42, 344746.0800000001 5548403.949999999, 344751.0599999996 5548409.33, 344760.79000000004 5548420.32, 344766.6799999997 5548421.75, 344775.01999999955 5548428.8100000005, 344774.0599999996 5548430.029999999, 344769.3099999996 5548437.51, 344786.33999999985 5548457.43, 344813.51999999955 5548477.359999999, 344858.4199999999 5548490.880000001, 344884.2000000002 5548498.65, 344822.3099999996 5548673.460000001, 344788.9299999997 5548660.029999999, 344785.9500000002 5548662.970000001, 344801.46999999974 5548689.4, 344804.2599999998 5548694.16, 344815.5099999998 5548715.460000001, 344847.4000000004 5548845.3100000005, 344826.4000000004 5548854.4, 344817.21999999974 5548871.26, 344819.86000000034 5548891.98, 344807.2400000002 5548905.92, 344796.13999999966 5548923.550000001, 344771.1699999999 5548959.8100000005, 344741.8799999999 5548998.220000001, 344721.9500000002 5549011.4, 344716.6299999999 5549007.1, 344700.3099999996 5549020.630000001, 344700.2000000002 5549021.57, 344697.8499999996 5549040.699999999, 344708.2400000002 5549059.609999999, 344660.45999999996 5549080.23, 344654.0999999996 5549082.98, 344603.71999999974 5549104.74, 344606.11000000034 5549107.789999999, 344639.3700000001 5549111.779999999, 344651.6200000001 5549132.09, 344652.88999999966 5549144.8100000005, 344658.76999999955 5549182.199999999, 344593.28000000026 5549277.23, 344612.2400000002 5549286.23, 344663.2599999998 5549310.6899999995, 344684.3300000001 5549318.35, 344736.9000000004 5549319.24, 344749.9900000002 5549321.220000001, 344772.36000000034 5549336.33, 344788.5700000003 5549341.18, 344815.71999999974 5549344.59, 344850.48000000045 5549344.199999999, 344869.96999999974 5549349.92, 344911.0800000001 5549376.789999999, 344953.96999999974 5549392.07, 344997.28000000026 5549405.34, 345050.3499999996 5549412.220000001, 345130.3499999996 5549423.51, 345218.4400000004 5549475.92, 345280.03000000026 5549512.5600000005, 345317.0700000003 5549531.58, 345372.3099999996 5549555.380000001, 345421.8499999996 5549580.41, 345457.88999999966 5549611.98, 345510.5499999998 5549664.9, 345534.98000000045 5549712.449999999, 345624.01999999955 5549873.98, 345633.4000000004 5549908.130000001, 345647.1500000004 5549945.1, 345663.16000000015 5549982.48, 345672.3099999996 5550029.65, 345690.95999999996 5550082.93, 345699.29000000004 5550082.619999999, 345718.8499999996 5550102.3100000005, 345720.2000000002 5550108.07, 345722.11000000034 5550116.25, 345755.16000000015 5550148.109999999, 345758.96999999974 5550149.23, 345772.53000000026 5550154.57, 345793.11000000034 5550162.68, 345813.23000000045 5550170.6, 345833.38999999966 5550178.539999999, 345853.16000000015 5550186.33, 345872.3300000001 5550193.880000001, 345890.3700000001 5550200.99, 345897.98000000045 5550185.84, 345898.91000000015 5550184, 346058.70999999996 5550259.119999999, 346065.5999999996 5550263.3100000005, 346075.1799999997 5550269.140000001, 346074.2599999998 5550277.24, 346103.33999999985 5550295.58, 346120.9900000002 5550309.380000001, 346141.3799999999 5550316.83, 346164.86000000034 5550324.34, 346101.20999999996 5550383.25, 346081.6900000004 5550377.130000001, 346070.13999999966 5550367.16, 346053.3200000003 5550365.630000001, 345909.5 5550281.130000001, 345836.51999999955 5550244.109999999, 345779.8200000003 5550240.050000001, 345748.79000000004 5550245.66, 345726.01999999955 5550232.5, 345724.13999999966 5550229.4399999995, 345699.75 5550242.92, 345678.4500000002 5550219.91, 345675.3499999996 5550216.5600000005, 345643.7999999998 5550194.16, 345647.4900000002 5550188.15, 345638.21999999974 5550186.93, 345543.71999999974 5550233.67, 345514.2000000002 5550190.08, 345482.91000000015 5550126.369999999, 345479.8700000001 5550127.789999999, 345483.1799999997 5550135.16, 345480.01999999955 5550139.25, 345425.3499999996 5550118.619999999, 345413.38999999966 5550115.630000001, 345391.75 5550110.220000001, 345380.23000000045 5550102.949999999, 345355.6299999999 5550087.43, 345339.3099999996 5550077.140000001, 345340.3499999996 5550075.029999999, 345345.11000000034 5550065.359999999, 345362.0099999998 5550030.93, 345357.6699999999 5550021.970000001, 345318.8799999999 5550017.029999999, 345270.91000000015 5550010.93, 345233.71999999974 5550024.050000001, 345220.4000000004 5549993.1, 345215.8499999996 5549982.550000001, 345293.88999999966 5549942.050000001, 345302.1699999999 5549941.27, 345314.73000000045 5549940.1, 345326.79000000004 5549906.66, 345326.2400000002 5549901.550000001, 345323.9500000002 5549895.59, 345329.8799999999 5549873.970000001, 345337.3700000001 5549846.699999999, 345343.8499999996 5549823.050000001, 345346.7000000002 5549812.66, 345351.71999999974 5549794.33, 345286.0700000003 5549774.029999999, 345256.0999999996 5549764.76, 345249.95999999996 5549761.91, 345211.8099999996 5549744.26, 345185.13999999966 5549733.02, 345151.1200000001 5549720.58, 345122.45999999996 5549713.93, 345114.4400000004 5549712.91, 345076.4299999997 5549708.09, 345046.6200000001 5549714.9399999995, 345015.71999999974 5549727.449999999, 345009.46999999974 5549729.98, 344992.46999999974 5549753.380000001, 344987.75 5549759.869999999, 344985.23000000045 5549760.859999999, 344957.3099999996 5549771.8100000005, 344943.5 5549843.890000001, 344921.7599999998 5549840.6, 344894.71999999974 5549812.0600000005, 344892.7400000002 5549808.640000001, 344876.04000000004 5549782.16, 344865.61000000034 5549765.630000001, 344820.79000000004 5549742.33, 344759.45999999996 5549746.6, 344737.33999999985 5549731.1899999995, 344740.98000000045 5549724.52, 344712.51999999955 5549718.640000001, 344701.1200000001 5549730.279999999, 344702.79000000004 5549718.720000001, 344669.95999999996 5549718.74, 344675.51999999955 5549662.98, 344668.4199999999 5549653.220000001, 344661.53000000026 5549649.98, 344606.9400000004 5549624.1, 344554.6200000001 5549624.59, 344531.1299999999 5549624.8100000005, 344521.38999999966 5549653.789999999, 344520.1299999999 5549657.539999999, 344517.48000000045 5549663.5600000005, 344515.1500000004 5549668.84, 344502.88999999966 5549696.619999999, 344494.4000000004 5549706.15, 344481.38999999966 5549720.75, 344474.0599999996 5549728.98, 344455.20999999996 5549750.140000001, 344454.11000000034 5549751.76, 344448.76999999955 5549759.5600000005, 344441.33999999985 5549770.390000001, 344424.70999999996 5549794.710000001, 344418.1799999997 5549801.41, 344412.2400000002 5549807.51, 344404.8700000001 5549815.08, 344398.2000000002 5549821.92, 344393.83999999985 5549826.390000001, 344375.26999999955 5549828.85, 344342.0999999996 5549833.220000001, 344332.8799999999 5549846.93, 344309.66000000015 5549850.8100000005, 344259.8300000001 5549855.5600000005, 344199.7999999998 5549875.3100000005, 344197.86000000034 5549886.9399999995, 344196.1500000004 5549897.210000001, 344194.61000000034 5549899.470000001, 344191.2400000002 5549904.42, 344187.6200000001 5549909.869999999, 344172.2000000002 5549932.710000001, 344159.9299999997 5549950.91, 344154.589999999</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5906-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5906-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5906-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5906-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-052" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5906-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5906-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5906-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-052" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5906-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5906-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5906-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108879</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.88318938419</v>
+        <v>46071.30373816045</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>