--- v0 (2025-11-09)
+++ v1 (2026-02-18)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5905-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((323440.8099999996 5550779.66, 323440.63999999966 5550786.24, 323409.51999999955 5550802.58, 323375.9000000004 5550805.66, 323351.1799999997 5550807.9, 323298.96999999974 5550809.130000001, 323210.03000000026 5550806.699999999, 323197.7999999998 5550808.779999999, 323121.4900000002 5550821.609999999, 323088.0599999996 5550819.9, 323010.9000000004 5550800.640000001, 323002.9199999999 5550792.93, 322990.51999999955 5550733.76, 322961.9500000002 5550700.529999999, 322879.0999999996 5550606.6, 322855.7599999998 5550571.9, 322814.75 5550512.859999999, 322773.21999999974 5550453.279999999, 322767 5550434.98, 322764.08999999985 5550376.74, 322731.4900000002 5550235.67, 322730.0099999998 5550229.25, 322729.0499999998 5550157.449999999, 322741.63999999966 5550081.08, 322751.20999999996 5550023.140000001, 322750.29000000004 5549933.6899999995, 322749.9900000002 5549904.880000001, 322749.5 5549858.199999999, 322749.3799999999 5549846.68, 322686.0499999998 5549765.220000001, 322662.46999999974 5549734.800000001, 322629.20999999996 5549655.41, 322625.8700000001 5549648.119999999, 322579.63999999966 5549546.119999999, 322552.3300000001 5549480.91, 322547.03000000026 5549447.949999999, 322547.2999999998 5549442.67, 322550.5999999996 5549378.16, 322553.33999999985 5549324.8100000005, 322537.0999999996 5549270.039999999, 322598.4000000004 5549311.49, 322627.3099999996 5549331.050000001, 322632.0099999998 5549326.890000001, 322649.3200000003 5549312.050000001, 322658.13999999966 5549304.48, 322601.51999999955 5549179.74, 322584.2599999998 5549194.6, 322558.95999999996 5549082.630000001, 322540.6900000004 5549067.529999999, 322522.95999999996 5549052.859999999, 322489.08999999985 5548998.220000001, 322505.51999999955 5548950.140000001, 322520.88999999966 5548915.84, 322550.79000000004 5548849.109999999, 322569.75 5548781.3100000005, 322577.6799999997 5548803.6, 322578.9199999999 5548805.77, 322589.3300000001 5548824.02, 322597.4199999999 5548838.210000001, 322631.28000000026 5548817.380000001, 322646.0099999998 5548845.27, 322656.2999999998 5548862.76, 322691.75 5548888.5, 322709.54000000004 5548894.84, 322722.36000000034 5548886.710000001, 322731.8799999999 5548880.67, 322742 5548830.67, 322748.1200000001 5548803.109999999, 322750.7000000002 5548791.58, 322753.4199999999 5548779.449999999, 322754.53000000026 5548773.32, 322761.6699999999 5548734.109999999, 322766.25 5548717.1899999995, 322781.5 5548677.35, 322825.26999999955 5548602.710000001, 322872.2400000002 5548614.93, 322920.5 5548623.470000001, 322938.79000000004 5548564.77, 322980.21999999974 5548575.130000001, 322996.26999999955 5548580.039999999, 323011.5499999998 5548584.779999999, 323038.1299999999 5548592.85, 323045.54000000004 5548605.470000001, 323022.96999999974 5548705.52, 323028.4900000002 5548719.43, 323049.1699999999 5548771.25, 323030.6200000001 5548866.710000001, 323020.61000000034 5548880.619999999, 323003.0800000001 5548905.210000001, 322995.0700000003 5548950.15, 323004.4199999999 5549002.74, 323039.86000000034 5549059.35, 323035.83999999985 5549063.529999999, 323042.70999999996 5549080.92, 323056.4900000002 5549088.02, 323072.8499999996 5549089.869999999, 323096.3700000001 5549092.210000001, 323126.0099999998 5549095.140000001, 323135.1200000001 5549099.109999999, 323140.9000000004 5549104.5600000005, 323146.20999999996 5549118.59, 323154.9500000002 5549167.539999999, 323159.91000000015 5549209.619999999, 323164.29000000004 5549224.039999999, 323182.91000000015 5549247.710000001, 323211.0599999996 5549272.43, 323222.4900000002 5549282.48, 323247.38999999966 5549309.35, 323332.2000000002 5549446.42, 323350.8300000001 5549467.279999999, 323385.9000000004 5549489.27, 323454.96999999974 5549518.33, 323456.7999999998 5549524.43, 323432.70999999996 5549560.289999999, 323425.83999999985 5549570.66, 323375.88999999966 5549702.59, 323494.5800000001 5549864.699999999, 323573.0700000003 5549940.74, 323605.23000000045 5549947.66, 323804.79000000004 5549970.09, 323816.76999999955 5549981.49, 323816.91000000015 5550011.050000001, 323808.36000000034 5550078.199999999, 323790.6799999997 5550145.279999999, 323787.4299999997 5550207.460000001, 323786.71999999974 5550227.550000001, 323777.03000000026 5550235.52, 323698.48000000045 5550260.5, 323701.38999999966 5550266.91, 323694.5999999996 5550269.08, 323713.0499999998 5550309.84, 323721.1900000004 5550327.83, 323727.8200000003 5550325.210000001, 323740.0700000003 5550361.15, 323735.8300000001 5550384.73, 323729.2400000002 5550421.279999999, 323738.9500000002 5550457.539999999, 323732.8099999996 5550479.85, 323710.70999999996 5550529.84, 323698.3300000001 5550557.83, 323684.33999999985 5550614.83, 323681.71999999974 5550625.52, 323685.63999999966 5550649.85, 323693.0800000001 5550696.01, 323679.28000000026 5550729.58, 323617.6699999999 5550764.01, 323590.4000000004 5550787.4, 323495.75 5550858.93, 323452.1500000004 5550780.18, 323446.2999999998 5550774.25, 323440.8099999996 5550779.66)), ((331873.4400000004 5544166.390000001, 331866.61000000034 5544164.82, 331855.9000000004 5544162.359999999, 331830.28000000026 5544167.74, 331737.9199999999 5544187.130000001, 331731.3700000001 5544183.449999999, 331715.4900000002 5544138.66, 331700.1299999999 5544097.5600000005, 331672.0599999996 5544003.48, 331579.29000000004 5543886.1, 331544.1299999999 5543815.58, 331398.5 5543773.58, 331393.66000000015 5543767.1899999995, 331393.2400000002 5543709.73, 331402.78000000026 5543697.01, 331401.83999999985 5543688.960000001, 331394.8700000001 5543641.52, 331390.73000000045 5543613.33, 331387.4400000004 5543590.890000001, 331387.6200000001 5543584.68, 331376.21999999974 5543581.33, 331359.71999999974 5543514.109999999, 331358.5 5543509.27, 331357.6900000004 5543499.279999999, 331351.3200000003 5543421.24, 331346.51999999955 5543372.039999999, 331350.53000000026 5543364.84, 331513.5599999996 5543283.800000001, 331521.51999999955 5543279.84, 331536.25 5543272.52, 331542.3300000001 5543275.02, 331547.6500000004 5543290.710000001, 331565.70999999996 5543312.3100000005, 331568.5 5543315.65, 331573.0499999998 5543312.279999999, 331599.5099999998 5543296.49, 331629.54000000004 5543285.789999999, 331650.8300000001 5543254.93, 331656.08999999985 5543234.199999999, 331719.78000000026 5543151.66, 331725.2000000002 5543147.09, 331728.83999999985 5543144.02, 331732.8300000001 5543140.65, 331867.1500000004 5543055.34, 331875.03000000026 5543050.9, 331912.2999999998 5542987.130000001, 331926.29000000004 5542967.9, 331938.4500000002 5542957.76, 331975.91000000015 5542932.83, 332021.23000000045 5542897.289999999, 332049.9900000002 5542858.24, 332068.5499999998 5542794.779999999, 332065.0700000003 5542794.130000001, 332077.4199999999 5542701.9, 332067.51999999955 5542628.869999999, 332178.0800000001 5542626.42, 332184.0700000003 5542627.67, 332267.5599999996 5542749.85, 332398.86000000034 5542927.449999999, 332410.5999999996 5542937.880000001, 332421.6200000001 5542947.6899999995, 332434.9000000004 5542964.24, 332490.79000000004 5543033.98, 332514.5499999998 5543063.630000001, 332543.63999999966 5543079.029999999, 332601.33999999985 5543119.279999999, 332610.9900000002 5543126.02, 332647.2599999998 5543151.32, 332649.1200000001 5543147.49, 332659.78000000026 5543129.65, 332669 5543078.82, 332672.63999999966 5543026.140000001, 332694.3700000001 5543017.83, 332707.6200000001 5543015.6899999995, 332707.63999999966 5543015.75, 332715.29000000004 5543020.289999999, 332727.33999999985 5543027.460000001, 332731.3099999996 5543029.82, 332731.36000000034 5543036.789999999, 332717.5599999996 5543135.42, 332717.54000000004 5543135.529999999, 332716.51999999955 5543141.85, 332692.21999999974 5543175.210000001, 332691.7999999998 5543207.609999999, 332691.5099999998 5543229.41, 332691.3099999996 5543244.609999999, 332696.96999999974 5543252.09, 332689.2000000002 5543316.24, 332683.86000000034 5543360.380000001, 332674.41000000015 5543438.51, 332475.1799999997 5543678.529999999, 332469.9199999999 5543673.1899999995, 332466.4000000004 5543669.640000001, 332446.96999999974 5543649.9399999995, 332440.0599999996 5543642.93, 332429.36000000034 5543632.1, 332343.5999999996 5543680.75, 332296.71999999974 5543727.24, 332293.70999999996 5543730.23, 332291.46999999974 5543732.33, 332288.3300000001 5543735.289999999, 332284.75 5543738.66, 332279.1200000001 5543743.890000001, 332281.1900000004 5543745.41, 332378.7599999998 5543807.550000001, 332396.1900000004 5543817.699999999, 332399.20999999996 5543819.470000001, 332412.1799999997 5543827.02, 332546.83999999985 5543896.33, 332591.7000000002 5543916.550000001, 332642.3300000001 5543940.880000001, 332718.5700000003 5543978.970000001, 332760.08999999985 5543999.34, 332785.2400000002 5544019.210000001, 332828.8799999999 5544059.779999999, 332774.7400000002 5544092.41, 332709.7000000002 5544129.460000001, 332570.29000000004 5544140.050000001, 332532.0999999996 5544141.699999999, 332480.76999999955 5544140.699999999, 332435.4299999997 5544136.23, 332411.66000000015 5544135.67, 332354.0099999998 5544134.32, 332348.04000000004 5544134.220000001, 332253.3799999999 5544133.039999999, 332198.0599999996 5544134.59, 332179.5700000003 5544135.1, 332133.71999999974 5544139.41, 332129.6799999997 5544139.74, 332115.5 5544141.76, 332041.5800000001 5544152.289999999, 331973.88999999966 5544161.5, 331949.5099999998 5544171.59, 331927.3499999996 5544178.75, 331873.4400000004 5544166.390000001)), ((329921.9000000004 5543237.02, 329892.5499999998 5543217.84, 329866.2999999998 5543212.27, 329851.78000000026 5543209.74, 329818.26999999955 5543202.18, 329755.5499999998 5543203.4399999995, 329749.75 5543199.17, 329748.54000000004 5543198.300000001, 329747.3099999996 5543197.43, 329742.51999999955 5543194.01, 329727.96999999974 5543183.449999999, 329717.79000000004 5543176.09, 329715.54000000004 5543180.220000001, 329699.0999999996 5543212.17, 329640.5800000001 5543247.3100000005, 329629.45999999996 5543251.6899999995, 329521.5 5543294.220000001, 329516.8499999996 5543296.050000001, 329504.91000000015 5543300.75, 329472.2400000002 5543313.619999999, 329458.41000000015 5543319.07, 329382.91000000015 5543332.140000001, 329370.6799999997 5543334.25, 329297.9000000004 5543176.279999999, 329233.20999999996 5543120.27, 329218.04000000004 5543005.369999999, 329160.16000000015 5542933.84, 329158.5700000003 5542939.02, 329148.0099999998 5542918.98, 329145.9000000004 5542910.0600000005, 329167.98000000045 5542830.619999999, 329123.63999999966 5542779.359999999, 329145.4000000004 5542679.41, 329169.8700000001 5542628.390000001, 329173.33999999985 5542615.24, 329174.38999999966 5542597.6899999995, 329169.5099999998 5542573.869999999, 329168.79000000004 5542568.67, 329168.6900000004 5542567.890000001, 329163.4900000002 5542538.08, 329163.9199999999 5542517.550000001, 329168.3200000003 5542496.35, 329167.38999999966 5542460.859999999, 329169.01999999955 5542445.289999999, 329184.63999999966 5542422.9399999995, 329194.38999999966 5542406.58, 329198.6799999997 5542402.48, 329239.6200000001 5542377.789999999, 329355.58999999985 5542330.33, 329357.0800000001 5542332.33, 329357.8799999999 5542333.42, 329386.54000000004 5542371.93, 329524.29000000004 5542553.58, 329721.9400000004 5542736.199999999, 329729.9400000004 5542734.6899999995, 329737.78000000026 5542721.92, 329798.45999999996 5542623.039999999, 329801.98000000045 5542617.3100000005, 329821.5999999996 5542584.02, 329825.46999999974 5542572.619999999, 329851.9199999999 5542568.66, 329964.71999999974 5542460.25, 329965.5700000003 5542459.07, 329987.0999999996 5542429.630000001, 330010.3799999999 5542404.15, 330019.1500000004 5542394.539999999, 330034.2999999998 5542377.960000001, 330050.96999999974 5542312.41, 330079.38999999966 5542315.529999999, 330080.8700000001 5542315.699999999, 330082.4000000004 5542310.33, 330082.8499999996 5542309.66, 330086.16000000015 5542304.76, 330087.29000000004 5542303.08, 330090.48000000045 5542299.24, 330088.3099999996 5542298.98, 330202.6500000004 5542159.609999999, 330208.73000000045 5542067.23, 330187.6500000004 5542011.300000001, 330154.03000000026 5541957.199999999, 330151.38999999966 5541952.15, 330148.5 5541955.15, 330064.38999999966 5541955.82, 330064.0499999998 5541956.02, 330006.4199999999 5541928.8100000005, 329904.25 5541888.01, 329918.0499999998 5541879.15, 329954.29000000004 5541855.9, 329961.4400000004 5541851.289999999, 330051.71999999974 5541793.9, 330052.9299999997 5541793.130000001, 330055.25 5541791.65, 330058.6200000001 5541789.5, 330038.7000000002 5541768.609999999, 330022.7000000002 5541743.640000001, 330020.33999999985 5541734.34, 330022.29000000004 5541727.67, 330043.25 5541707.119999999, 330072.9199999999 5541696.99, 330105.6699999999 5541629.630000001, 330131.5599999996 5541603.9, 330168.5599999996 5541596.630000001, 330194.9400000004 5541600.039999999, 330217.1500000004 5541607.98, 330271.0999999996 5541671.83, 330299.5099999998 5541657.9399999995, 330300.6699999999 5541657.33, 330301.71999999974 5541656.73, 330302.8799999999 5541656.15, 330304 5541655.609999999, 330305.4900000002 5541662.1, 330321.8499999996 5541654.039999999, 330351.6500000004 5541639.34, 330369.78000000026 5541630.41, 330424.38999999966 5541603.5, 330488.5800000001 5541718.460000001, 330532.4500000002 5541797.07, 330562.51999999955 5541850.960000001, 330567.5999999996 5541853.119999999, 330651.7000000002 5541971.75, 330654.70999999996 5541973.66, 330780.1699999999 5542052.98, 330781.41000000015 5542054.73, 330794.46999999974 5542073.109999999, 330820.3700000001 5542109.57, 330839.63999999966 5542136.699999999, 330841 5542139.93, 330825.91000000015 5542167.58, 330819.23000000045 5542179.82, 330817.95999999996 5542185.27, 330781.63999999966 5542229.74, 330763.46999999974 5542252.130000001, 330717.71999999974 5542308.109999999, 330714.76999999955 5542306.98, 330625.45999999996 5542298.24, 330620.53000000026 5542296.9, 330498.0700000003 5542332.539999999, 330490.6500000004 5542422.77, 330468.54000000004 5542440.17, 330489.88999999966 5542465.109999999, 330502.7599999998 5542466.83, 330502.46999999974 5542469.82, 330504.6900000004 5542476.890000001, 330504.3300000001 5542481.789999999, 330501.8799999999 5542488.279999999, 330512.0800000001 5542488.199999999, 330542.38999999966 5542487.74, 330567.4199999999 5542484.210000001, 330613.1500000004 5542471.16, 330667.6500000004 5542454.390000001, 330713.6500000004 5542443.9, 330717.2999999998 5542443.07, 330763.33999999985 5542500.859999999, 330835.26999999955 5542591.17, 330831.8099999996 5542592.390000001, 330748.78000000026 5542621.76, 330695.5499999998 5542640.58, 330649.66000000015 5542655.119999999, 330461.4500000002 5542724.34, 330447.9000000004 5542696.390000001, 330431.33999999985 5542680.42, 330418.29000000004 5542667.8100000005, 330412.5599999996 5542662.289999999, 330326.0499999998 5542594.539999999, 330317.83999999985 5542593.83, 330248.79000000004 5542603.26, 330236.38999999966 5542604.960000001, 330175.7599999998 5542613.25, 330156.0999999996 5542615.9399999995, 330136.3200000003 5542618.65, 330131.96999999974 5542615.279999999, 330126.8799999999 5542614.68, 330129.79000000004 5542629.48, 330125.1900000004 5542742.140000001, 330112.08999999985 5542828.32, 330108.7000000002 5542850.609999999, 330106.6699999999 5542864.01, 330083.2400000002 5542900.5600000005, 330081.61000000034 5542903.1, 330043.0800000001 5542963.1899999995, 330031.7999999998 5542980.800000001, 330008.86000000034 5543016.65, 329984.86000000034 5543054.140000001, 329934.8200000003 5543132.32, 329938.0499999998 5543136.58, 329964.08999999985 5543171.02, 329971.36000000034 5543180.65, 329952.41000000015 5543256.960000001, 329921.9000000004 5543237.02)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5905-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5905-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5905-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5905-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-051" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5905-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5905-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5905-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-051" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5905-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5905-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5905-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>108878</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.22975111226</v>
+        <v>46071.30746351895</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>