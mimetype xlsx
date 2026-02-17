--- v0 (2025-11-10)
+++ v1 (2026-02-17)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5903-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((311357.70999999996 5532585.25, 311341.1799999997 5532594.91, 311327.88999999966 5532602.6899999995, 311294.03000000026 5532628.1, 311263.88999999966 5532643.3100000005, 311246.7000000002 5532651.98, 311235.5099999998 5532657.630000001, 311217.03000000026 5532670.619999999, 311207.73000000045 5532686.1, 311219.11000000034 5532694.27, 311226.3300000001 5532698.960000001, 311235.88999999966 5532705.17, 311254.3099999996 5532717.140000001, 311264.46999999974 5532722.43, 311289 5532735.210000001, 311293.38999999966 5532737.48, 311301.6500000004 5532737.4, 311311.1900000004 5532737.27, 311327.6299999999 5532736.949999999, 311343.2599999998 5532743.039999999, 311380.0999999996 5532761.6899999995, 311395.5700000003 5532764.51, 311401.1200000001 5532765.470000001, 311448.96999999974 5532769.27, 311494.58999999985 5532786.84, 311532.9400000004 5532808.66, 311566.8799999999 5532837.619999999, 311622.4500000002 5532893.85, 311626.2999999998 5532896.140000001, 311658.5 5532915.23, 311678.2599999998 5532926.779999999, 311701.2999999998 5532939.710000001, 311744.36000000034 5532953.640000001, 311778.0700000003 5532976.33, 311781.63999999966 5532984.529999999, 311784.4199999999 5532990.9, 311785.66000000015 5532993.779999999, 311777.38999999966 5532994.66, 311772.1900000004 5532990.779999999, 311763.11000000034 5532984.01, 311753.0999999996 5532976.539999999, 311737.53000000026 5532963.51, 311694.9500000002 5532951.01, 311646.8200000003 5532925.130000001, 311618.88999999966 5532897.41, 311564.01999999955 5532840.49, 311530.8200000003 5532812.050000001, 311492.88999999966 5532791.5, 311448.4199999999 5532775.24, 311402.0700000003 5532771.42, 311379.41000000015 5532767.65, 311341.1200000001 5532747.41, 311325.5800000001 5532741.699999999, 311307.3200000003 5532741.92, 311297.8799999999 5532742.140000001, 311290.70999999996 5532742.93, 311259.4199999999 5532727.99, 311249.9299999997 5532723.449999999, 311230.76999999955 5532710.6, 311221.5099999998 5532704.390000001, 311215.1299999999 5532700.119999999, 311215.5499999998 5532711.550000001, 311216.0800000001 5532725.890000001, 311216.36000000034 5532733.5, 311211.79000000004 5532762.43, 311211.3799999999 5532765.02, 311214.16000000015 5532815.26, 311210.9400000004 5532854.300000001, 311207.8200000003 5532864.16, 311198.4900000002 5532893.65, 311172.4900000002 5532953, 311165.36000000034 5532964.18, 311164.16000000015 5532968.27, 311158.3799999999 5532988.16, 311156.11000000034 5532992.609999999, 311150.7999999998 5533003.1, 311117.9500000002 5533042.1, 311102.7599999998 5533056.3100000005, 311076.91000000015 5533108.449999999, 311077.8300000001 5533125.1, 311078.8799999999 5533143.82, 311074.9900000002 5533143.41, 311074.5099999998 5533148.640000001, 311078.4199999999 5533153.83, 311088.5800000001 5533177.869999999, 311094.6799999997 5533209.67, 311093.1799999997 5533213.289999999, 311090.7999999998 5533229.75, 311081.23000000045 5533246.09, 311074.8799999999 5533252.050000001, 311070.4900000002 5533256.18, 311063.61000000034 5533262.859999999, 311059.6699999999 5533266.33, 311046.21999999974 5533279.050000001, 311041.61000000034 5533283.42, 311022.03000000026 5533304.859999999, 311019.9199999999 5533306.35, 311016.9000000004 5533308.43, 311016.5800000001 5533308.66, 311004.79000000004 5533314.4, 310999.63999999966 5533316.34, 310956.1500000004 5533332.710000001, 310900.8099999996 5533372.08, 310892.96999999974 5533373.369999999, 310862.1200000001 5533378.4, 310842.1699999999 5533394.59, 310831.3300000001 5533414.6, 310821.9199999999 5533431.99, 310819.13999999966 5533437.119999999, 310815.2400000002 5533444.300000001, 310787.21999999974 5533480.1899999995, 310756.4000000004 5533489.09, 310740.3099999996 5533499.42, 310710.0099999998 5533538.369999999, 310700.9199999999 5533550.050000001, 310681.36000000034 5533575.57, 310605.21999999974 5533643.24, 310592.23000000045 5533646.08, 310568.73000000045 5533651.199999999, 310564.98000000045 5533653.9, 310550.33999999985 5533664.390000001, 310515.7999999998 5533689.16, 310486.9500000002 5533724.359999999, 310475.1500000004 5533738.76, 310442.6299999999 5533767.369999999, 310391.9400000004 5533796.32, 310350.0999999996 5533863.050000001, 310339.1900000004 5533874.859999999, 310333.4199999999 5533881.07, 310323.63999999966 5533891.48, 310287.7999999998 5533924.199999999, 310282.7599999998 5533946.15, 310279.2999999998 5533961.18, 310278.5 5533964.609999999, 310284.8799999999 5533969.26, 310272.5 5533978.960000001, 310258.73000000045 5534001.029999999, 310252.16000000015 5534011.539999999, 310235.28000000026 5534057.710000001, 310215.3099999996 5534098.369999999, 310203.3099999996 5534127.960000001, 310172.96999999974 5534210.039999999, 310148.54000000004 5534279.9399999995, 310142.7599999998 5534292.380000001, 310141.0499999998 5534294.4, 310127.38999999966 5534310.550000001, 310114.33999999985 5534356.470000001, 310113.16000000015 5534360.619999999, 310096.75 5534411.9399999995, 310078.3700000001 5534444.24, 310072.4000000004 5534454.73, 310004.8099999996 5534564.3100000005, 309985.5 5534572.83, 309946.51999999955 5534589.73, 309886.5499999998 5534641.300000001, 309852.8300000001 5534667.08, 309821.8499999996 5534681.630000001, 309795.45999999996 5534697.960000001, 309795.5800000001 5534745.01, 309790.8200000003 5534777.710000001, 309781.23000000045 5534803.26, 309764.1500000004 5534848.76, 309755.51999999955 5534871.73, 309736.4000000004 5534905.859999999, 309710.1500000004 5534933.65, 309692.0800000001 5534952.789999999, 309669.54000000004 5534976.640000001, 309644.83999999985 5534989.890000001, 309637.1299999999 5534992.880000001, 309567.1299999999 5535020.039999999, 309532.36000000034 5535044.58, 309516.3799999999 5535055.859999999, 309476.53000000026 5535098.48, 309460.7000000002 5535115.42, 309442.0999999996 5535135.32, 309371.0599999996 5535184.76, 309351.03000000026 5535198.6899999995, 309330.8499999996 5535209.73, 309316.25 5535217.699999999, 309303.46999999974 5535224.6899999995, 309291.08999999985 5535231.449999999, 309237.9299999997 5535260.52, 309218.1200000001 5535311.699999999, 309203.5700000003 5535325.5600000005, 309200.2599999998 5535328.710000001, 309196.23000000045 5535332.539999999, 309153.0800000001 5535348.1, 309100.8799999999 5535357.710000001, 309090.5 5535360.98, 309062.63999999966 5535369.75, 309030.61000000034 5535384.9, 309014.7999999998 5535397.65, 309004.16000000015 5535406.220000001, 308994.96999999974 5535413.630000001, 308975.26999999955 5535424.33, 308932.1299999999 5535447.74, 308913.4400000004 5535465.199999999, 308898.5099999998 5535494.279999999, 308891.54000000004 5535520.59, 308894.8700000001 5535523.9399999995, 308887.1299999999 5535586.75, 308878.6900000004 5535622.57, 308871.53000000026 5535643.99, 308870.7000000002 5535646.470000001, 308847.0700000003 5535697.199999999, 308824.01999999955 5535719.029999999, 308817.13999999966 5535727.23, 308751.2999999998 5535779.279999999, 308741.25 5535786.220000001, 308720.1500000004 5535790.1, 308704.8300000001 5535793.65, 308697.63999999966 5535795.32, 308677.4400000004 5535805.48, 308670.9400000004 5535808.74, 308641.0599999996 5535813.98, 308631.73000000045 5535815.619999999, 308618.8499999996 5535821.6899999995, 308606.53000000026 5535844.1, 308599.91000000015 5535860.84, 308598.7599999998 5535863.77, 308592.8200000003 5535878.8100000005, 308582.2999999998 5535895.960000001, 308565.0800000001 5535924.050000001, 308557.3700000001 5535940.74, 308553.46999999974 5535949.43, 308549.1200000001 5535957.84, 308540.0999999996 5535971.5600000005, 308532.3799999999 5535982.66, 308528.9000000004 5535987.67, 308523 5535997.539999999, 308515.7999999998 5536009.210000001, 308509.08999999985 5536016.279999999, 308500.0099999998 5536023.210000001, 308483.5800000001 5536032.3100000005, 308474.5800000001 5536035.27, 308459.8499999996 5536040.1, 308449.9299999997 5536042.1, 308436.2999999998 5536044.85, 308392.5599999996 5536070.609999999, 308386.5999999996 5536078.449999999, 308381.7400000002 5536084.84, 308378.66000000015 5536088.84, 308368.91000000015 5536101.470000001, 308362.1500000004 5536121.380000001, 308356.58999999985 5536137.6899999995, 308356.8499999996 5536159.289999999, 308357.4500000002 5536202.18, 308355.1500000004 5536229.24, 308354.5999999996 5536235.75, 308348.88999999966 5536261.0600000005, 308345.5099999998 5536267.41, 308343.66000000015 5536273.380000001, 308334.03000000026 5536304.34, 308330.33999999985 5536313.609999999, 308311.4000000004 5536342.779999999, 308304.6900000004 5536365.59, 308301.0499999998 5536377.98, 308290.9900000002 5536412.140000001, 308282.1699999999 5536442.140000001, 308295.7999999998 5536521.279999999, 308300.9199999999 5536531.17, 308303.54000000004 5536563.359999999, 308308.76999999955 5536573.3100000005, 308311.21999999974 5536589.92, 308310.4299999997 5536606.4, 308302.86000000034 5536623.58, 308284.20999999996 5536646.640000001, 308268.20999999996 5536674.789999999, 308253.3499999996 5536709.050000001, 308251.8099999996 5536712.26, 308236.7400000002 5536743.970000001, 308230.25 5536770.550000001, 308226.1200000001 5536806.41, 308223.1799999997 5536825.460000001, 308221.79000000004 5536834.43, 308221.75 5536834.68, 308221.51999999955 5536836.26, 308220.5599999996 5536842.58, 308219.71999999974 5536848.050000001, 308219.4900000002 5536848.449999999, 308203.66000000015 5536879.130000001, 308190.29000000004 5536905.01, 308185.45999999996 5536922.4399999995, 308180.8099999996 5536939.25, 308175.71999999974 5536957.640000001, 308168.6900000004 5536983.07, 308161.9400000004 5537007.33, 308151.20999999996 5537045.99, 308175.48000000045 5537098.3100000005, 308179.96999999974 5537121.17, 308169.21999999974 5537209.470000001, 308168.4500000002 5537215.859999999, 308161.8700000001 5537269.859999999, 308143.8099999996 5537380.27, 308143.96999999974 5537389.77, 308144.5800000001 5537426.550000001, 308148.9400000004 5537453.58, 308151.6500000004 5537470.300000001, 308184.9400000004 5537525.57, 308202.9500000002 5537560.220000001, 308220.51999999955 5537648.92, 308237.38999999966 5537678.73, 308251.46999999974 5537703.6, 308258.2400000002 5537714.199999999, 308275.70999999996 5537710.789999999, 308291.1799999997 5537707.76, 308291.4900000002 5537707.720000001, 308291.83999999985 5537707.74, 308292.1799999997 5537707.8100000005, 308292.36000000034 5537707.890000001, 308357.4299999997 5537735.710000001, 308358.6699999999 5537736.24, 308368.4299999997 5537740.15, 308369.51999999955 5537740.58, 308514.3499999996 5537777.529999999, 308562.5800000001 5537789.8100000005, 308607 5537791.199999999, 308607.3799999999 5537791.25, 308631.8700000001 5537796.800000001, 308632.3099999996 5537796.949999999, 308640.23000000045 5537800.83, 308655.8099999996 5537808.4399999995, 308655.86000000034 5537808.470000001, 308656.1500000004 5537808.66, 308656.41000000015 5537808.9, 308656.51999999955 5537809.02, 308663.21999999974 5537817.73, 308663.4199999999 5537818.050000001, 308701.8499999996 5537893.720000001, 308701.9400000004 5537893.91, 308708.8200000003 5537911.83, 308714 5537925.300000001, 308737.6200000001 5537976.029999999, 308765.83999999985 5538010.1899999995, 308766.03000000026 5538010.470000001, 308846.4299999997 5538149.42, 308855.33999999985 5538164.85, 308855.48000000045 5538165.15, 308857.8200000003 5538171.48, 308861.51999999955 5538181.460000001, 308881.53000000026 5538211.880000001, 308881.5700000003 5538211.960000001, 308922.01999999955 5538280.949999999, 308922.2000000002 5538281.359999999, 308927.5700000003 5538298.49, 308927.66000000015 5538299.0600000005, 308927.71999999974 5538303.609999999, 308928.41000000015 5538352.49, 308947.1699999999 5538419.27, 308956.6900000004 5538437.02, 308956.76999999955 5538437.210000001, 308956.8799999999 5538437.539999999, 308956.91000000015 5538437.720000001, 308960.6200000001 5538467.16, 308960.61000000034 5538467.710000001, 308950.8799999999 5538530.550000001, 308951.45999999996 5538558.42, 308966 5538617.609999999, 308977.0700000003 5538640.119999999, 308977.16000000015 5538640.34, 308985.83999999985 5538665.4, 309031.01999999955 5538769.289999999, 309031.08999999985 5538769.470000001, 309039.0999999996 5538794.33, 309046.25 5538787.34, 309046.36000000034 5538787.75, 309070.86000000034 5538774.710000001, 309121.4400000004 5538747.949999999, 309127.23000000045 5538744.960000001, 309196.54000000004 5538708.5600000005, 309196.46999999974 5538708.33, 309203.5 5538704.59, 309197.8700000001 5538684.970000001, 309230.7400000002 5538668.32, 309214.75 5538631.08, 309207.6299999999 5538614.5, 309223.5099999998 5538620.9, 309306.4000000004 5538730.970000001, 309324.9000000004 5538741.83, 309401.21999999974 5538786.609999999, 309422.3799999999 5538791.98, 309486.5599999996 5538808.67, 309499.03000000026 5538811.92, 309505.1299999999 5538813.460000001, 309505.6299999999 5538800.890000001, 309534.3700000001 5538802.210000001, 309556.5 5538803.08, 309576.66000000015 5538803.869999999, 309618.75 5538805.67, 309618.8200000003 5538791.640000001, 309770.4400000004 5538826.16, 309777.5599999996 5538810.140000001, 309805.7400000002 5538829.92, 309804.8300000001 5538862.859999999, 309850.1699999999 5538885.109999999, 309859.73000000045 5538889.0600000005, 309874.20999999996 5538899.1899999995, 309879.38999999966 5538902.83, 309925.26999999955 5538934.93, 309930.1900000004 5538938.380000001, 309906.6299999999 5538964.550000001, 309899.61000000034 5538972.359999999, 309891.75 5538981.1, 309882.33999999985 5538971.73, 309834.8700000001 5538981.9, 309726.46999999974 5539073.48, 309636.7599999998 5539149.300000001, 309622.96999999974 5539186.85, 309613.11000000034 5539213.1899999995, 309619.26999999955 5539216.869999999, 309627.9299999997 5539221.99, 309706.6500000004 5539268.52, 309801.08999999985 5539324.369999999, 309879.26999999955 5539359.17, 309978.23000000045 5539403.220000001, 309998.04000000004 5539412.029999999, 310122.5499999998 5539452.48, 310120.2000000002 5539479.380000001, 310131.08999999985 5539480.93, 310125.7000000002 5539483.43, 310071.33999999985 5539508.82, 310074.38999999966 5539532.9399999995, 310076.33999999985 5539548.48, 310080.88999999966 5539584.49, 310082.1699999999 5539594.609999999, 310030.7599999998 5539604.32, 310021.4900000002 5539606.07, 309972.1500000004 5539615.43, 309970.3499999996 5539599.76, 309969.7000000002 5539594.210000001, 309967.7400000002 5539576.869999999, 309946.9000000004 5539575.82, 309927.88999999966 5539580.539999999, 309922.9299999997 5539575.51, 309910.4299999997 5539573.9399999995, 309881.1500000004 5539578.02, 309851.4199999999 5539581.279999999, 309831.1200000001 5539582.1, 309798.8300000001 5539583.390000001, 309784.66000000015 5539581.890000001, 309775.8200000003 5539578.51, 309769.4400000004 5539574.619999999, 309765.5999999996 5539574.199999999, 309755.7000000002 5539573.1, 309702.13999999966 5539571.93, 309684.33999999985 5539572.15, 309679.70999999996 5539554.77, 309676.79000000004 5539543.109999999, 309653.04000000004 5539553.98, 309633.0499999998 5539559.380000001, 309602.0099999998 5539562.390000001, 309580.0700000003 5539557.09, 309545.45999999996 5539534.800000001, 309545.4000000004 5539534.6899999995, 309545.1500000004 5539534.300000001, 309488.3099999996 5539505.18, 309458.4000000004 5539494.859999999, 309399.4400000004 5539477.4399999995, 309372.5800000001 5539463.76, 309333.8300000001 5539430.210000001, 309286.26999999955 5539385.18, 309269.96999999974 5539363.41, 309257.58999999985 5539325, 309235.2400000002 5539285.6899999995, 309190.9500000002 5539272.77, 309178.98000000045 5539265.99, 309128.6500000004 5539223.5600000005, 309122.0800000001 5539218.09, 309084.63999999966 5539184.369999999, 309060.83999999985 5539161.609999999, 309033.3099999996 5539124.960000001, 309019.78000000026 5539096.15, 309006.4400000004 5539064.84, 308994.86000000034 5539037.699999999, 308991.54000000004 5539015.460000001, 308991.16000000015 5538997.4, 308990.6200000001 5538971.99, 308980.9400000004 5538947.08, 308969.7999999998 5538932.720000001, 308952.7000000002 5538921.789999999, 308946.1200000001 5538917.5600000005, 308943.41000000015 5538901.640000001, 308940.4000000004 5538884.880000001, 308939.0099999998 5538877.289999999, 308982.6799999997 5538836.93, 308985.73000000045 5538826.779999999, 309022.9900000002 5538810.449999999, 309035.9400000004 5538797.460000001, 309027.3200000003 5538770.789999999, 308982.1299999999 5538666.92, 308982.0800000001 5538666.779999999, 308973.4199999999 5538641.77, 308962.3200000003 5538619.18, 308962.1799999997 5538618.77, 308947.5099999998 5538559.16, 308947.45999999996 5538558.720000001, 308946.8700000001 5538530.460000001, 308946.9000000004 5538530.109999999, 308956.61000000034 5538467.380000001, 308952.9900000002 5538438.59, 308943.53000000026 5538420.960000001, 308943.3799999999 5538420.5600000005, 308924.4900000002 5538353.32, 308924.41000000015 5538352.8100000005, 308923.73000000045 5538303.66, 308923.6699999999 5538299.41, 308918.4500000002 5538282.77, 308878.29000000004 5538214.25, 308878.1500000004 5538214.039999999, 308858.0499999998 5538183.470000001, 308857.83999999985 5538183.0600000005, 308854.08999999985 5538172.9399999995, 308854.0700000003 5538172.869999999, 308851.79000000004 5538166.699999999, 308842.96999999974 5538151.42, 308762.6500000004 5538012.609999999, 308734.3700000001 5537978.380000001, 308734.0999999996 5537977.949999999, 308710.33999999985 5537926.93, 308710.28000000026 5537926.800000001, 308705.08999999985 5537913.26, 308698.25 5537895.4399999995, 308660.66000000015 5537821.4399999995, 308659.9400000004 5537820.02, 308653.63999999966 5537811.83, 308638.66000000015 5537804.52, 308638.48000000045 5537804.42, 308630.7599999998 5537800.65, 308606.6799999997 5537795.1899999995, 308606.1799999997 5537795.18, 308562.23000000045 5537793.8100000005, 308561.7999999998 5537793.75, 308513.3700000001 5537781.4, 308513.0999999996 5537781.33, 308369.3300000001 5537744.67, 308368.4000000004 5537744.43, 308368.1500000004 5537744.35, 308358.6500000004 5537740.539999999, 308357.16000000015 5537739.949999999, 308291.36000000034 5537711.800000001, 308276.48000000045 5537714.710000001, 308260.2000000002 5537717.890000001, 308275.5499999998 5537754.32, 308279.9199999999 5537769.6, 308308.83999999985 5537870.4, 308309.0599999996 5537871.16, 308320.3200000003 5537917.66, 308324.4900000002 5537969.529999999, 308318.70999999996 5538000.76, 308314.3700000001 5538024.4, 308312.2000000002 5538036.09, 308312.71999999974 5538064.43, 308325.0999999996 5538113.51, 308329.9299999997 5538155.4, 308334.8300000001 5538197.880000001, 308340.8200000003 5538236.23, 308343.2599999998 5538251.029999999, 308356.3700000001 5538254.050000001, 308346.58999999985 5538294.279999999, 308325.79000000004 5538320.35, 308318.9400000004 5538320.4399999995, 308312.88999999966 5538320.51, 308293.2400000002 5538330.279999999, 308275.75 5538346.82, 308244.0099999998 5538354.9, 308196.4500000002 5538378.67, 308160.5999999996 5538401.119999999, 308131.53000000026 5538464.77, 308168.53000000026 5538463.779999999, 308186.8300000001 5538477.039999999, 308185.5800000001 5538495.15, 308175.4400000004 5538516.17, 308144.28000000026 5538541.85, 308134.61000000034 5538559.279999999, 308122.1200000001 5538589.970000001, 308080.3700000001 5538656.880000001, 308069.9299999997 5538686.1899999995, 308065.29000000004 5538699.220000001, 308048.6500000004 5538729.279999999, 308041.7599999998 5538741.73, 308036.8300000001 5538751.91, 308031.0999999996 5538763.720000001, 308023.51999999955 5538779.35, 308021.88999999966 5538782.73, 308018.33999999985 5538786.73, 308008.6200000001 5538797.68, 307966.8200000003 5538844.800000001, 307944.2599999998 5538871.699999999, 307916.0599999996 5538905.32, 307902.9900000002 5538941.42, 307901.9900000002 5538956.84, 307903.13999999966 5538959.42, 307905.9299999997 5538965.279999999, 307906.6799999997 5538966.9, 307902.1500000004 5538968.210000001, 307903.9000000004 5539001.43, 307906.4500000002 5539028.970000001, 307922.48000000045 5539062.09, 307948.3700000001 5539111.800000001, 307960.73000000045 5539139.57, 307985.6200000001 5539195.49, 307986.26999999955 5539220.539999999, 307979.3200000003 5539286.6, 307977.96999999974 5539299.369999999, 307982.91000000015 5539371.029999999, 307987.3300000001 5539404.01, 307984.4900000002 5539430.58, 307995.3300000001 5539447.210000001, 308021.4400000004 5539463.83, 308039.45999999996 5539468.199999999, 308044.8499999996 5539470.83, 308053.83999999985 5539475.220000001, 308078.58999999985 5539487.3100000005, 308093.76999999955 5539483.220000001, 308149.63999999966 5539519.92, 308157.4299999997 5539535.640000001, 308169.13999999966 5539586.1, 308177.3200000003 5539593.34, 308190.3799999999 5539604.470000001, 308214.4299999997 5539593.24, 308219.1200000001 5539582.15, 308237.5800000001 5539578.85, 308251.4299999997 5539584.74, 308265.1699999999 5539607.880000001, 308264.61000000034 5539619.449999999, 308269.7599999998 5539632.9, 308275.3700000001 5539631.34, 308280.29000000004 5539629.68, 308280.6799999997 5539629.67, 308281.63999999966 5539629.24, 308297.3099999996 5539624.01, 308321.1200000001 5539619.130000001, 308340.41000000015 5539608.27, 308348.5099999998 5539602.68, 308373.3700000001 5539585.550000001, 308383.8799999999 5539580, 308394.71999999974 5539577.07, 308404.2599999998 5539576.83, 308410.45999999996 5539578, 308439.73000000045 5539585.23, 308465.1299999999 5539593.470000001, 308473.3700000001 5539598.039999999, 308503.6900000004 5539620.210000001, 308514.3200000003 5539622.1, 308512.73000000045 5539630.050000001, 308503.20999999996 5539628.82, 308502.08999999985 5539637.6, 308511.29000000004 5539640.039999999, 308528.8700000001 5539640.42, 308560.1299999999 5539635.050000001, 308498.33999999985 5539704.93, 308458.7400000002 5539675.210000001, 308416.11000000034 5539654.66, 308414.66000000015 5539653.68, 308423.5700000003 5539694.220000001, 308431.5800000001 5539710.5, 308429.8300000001 5539711.380000001, 308433.7599999998 5539734.15, 308523.3099999996 5539803.130000001, 308522.51999999955 5539804.140000001, 308525.3200000003 5539808.43, 308560.2999999998 5539861.960000001, 308553.86000000034 5539874.48, 308548.6900000004 5539884.52, 308526.7000000002 5539896.609999999, 308526.0499999998 5539936.9399999995, 308509.8499999996 5539968.98, 308499.8200000003 5539975.68, 308488.8300000001 5539968.51, 308474.4400000004 5539976.369999999, 308474.29000000004 5539976.49, 308463.3300000001 5539962.99, 308456.36000000034 5539965.75, 308472.1699999999 5539979.880000001, 308474.6299999999 5539982.199999999, 308475.33999999985 5539983.73, 308477.04000000004 5539987.869999999, 308482.8099999996 5540013.07, 308482.9500000002 5540022.74, 308489.5800000001 5540030.3100000005, 308491.9000000004 5540032.960000001, 308496.1299999999 5540034.85, 308508.78000000026 5540039.369999999, 308540.75 5540046.75, 308556.08999999985 5540052.779999999, 308570.73000000045 5540067.3100000005, 308580.04000000004 5540076.93, 308596.33999999985 5540084.640000001, 308602.5700000003 5540085.199999999, 308607.4500000002 5540085.640000001, 308614.0499999998 5540087.76, 308618.1699999999 5540089.800000001, 308624.0999999996 5540092.75, 308635.8300000001 5540094.83, 308654.3700000001 5540101.3100000005, 308665.8099999996 5540107.960000001, 308674.5499999998 5540112.32, 308690.16000000015 5540124.27, 308699.6200000001 5540129.949999999, 308712.1799999997 5540141.51, 308724.5499999998 5540152.27, 308744.2000000002 5540176.550000001, 308748.5499999998 5540176.92, 308755.0800000001 5540190.16, 308761.33999999985 5540197.779999999, 308766.25 5540210.42, 308772.4000000004 5540217.470000001, 308777.04000000004 5540214.380000001, 308781.6699999999 5540213.92, 308785.8300000001 5540215.9399999995, 308793.6799999997 5540221.880000001, 308801.76999999955 5540220.390000001, 308803.51999999955 5540222.779999999, 308819.5 5540234.199999999, 308823.23000000045 5540238.76, 308824.08999999985 5540241.710000001, 308824.5 5540243.17, 308832.3200000003 5540249.9, 308840.73000000045 5540253.59, 308853.46999999974 5540261.470000001, 308853.1299999999 5540263.210000001, 308855.70999999996 5540270.25, 308864.6799999997 5540271.779999999, 308876.8200000003 5540281.380000001, 308880.96999999974 5540289.84, 308885.9199999999 5540293.119999999, 308892.45999999996 5540293.119999999, 308899.03000000026 5540296, 308917.38999999966 5540303.26, 308924.4199999999 5540308.970000001, 308943.9400000004 5540313.75, 308973.1799999997 5540323.529999999, 308991.8799999999 5540347.98, 308993.28000000026 5540359.84, 308992.8200000003 5540361.869999999, 308996.58999999985 5540372.289999999, 308998.54000000004 5540375.0600000005, 309004.73000000045 5540375.65, 309015.83999999985 5540375.59, 309019.66000000015 5540379.5, 309026.25 5540402.619999999, 309030.7000000002 5540408.4, 309023.76999999955 5540417.5600000005, 309034.0700000003 5540441.1899999995, 309035.4400000004 5540443.01, 309037.26999999955 5540443.949999999, 309040.5800000001 5540444.5600000005, 309048.7599999998 5540453.01, 309056.3300000001 5540456.390000001, 309065.4199999999 5540464.460000001, 309073.2400000002 5540465.619999999, 309078.01999999955 5540463.91, 309084.78000000026 5540463.51, 309093.2000000002 5540464.99, 309099.4500000002 5540471.35, 309102.26999999955 5540471.460000001, 309108.0999999996 5540468.050000001, 309114.53000000026 5540468.24, 309118.41000000015 5540472.67, 309123.4299999997 5540484.619999999, 309136.76999999955 5540504.17, 309142.38999999966 5540509.98, 309142.9400000004 5540509.1, 309159.36000000034 5540520.01, 309176.28000000026 5540525.119999999, 309171.4000000004 5540534.130000001, 309184.7000000002 5540540.99, 309217.41000000015 5540569.1, 309233.9199999999 5540583.289999999, 309239.1500000004 5540594.43, 309255.54000000004 5540605.609999999, 309270.4199999999 5540615.74, 309294.08999999985 5540624.6, 309317.38999999966 5540631.3100000005, 309363.8799999999 5540628.699999999, 309406.38999999966 5540589.859999999, 309429.4199999999 5540596.65, 309449.91000000015 5540595.65, 309480.3200000003 5540597.59, 309515.8799999999 5540613.109999999, 309534.53000000026 5540613.91, 309561.91000000015 5540629.68, 309576.2000000002 5540647.640000001, 309605.8499999996 5540676.35, 309620.45999999996 5540694.369999999, 309643.2400000002 5540705.07, 309669.83999999985 5540724, 309718.91000000015 5540742.0600000005, 309735.08999999985 5540743.220000001, 309747.5700000003 5540748.4399999995, 309746.0999999996 5540759.6, 309761.48000000045 5540776.01, 309806.9000000004 5540783.369999999, 309794.38999999966 5540807.91, 309837.03000000026 5540842.41, 309864.95999999996 5540860.82, 309916.76999999955 5540928.199999999, 309926.8700000001 5540945.779999999, 309948.5700000003 5540960.6, 309966.25 5540957.9399999995, 309988.76999999955 5540971, 310024.33999999985 5540982.050000001, 310062.3200000003 5541008.26, 310087.1500000004 5541033.300000001, 310112.4500000002 5541098.48, 310128.91000000015 5541124.01, 310149 5541138.1899999995, 310178.9900000002 5541163.859999999, 310189 5541176.529999999, 310177.5800000001 5541208.57, 310189.7599999998 5541226.24, 310199.5599999996 5541244.26, 310203.3700000001 5541268.710000001, 310213.76999999955 5541293.199999999, 310227.4900000002 5541315.34, 310236.3200000003 5541321.640000001, 310239.79000000004 5541324.119999999, 310255.91000000015 5541335.630000001, 310265.5499999998 5541347.140000001, 310266.4000000004 5541351.59, 310278.01999999955 5541366.359999999, 310281.36000000034 5541371.130000001, 310290.04000000004 5541376.48, 310309.9500000002 5541383.369999999, 310320.79000000004 5541387.869999999, 310321.3300000001 5541388.130000001, 310322.7599999998 5541388.84, 310321.7400000002 5541391.08, 310366.4000000004 5541413.23, 310370.0599999996 5541415.0600000005, 310371.46999999974 5541415.76, 310373.20999999996 5541416.470000001, 310389.41000000015 5541423.4399999995, 310395.79000000004 5541426.99, 310396.6699999999 5541427.48, 310408.45999999996 5541435.1899999995, 310411.9000000004 5541437.98, 310422.63999999966 5541446.02, 310428.83999999985 5541451.09, 310431.3700000001 5541454.220000001, 310434.16000000015 5541459.710000001, 310436.4400000004 5541464.17, 310436.6200000001 5541464.529999999, 310438.9299999997 5541468.720000001, 310440.9000000004 5541473.390000001, 310439.5700000003 5541481.02, 310436.0999999996 5541487.32, 310432.01999999955 5541494.74, 310431.4199999999 5541496.48, 310428.6299999999 5541504.609999999, 310426.8300000001 5541525.800000001, 310426.53000000026 5541529.359999999, 310426.0800000001 5541530.85, 310423.3200000003 5541540.039999999, 310411.11000000034 5541560.800000001, 310402.8300000001 5541581.34, 310398.8499999996 5541590.17, 310392.3200000003 5541604.699999999, 310374.9000000004 5541643.4399999995, 310350.3799999999 5541684.710000001, 310340.9900000002 5541704.369999999, 310317.41000000015 5541786.75, 310312.1200000001 5541811.890000001, 310312.70999999996 5541828.01, 310318.3300000001 5541848.59, 310322.9299999997 5541862.09, 310335.3099999996 5541889.640000001, 310332.8099999996 5541891.3100000005, 310320.0700000003 5541863.0600000005, 310315.48000000045 5541849.5600000005, 310309.7000000002 5541828.140000001, 310309.16000000015 5541812.039999999, 310314.48000000045 5541785.890000001, 310332.0800000001 5541720.359999999, 310336.7000000002 5541703.15, 310346.8499999996 5541682.9, 310372.36000000034 5541641.84, 310374.9199999999 5541636.109999999, 310375.63999999966 5541634.529999999, 310386.53000000026 5541610.199999999, 310392.7999999998 5541596.23, 310399.58999999985 5541581.09, 310400.46999999974 5541570.619999999, 310414.38999999966 5541546.93, 310422.0099999998 5541528.93, 310423.4500000002 5541514.210000001, 310424.16000000015 5541494.5600000005, 310430.2999999998 5541486.24, 310432.3099999996 5541483.49, 310435.75 5541478.83, 310436.1900000004 5541470.1, 310435.4900000002 5541465.16, 310435.1299999999 5541464.199999999, 310431.8200000003 5541457.41, 310430.1699999999 5541454.76, 310428.1699999999 5541452.24, 310420.78000000026 5541446.09, 310416.8200000003 5541442.83, 310409.28000000026 5541437.1899999995, 310383.53000000026 5541422.82, 310373.7999999998 5541419.619999999, 310371.5599999996 5541418.4399999995, 310364.6299999999 5541414.789999999, 310320.5999999996 5541391.59, 310320.2599999998 5541390.15, 310305.1500000004 5541383.83, 310296.9500000002 5541381.1899999995, 310284.23000000045 5541375.460000001, 310279.4299999997 5541372.1899999995, 310275.83999999985 5541367.789999999, 310265.0099999998 5541353.029999999, 310261.73000000045 5541350.9, 310260.08999999985 5541348.17, 310252.25 5541340.76, 310246.2599999998 5541338.210000001, 310241.86000000034 5541332.23, 310227.66000000015 5541321.5, 310225.46999999974 5541321.25, 310223.3200000003 5541319.02, 310220.3799999999 5541316.98, 310219.4400000004 5541312.76, 310215.9299999997 5541306.859999999, 310213.3300000001 5541304.5, 310208.4199999999 5541302.02, 310207.1699999999 5541298.26, 310209.78000000026 5541295.140000001, 310206.6500000004 5541293.140000001, 310203.9299999997 5541290.9, 310205.0999999996 5541287.380000001, 310204.6900000004 5541282.699999999, 310202.26999999955 5541276.970000001, 310199.98000000045 5541274.27, 310198.8200000003 5541269.720000001, 310197.36000000034 5541260.609999999, 310196.0800000001 5541250.48, 310195.45999999996 5541245.92, 310193.4900000002 5541243.09, 310188.5999999996 5541243.73, 310188.45999999996 5541234.779999999, 310187.20999999996 5541231.029999999, 310183.0800000001 5541223.369999999, 310178.5099999998 5541218.390000001, 310176.45999999996 5541216.470000001, 310173.8300000001 5541205.16, 310177.58999999985 5541192.59, 310180.5999999996 5541175.23, 310177.5999999996 5541169.01, 310176.08999999985 5541174.5600000005, 310169.53000000026 5541180.9, 310114.23000000045 5541129.66, 310047.51999999955 5541008.859999999, 310019.71999999974 5540988.27, 310010.79000000004 5540988.949999999, 309982.66000000015 5540991.1, 309915.8300000001 5540961.9, 309911.7599999998 5540988.02, 309893.26999999955 5540980.039999999, 309911.0599999996 5540940.76, 309855.0499999998 5540868.380000001, 309840.08999999985 5540861.460000001, 309814.25 5540835.619999999, 309779.5 5540806.82, 309790.91000000015 5540789.050000001, 309760.1200000001 5540784.57, 309736.2599999998 5540769.66, 309734.71999999974 5540755.98, 309695.2400000002 5540749.119999999, 309682.5099999998 5540738.74, 309649.4400000004 5540722.109999999, 309615.7000000002 5540702.65, 309599.16000000015 5540681.59, 309566.6900000004 5540652.960000001, 309553.58999999985 5540636.199999999, 309529.45999999996 5540623.35, 309503.8700000001 5540618.859999999, 309486.9500000002 5540609.07, 309420.08999999985 5540603.3100000005, 309398.98000000045 5540612.77, 309390.5999999996 5540630.57, 309384.8300000001 5540</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5903-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5903-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5903-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5903-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-049" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5903-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5903-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5903-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-049" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5903-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5903-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5903-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="62.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108876</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.78891997125</v>
+        <v>46070.43691371208</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>