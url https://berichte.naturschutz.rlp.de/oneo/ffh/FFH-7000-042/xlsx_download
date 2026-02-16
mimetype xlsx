--- v0 (2025-11-09)
+++ v1 (2026-02-16)
@@ -138,51 +138,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5803-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((309296.13999999966 5570906.119999999, 309291.0099999998 5570911.76, 309283.71999999974 5570886.5600000005, 309253.9000000004 5570866.289999999, 309213.1699999999 5570840.390000001, 309195.2599999998 5570823.98, 309192.61000000034 5570800.369999999, 309162.61000000034 5570746.26, 309161.76999999955 5570744.75, 309162.6699999999 5570732.390000001, 309175.8200000003 5570708.050000001, 309147.13999999966 5570689.710000001, 309141.7999999998 5570680.720000001, 309088.8099999996 5570650.380000001, 309061.6799999997 5570640.460000001, 309040.8499999996 5570642.6, 308998.7000000002 5570609.390000001, 308993.46999999974 5570602.26, 308982.13999999966 5570597.029999999, 308979.0700000003 5570582.59, 308967.20999999996 5570581.449999999, 308956.91000000015 5570571.01, 308942.91000000015 5570565.970000001, 308935.3700000001 5570551.1899999995, 308894.36000000034 5570534.49, 308886.7000000002 5570523.970000001, 308866.45999999996 5570514.1899999995, 308858.98000000045 5570523.32, 308816.8700000001 5570539.08, 308795.21999999974 5570534.880000001, 308782.4500000002 5570532.4, 308753.2599999998 5570520.970000001, 308745.79000000004 5570518.8100000005, 308730.9299999997 5570520.76, 308711.6900000004 5570520.609999999, 308657.66000000015 5570485.08, 308641.8799999999 5570479.130000001, 308605.38999999966 5570466.15, 308600.1799999997 5570463.77, 308592.3499999996 5570460.1, 308589.1799999997 5570457.050000001, 308585.8300000001 5570453.82, 308585.29000000004 5570452.800000001, 308580.9299999997 5570444.640000001, 308579.3300000001 5570438.57, 308577.5499999998 5570427.859999999, 308574.9000000004 5570402.93, 308551.1299999999 5570303.82, 308546.1900000004 5570287.27, 308561.16000000015 5570229.789999999, 308549.1500000004 5570207.619999999, 308562.9000000004 5570184.76, 308570.26999999955 5570170.3100000005, 308578.7000000002 5570138.550000001, 308586.96999999974 5570125.720000001, 308598.13999999966 5570126.140000001, 308603.78000000026 5570116.880000001, 308610.63999999966 5570087.48, 308618.0499999998 5570085.58, 308626.6299999999 5570075.220000001, 308629.2000000002 5570063.380000001, 308624.5099999998 5570041.1, 308623.51999999955 5570030.359999999, 308636.2400000002 5570024.52, 308630.8499999996 5570010.67, 308638.46999999974 5569995.15, 308645.7000000002 5569992.9399999995, 308675.0099999998 5569995.32, 308681.13999999966 5569986.970000001, 308681.5599999996 5569978.800000001, 308704.38999999966 5569953.58, 308728.46999999974 5569931.449999999, 308729.7999999998 5569903.5600000005, 308733.78000000026 5569891.220000001, 308730.36000000034 5569885.460000001, 308719.75 5569878.6, 308709.95999999996 5569852.9399999995, 308709.61000000034 5569851.99, 308702.76999999955 5569844.02, 308686.13999999966 5569830.34, 308677.83999999985 5569825.300000001, 308672.63999999966 5569815.710000001, 308659.3200000003 5569803.16, 308657.4900000002 5569804.699999999, 308650.4299999997 5569796.789999999, 308622.86000000034 5569753.51, 308617.58999999985 5569751, 308611.0700000003 5569754.51, 308608.2599999998 5569770.119999999, 308590.8799999999 5569758.42, 308590 5569750.51, 308573.5800000001 5569748.949999999, 308564.78000000026 5569734.6899999995, 308568.8499999996 5569719.85, 308562.8700000001 5569706.970000001, 308566.46999999974 5569694.970000001, 308564.0800000001 5569687.550000001, 308559.88999999966 5569678.609999999, 308557.16000000015 5569672.82, 308552.48000000045 5569662.84, 308544.86000000034 5569639.800000001, 308527.91000000015 5569588.4, 308517.53000000026 5569573.369999999, 308523.6699999999 5569553.3100000005, 308525.5599999996 5569547.119999999, 308525.4500000002 5569518.15, 308512.3200000003 5569491.66, 308511.9299999997 5569474.220000001, 308505.2000000002 5569466.5600000005, 308490.08999999985 5569457.32, 308436.83999999985 5569442.0600000005, 308415.58999999985 5569430.15, 308383.6799999997 5569420.07, 308365.36000000034 5569416.630000001, 308351.8499999996 5569412.98, 308339.33999999985 5569406.210000001, 308329.1299999999 5569397.449999999, 308318.54000000004 5569384.970000001, 308291.0499999998 5569338.289999999, 308273.96999999974 5569299.41, 308275.5999999996 5569278.73, 308266.71999999974 5569249.460000001, 308200.73000000045 5569114.07, 308193.26999999955 5569101.34, 308184.2999999998 5569090.42, 308173.53000000026 5569080.640000001, 308161.1900000004 5569072.609999999, 308117.1200000001 5569057.6899999995, 308103.71999999974 5569051.6899999995, 308091.45999999996 5569043.300000001, 308062.20999999996 5569018.91, 308027.5499999998 5568999.5, 308025.8099999996 5568998.52, 308017.48000000045 5568993.0600000005, 308010.08999999985 5568986.460000001, 307995.2999999998 5568971.3100000005, 307952.6200000001 5568941.4399999995, 307945.13999999966 5568938.380000001, 307921.3799999999 5568941.75, 307917.1200000001 5568942.35, 307907.38999999966 5568942.8100000005, 307898.63999999966 5568941.619999999, 307890.66000000015 5568938.039999999, 307882.5999999996 5568932.359999999, 307831.03000000026 5568885.91, 307800.7400000002 5568876.6, 307763.8700000001 5568887.01, 307717.1900000004 5568881.67, 307708.95999999996 5568880.73, 307670.0599999996 5568872.48, 307650.28000000026 5568868.279999999, 307602.6299999999 5568857.17, 307602.16000000015 5568857.130000001, 307538.9000000004 5568852.09, 307521.6799999997 5568845.119999999, 307450.08999999985 5568837.15, 307421.78000000026 5568825, 307422.5800000001 5568815.84, 307412.95999999996 5568808.630000001, 307388.38999999966 5568798.34, 307371.1900000004 5568791.07, 307361.91000000015 5568787.25, 307355.5499999998 5568781.220000001, 307352.98000000045 5568776.91, 307346.66000000015 5568766.33, 307323.91000000015 5568755.4399999995, 307314.0599999996 5568750.73, 307307.2400000002 5568747.220000001, 307274.0599999996 5568740.890000001, 307286.6900000004 5568776.07, 307279.1799999997 5568775.84, 307263.95999999996 5568745.65, 307240.4199999999 5568713.289999999, 307177.03000000026 5568631.25, 307183.41000000015 5568626.369999999, 307174.7599999998 5568577.17, 307160.29000000004 5568547.609999999, 307147.26999999955 5568531.65, 307124.76999999955 5568504.09, 307113.03000000026 5568484.619999999, 307101.76999999955 5568465.960000001, 307095.3499999996 5568467.43, 307090.54000000004 5568455.960000001, 307087.03000000026 5568447.619999999, 307086.04000000004 5568445.289999999, 307077.16000000015 5568421.6899999995, 307074.3200000003 5568414.140000001, 307070.16000000015 5568404.33, 307063.48000000045 5568388.539999999, 307029.9299999997 5568357.52, 306936.36000000034 5568325.039999999, 306883.70999999996 5568274.890000001, 306847.5999999996 5568236.59, 306823.03000000026 5568195.380000001, 306818.0700000003 5568178.550000001, 306815.78000000026 5568176.5600000005, 306796.6799999997 5568186.76, 306767.66000000015 5568180.859999999, 306764.0499999998 5568179.1, 306751.79000000004 5568173.109999999, 306726.29000000004 5568149.82, 306710.5800000001 5568149.48, 306703.0700000003 5568146.26, 306685.0499999998 5568148.33, 306673.4299999997 5568153.49, 306662.5700000003 5568152.640000001, 306653.6699999999 5568142.630000001, 306646.9500000002 5568128.5, 306634.96999999974 5568117.0600000005, 306615.1299999999 5568102.25, 306600.61000000034 5568098.25, 306588.9199999999 5568096.99, 306576.8700000001 5568098.58, 306569.5700000003 5568098.18, 306548.8200000003 5568106.25, 306510.5999999996 5568114.6, 306508.11000000034 5568106.1899999995, 306487.9299999997 5568111.619999999, 306478.29000000004 5568112.34, 306457.71999999974 5568110.3100000005, 306433.6299999999 5568102.68, 306421.5800000001 5568097.34, 306410.75 5568091.039999999, 306406.79000000004 5568089.76, 306401.1500000004 5568087.93, 306395.9900000002 5568086.26, 306389.70999999996 5568076.58, 306372.3099999996 5568049.779999999, 306373.41000000015 5568027.6, 306357.91000000015 5568001.9, 306334.2999999998 5567982.0600000005, 306326.7999999998 5567973.300000001, 306308.5999999996 5567952.1, 306302.9199999999 5567942.8100000005, 306302.4400000004 5567941.66, 306294.01999999955 5567923.41, 306285.6799999997 5567908.949999999, 306274.20999999996 5567896.98, 306244.4500000002 5567875.74, 306210.8700000001 5567869.630000001, 306203.0499999998 5567875.15, 306182.1299999999 5567878.869999999, 306170.2000000002 5567860.74, 306157.4299999997 5567855.140000001, 306143.0099999998 5567838.029999999, 306135.1900000004 5567824.279999999, 306123.9900000002 5567808.220000001, 306105.11000000034 5567797.84, 306080.73000000045 5567792.619999999, 306066.0999999996 5567779.720000001, 306056.28000000026 5567771.279999999, 306049.1299999999 5567764.26, 306045.29000000004 5567759.9, 306036.38999999966 5567759.970000001, 306017.08999999985 5567749.220000001, 306002.0700000003 5567743.91, 305997.2400000002 5567741.82, 305955.71999999974 5567715.27, 305939.9500000002 5567705.1899999995, 305899.9500000002 5567655.890000001, 305871.71999999974 5567626, 305833.23000000045 5567592.75, 305821.41000000015 5567582.5600000005, 305770.8799999999 5567550.84, 305722.8700000001 5567505.49, 305715.1299999999 5567484.550000001, 305708.6799999997 5567475.58, 305705.2400000002 5567470.789999999, 305698.0700000003 5567455.02, 305694.23000000045 5567427.83, 305689.1200000001 5567391.609999999, 305684.8700000001 5567361.52, 305675.33999999985 5567334.93, 305653.70999999996 5567308.34, 305633.2400000002 5567283.17, 305623.86000000034 5567240.9399999995, 305621.76999999955 5567228.27, 305620.36000000034 5567220.65, 305618.9400000004 5567212.98, 305591.6500000004 5567153.5600000005, 305580.53000000026 5567129.15, 305572.6900000004 5567109.640000001, 305564.7400000002 5567112.130000001, 305554.9400000004 5567111.24, 305528.4000000004 5567099.48, 305520.1699999999 5567091.59, 305505.9199999999 5567087.25, 305501.53000000026 5567085.92, 305487.5999999996 5567075.35, 305471.78000000026 5567065.359999999, 305466.3799999999 5567056.890000001, 305462.6200000001 5567048.49, 305463.45999999996 5567018.66, 305458.28000000026 5567013.16, 305458.3200000003 5567006.93, 305450.28000000026 5566983.09, 305448.4500000002 5566977.66, 305446.4500000002 5566965.65, 305445.5700000003 5566964.15, 305438.71999999974 5566952.550000001, 305433.7999999998 5566954.4399999995, 305432.4000000004 5566954.41, 305427.5499999998 5566954.3100000005, 305418.61000000034 5566947.199999999, 305415.8099999996 5566926.76, 305433.20999999996 5566898.800000001, 305451.63999999966 5566893.84, 305456.33999999985 5566892.57, 305469.4199999999 5566891.130000001, 305494.0800000001 5566842.27, 305493.1799999997 5566836.82, 305486.75 5566830.970000001, 305484.26999999955 5566823.77, 305461.75 5566808.199999999, 305458.4199999999 5566797.83, 305458.73000000045 5566789.140000001, 305434.9299999997 5566773.65, 305430.3200000003 5566769.92, 305402.08999999985 5566746.960000001, 305394.1500000004 5566729.5600000005, 305376.6299999999 5566739.529999999, 305315.3700000001 5566801.23, 305311.9199999999 5566813.32, 305302.26999999955 5566801.529999999, 305296.9500000002 5566795.02, 305295.5099999998 5566780.949999999, 305312.3799999999 5566755.720000001, 305316.5700000003 5566739.27, 305314.3799999999 5566713.41, 305305.5999999996 5566691.73, 305290.8700000001 5566669.470000001, 305268.5 5566635.65, 305284.71999999974 5566600.039999999, 305282.3300000001 5566584.51, 305270.70999999996 5566576.039999999, 305282.21999999974 5566547.01, 305288.9000000004 5566548.609999999, 305297.7000000002 5566525.029999999, 305301.58999999985 5566506.52, 305320.1799999997 5566480.390000001, 305330.2400000002 5566466.3100000005, 305349.28000000026 5566451.460000001, 305365.71999999974 5566431.26, 305401.0800000001 5566401.75, 305439.3700000001 5566368.9, 305450.4199999999 5566356.779999999, 305476.96999999974 5566339.609999999, 305509.5700000003 5566325.65, 305536.46999999974 5566307.9399999995, 305548.53000000026 5566304.18, 305575.8099999996 5566303.93, 305602.41000000015 5566294.199999999, 305668.8099999996 5566263.550000001, 305684.2000000002 5566242.33, 305705.45999999996 5566232.27, 305715.1699999999 5566213.3100000005, 305721.5700000003 5566195.85, 305774.48000000045 5566112.380000001, 305797.03000000026 5566075.76, 305850.6200000001 5565988.710000001, 305886.2599999998 5565944.4399999995, 305888.0800000001 5565940.869999999, 305864.79000000004 5565929.529999999, 305833.7599999998 5565923.300000001, 305845.45999999996 5565905.039999999, 305849.33999999985 5565898.98, 305844.5599999996 5565898.859999999, 305847.21999999974 5565887.52, 305856.73000000045 5565859.4, 305880.53000000026 5565833.23, 305903.5499999998 5565805.57, 305917.6299999999 5565794.51, 305943.1500000004 5565811.59, 305954.73000000045 5565828.5600000005, 305957.3300000001 5565853.66, 305975.8200000003 5565831.26, 306028.5 5565790.73, 306060.1699999999 5565766.380000001, 306090.9500000002 5565735.25, 306114.20999999996 5565711.73, 306132.9500000002 5565684.23, 306140.11000000034 5565662.4399999995, 306152.1299999999 5565625.800000001, 306160.4400000004 5565622.220000001, 306188.29000000004 5565636.49, 306206.1699999999 5565625.109999999, 306236.2599999998 5565587.9399999995, 306256.4299999997 5565540.640000001, 306269.04000000004 5565511.08, 306268.8200000003 5565485.3100000005, 306259.36000000034 5565446.73, 306256.63999999966 5565418.67, 306245.3300000001 5565383.93, 306227.8099999996 5565359.32, 306215.1299999999 5565341.52, 306206.6900000004 5565329.67, 306189.79000000004 5565313.380000001, 306236.1799999997 5565308.73, 306249.4000000004 5565301.630000001, 306181.61000000034 5565179.199999999, 306156.70999999996 5565181.48, 306157.98000000045 5565195.220000001, 306162.8099999996 5565223.91, 306165.4900000002 5565251.57, 306166.25 5565284.98, 306169.5800000001 5565306.130000001, 306152.3499999996 5565309, 306152.0800000001 5565282.029999999, 306135.54000000004 5565175.140000001, 306130.63999999966 5565146.17, 306138.3099999996 5565120.390000001, 306123.1900000004 5565028.1, 306114.6299999999 5564928.9, 306119.63999999966 5564920.1, 306113.6500000004 5564866.6899999995, 306096.48000000045 5564828.380000001, 306090.5599999996 5564759.18, 306088.53000000026 5564727.869999999, 306084.2000000002 5564704.65, 306073.86000000034 5564668.08, 306069.96999999974 5564637.880000001, 306066.5099999998 5564602.550000001, 306064.4299999997 5564532, 306065.48000000045 5564499.140000001, 306065.6200000001 5564494.84, 306054.78000000026 5564498.74, 306054.38999999966 5564505.029999999, 306053.9400000004 5564512.3100000005, 306056.73000000045 5564542.15, 306046.7000000002 5564533.91, 306019.51999999955 5564539.029999999, 305992 5564553.710000001, 305958.0599999996 5564571.369999999, 305924.6799999997 5564590.34, 305897.46999999974 5564602.08, 305855.6500000004 5564619.539999999, 305816.91000000015 5564628.8100000005, 305772.95999999996 5564623.23, 305739.9000000004 5564614.140000001, 305721.29000000004 5564602.550000001, 305701.5099999998 5564591.800000001, 305654.23000000045 5564580.68, 305637.0499999998 5564568.23, 305598.9000000004 5564556.949999999, 305551.4299999997 5564558.9399999995, 305511.3700000001 5564569.41, 305437.9000000004 5564605.93, 305378.4199999999 5564636.49, 305324.4500000002 5564664.23, 305317.5599999996 5564667.77, 305270.21999999974 5564680.029999999, 305225.3099999996 5564679.83, 305199.36000000034 5564674.35, 305111.23000000045 5564655.720000001, 305053.6799999997 5564623.4399999995, 305049.83999999985 5564619.359999999, 305042.4400000004 5564611.51, 305023.1699999999 5564608.4, 305006.5999999996 5564651.25, 305005.41000000015 5564654.359999999, 304993.7999999998 5564684.43, 304973.8300000001 5564669.550000001, 304964.1500000004 5564662.34, 304938.91000000015 5564655.48, 304884.1500000004 5564656.57, 304832.9400000004 5564700.6899999995, 304830.8200000003 5564673.77, 304804.61000000034 5564672.43, 304778.3099999996 5564681.539999999, 304686.1500000004 5564713.48, 304591.1299999999 5564753.869999999, 304587.5499999998 5564744.15, 304585.8300000001 5564739.460000001, 304581.23000000045 5564726.93, 304634.8499999996 5564690.869999999, 304648.2400000002 5564686.640000001, 304738.1200000001 5564658.25, 304780.8700000001 5564626.4, 304810.1200000001 5564613.93, 304835.08999999985 5564603.289999999, 304906.4199999999 5564587.800000001, 304904.7000000002 5564583.1, 304891.8300000001 5564548.09, 305021.0599999996 5564539.52, 305152.98000000045 5564563.52, 305160.1500000004 5564564.82, 305162.71999999974 5564562.800000001, 305202.4199999999 5564531.449999999, 305290.9299999997 5564503.91, 305325.23000000045 5564493.24, 305510.1799999997 5564435.699999999, 305579.0999999996 5564442.67, 305659.23000000045 5564450.779999999, 305834.23000000045 5564468.18, 305843.4400000004 5564469.1, 305944.4000000004 5564442, 305971.54000000004 5564434.710000001, 305981.33999999985 5564434.199999999, 306009.0599999996 5564438.460000001, 306027.03000000026 5564434.529999999, 306043.3200000003 5564422.91, 306065.5999999996 5564397.9, 306073 5564389.59, 306074.41000000015 5564386.75, 306077.8499999996 5564379.789999999, 306080.04000000004 5564375.34, 306084.4400000004 5564351.609999999, 306099.0999999996 5564256.07, 306107.16000000015 5564175.960000001, 306116.33999999985 5564120.359999999, 306117.7000000002 5564112.529999999, 306122.58999999985 5564098.67, 306134.7999999998 5564077.34, 306140.1299999999 5564061.220000001, 306142.5599999996 5564046.539999999, 306134.7000000002 5564045.24, 306073.3799999999 5564063.220000001, 306029.48000000045 5564071.09, 305993.3200000003 5564072.039999999, 305919.01999999955 5564047.609999999, 305869.0700000003 5564019.17, 305819.70999999996 5564005.6899999995, 305792.5 5564005.41, 305674.0599999996 5564004.16, 305647.1799999997 5564014.210000001, 305588.9299999997 5564016.779999999, 305487.26999999955 5564032.67, 305437.33999999985 5564010.119999999, 305376.9000000004 5563990.1, 305338.4400000004 5563984.09, 305336.9900000002 5564001.529999999, 305262.7999999998 5563991.75, 305250.7599999998 5564018.09, 305228.83999999985 5564013.48, 305236.25 5563988.26, 305204.16000000015 5563975.83, 305156.08999999985 5563944.859999999, 305143.2400000002 5563975.130000001, 305106.04000000004 5563951.99, 305069.9299999997 5563939.779999999, 305009.8300000001 5563929.220000001, 304980.86000000034 5563929.710000001, 304930.6799999997 5563941.41, 304881.11000000034 5563957.720000001, 304863.0099999998 5563956.49, 304849.0099999998 5563956.550000001, 304784 5563971.640000001, 304609.66000000015 5563991.050000001, 304511.4199999999 5563977.16, 304501.8499999996 5563991.720000001, 304496.53000000026 5563998.640000001, 304459.4299999997 5564000.029999999, 304450.7599999998 5564000.359999999, 304429.5 5564003.75, 304409.1299999999 5564010.460000001, 304393.83999999985 5564017.199999999, 304381.1500000004 5564026.83, 304348.3499999996 5564054.4, 304321.21999999974 5564077.199999999, 304307.48000000045 5564095.279999999, 304298.5 5564110.9399999995, 304292.1500000004 5564127.699999999, 304263.9500000002 5564218.93, 304248.2599999998 5564269.710000001, 304243.83999999985 5564283.99, 304233.6900000004 5564299.09, 304188.20999999996 5564335.289999999, 304105.23000000045 5564361.59, 304099.1200000001 5564326.25, 304080.33999999985 5564217.43, 304079.73000000045 5564206.9, 304101.1799999997 5564205.67, 304119.8200000003 5564202.1, 304128.1500000004 5564200.51, 304138.5800000001 5564197.49, 304172.8300000001 5564177.41, 304224.46999999974 5564104.52, 304218.96999999974 5564103.4, 304179.61000000034 5564095.43, 304189.33999999985 5564080.75, 304183.0700000003 5564062.52, 304165.61000000034 5564037.98, 304176.3799999999 5564027.3100000005, 304178.16000000015 5564025.550000001, 304209.33999999985 5564019.65, 304229.13999999966 5564009.32, 304246.98000000045 5563996.3100000005, 304274.25 5563971.529999999, 304291.5599999996 5563960.76, 304327.53000000026 5563938.359999999, 304354.4900000002 5563921.58, 304374.8799999999 5563911.76, 304379.6200000001 5563909.460000001, 304518.04000000004 5563932.67, 304532 5563935.02, 304843.3499999996 5563932.57, 304844.2999999998 5563932.15, 304842.78000000026 5563924.3100000005, 304857.21999999974 5563919.6899999995, 304864.6699999999 5563913.5600000005, 304951.46999999974 5563892.039999999, 304968.8300000001 5563889.27, 305002.5 5563883.92, 305031.8499999996 5563878.699999999, 305057.03000000026 5563883.92, 305094.45999999996 5563888.99, 305113.29000000004 5563885.960000001, 305126.9500000002 5563889.18, 305145.76999999955 5563908.48, 305168.1299999999 5563916.49, 305181.9000000004 5563921.42, 305253.5700000003 5563944.82, 305290.1900000004 5563951.33, 305345.78000000026 5563951.609999999, 305373.0499999998 5563955.710000001, 305416.23000000045 5563974.199999999, 305466.8300000001 5563989.470000001, 305508.78000000026 5563996.140000001, 305553.66000000015 5563993.66, 305585.6500000004 5563985.529999999, 305626.41000000015 5563969.33, 305635.70999999996 5563957.74, 305634.7400000002 5563941.859999999, 305589.51999999955 5563884.5600000005, 305576.0800000001 5563867.539999999, 305570.5999999996 5563857.8100000005, 305559.8499999996 5563838.779999999, 305531.13999999966 5563794.16, 305494.66000000015 5563762.25, 305481.4000000004 5563748.449999999, 305477.4299999997 5563717.49, 305486.53000000026 5563636.289999999, 305455.5499999998 5563550.609999999, 305448.75 5563531.800000001, 305474.1699999999 5563522.74, 305481.4000000004 5563520.15, 305506.1900000004 5563524.039999999, 305549.83999999985 5563629.5, 305576.46999999974 5563693.84, 305614.5099999998 5563831.220000001, 305615.3700000001 5563834.359999999, 305616.45999999996 5563838.34, 305618.0700000003 5563840.74, 305629.2000000002 5563857.109999999, 305662.86000000034 5563893.960000001, 305690.6699999999 5563911.050000001, 305699.46999999974 5563979.75, 305760.7999999998 5563976.470000001, 305769.95999999996 5563975.98, 305793.7599999998 5563974.699999999, 305844.5800000001 5563979.880000001, 305957.8499999996 5564029.130000001, 305987.86000000034 5564036.77, 306073.1200000001 5564028.9399999995, 306112.1200000001 5564025.35, 306130.9400000004 5564020.1, 306138.0099999998 5564020.029999999, 306157.53000000026 5564019.83, 306168.9299999997 5564011.140000001, 306171.8799999999 5564014.890000001, 306182.53000000026 5564002.49, 306194.6500000004 5564009.49, 306195.0499999998 5564013.890000001, 306210.3700000001 5564010.609999999, 306214.25 5564009.77, 306216.6799999997 5564009.26, 306238.5999999996 5564000.41, 306250.01999999955 5563990.199999999, 306266 5563962.15, 306278.5800000001 5563946.6, 306302.4000000004 5563917.15, 306320.26999999955 5563929.76, 306322.7999999998 5563931.550000001, 306324.8799999999 5563915.43, 306333.95999999996 5563904.66, 306336.4400000004 5563902.41, 306351.3700000001 5563888.890000001, 306358.8099999996 5563880.050000001, 306356.95999999996 5563860.4399999995, 306358.61000000034 5563854.619999999, 306359.4500000002 5563851.5, 306368.5999999996 5563831.57, 306368.48000000045 5563814, 306359.9199999999 5563786.369999999, 306357.9900000002 5563762.720000001, 306354.8099999996 5563754.59, 306357.0999999996 5563738.58, 306352.1799999997 5563733.289999999, 306346.1900000004 5563727.3100000005, 306333.33999999985 5563742.67, 306329.7400000002 5563745.640000001, 306323.54000000004 5563750.789999999, 306316.5800000001 5563720.57, 306309.79000000004 5563691.09, 306306.1799999997 5563670.289999999, 306308.4400000004 5563648.9, 306314.08999999985 5563629.359999999, 306314.41000000015 5563598.199999999, 306310.45999999996 5563569.91, 306303.38999999966 5563519.630000001, 306329.9000000004 5563507.220000001, 306371.51999999955 5563481.73, 306417.6200000001 5563457.210000001, 306456.66000000015 5563441.5, 306471.3099999996 5563441.050000001, 306484.0999999996 5563448.050000001, 306503.58999999985 5563452.92, 306523.04000000004 5563450.529999999, 306540.51999999955 5563444.66, 306592.4299999997 5563417.960000001, 306609.33999999985 5563406.8100000005, 306634.7400000002 5563385.289999999, 306655.04000000004 5563366.550000001, 306651.25 5563362.49, 306649.20999999996 5563360.34, 306665.78000000026 5563317.869999999, 306670.01999999955 5563302.949999999, 306664.5999999996 5563299.789999999, 306593.0099999998 5563209.300000001, 306605.0599999996 5563200.92, 306598.4900000002 5563192.130000001, 306553.9400000004 5563129.77, 306534.95999999996 5563106.18, 306537.6299999999 5563089.51, 306537.0999999996 5563078.720000001, 306522.9500000002 5563054.609999999, 306519.53000000026 5563035.18, 306497.4900000002 5563005.92, 306472.66000000015 5562980.35, 306475.5 5562977.57, 306500.7599999998 5562990.119999999, 306513.58999999985 5562990.07, 306523.01999999955 5562985.289999999, 306530.23000000045 5562977.630000001, 306538.53000000026 5562958.84, 306545.1699999999 5562943.789999999, 306546.73000000045 5562940.970000001, 306560.46999999974 5562916.1899999995, 306570.54000000004 5562898.82, 306592.83999999985 5562860.359999999, 306618.70999999996 5562815.73, 306625.41000000015 5562804.18, 306631.78000000026 5562799.52, 306639.73000000045 5562798.92, 306644.88999999966 5562800.77, 306702.48000000045 5562821.48, 306728.1699999999 5562830.74, 306753.3499999996 5562839.77, 306764.5599999996 5562839.58, 306769.58999999985 5562842.41, 306778.9900000002 5562843.720000001, 306781.8099999996 5562842.029999999, 306786.4400000004 5562839.27, 306815.20999999996 5562838.890000001, 306835.8799999999 5562838.619999999, 306844.0999999996 5562838.51, 306862.8300000001 5562845.199999999, 306877.0499999998 5562855.85, 306919.6799999997 5562904.24, 306964.3200000003 5562931.630000001, 306968.51999999955 5562939.24, 306980.3799999999 5562941.01, 306986.04000000004 5562944.619999999, 307058.8499999996 5562995.699999999, 307076.51999999955 5563005.23, 307102.0999999996 5563013.789999999, 307101.23000000045 5563021.710000001, 307130.11000000034 5563010.48, 307136.83999999985 5563012.630000001, 307135.2400000002 5563019.48, 307144.5499999998 5563013.779999999, 307139.1799999997 5563005.33, 307139.4900000002 5563003.3100000005, 307129.45999999996 5562992.789999999, 307126.3499999996 5562985.16, 307126.04000000004 5562972.98, 307115.0599999996 5562957.09, 307102.3099999996 5562945.52, 307096.9500000002 5562938.07, 307073.23000000045 5562917.76, 307048.5499999998 5562893.6899999995, 307041.41000000015 5562888.93, 307036.9400000004 5562884.890000001, 307036.71999999974 5562872.0600000005, 307029.4000000004 5562862.949999999, 307025.25 5562862.92, 307018 5562849.5, 307021.0999999996 5562848.41, 307043.03000000026 5562867.300000001, 307086.1200000001 5562917.4, 307120.6699999999 5562941.42, 307180.29000000004 5562979.76, 307183.1799999997 5563000.25, 307184.88999999966 5563006.51, 307223.3700000001 5563004.42, 307243.8700000001 5562997.67, 307266.73000000045 5562984.18, 307305.5599999996 5562948.93, 307446.41000000015 5562886.85, 307447.6200000001 5562889.59, 307461.0099999998 5562890.15, 307471.29000000004 5562889.619999999, 307481.8300000001 5562886.5600000005, 307495.9400000004 5562878.27, 307543.8099999996 5562846.23, 307581.1799999997 5562826.640000001, 307609.04000000004 5562811.029999999, 307638.1200000001 5562792.66, 307633.91000000015 5562788.85, 307600.3799999999 5562755.550000001, 307591.53000000026 5562746.76, 307573.8099999996 5562706.949999999, 307571.54000000004 5562698.109999999, 307556.9900000002 5562646.789999999, 307538.9000000004 5562590.26, 307532.7400000002 5562560.5600000005, 307510.2000000002 5562562.16, 307511.79000000004 5562548.1899999995, 307515.3799999999 5562517.75, 307522.3300000001 5562459.970000001, 307519.51999999955 5562452.369999999, 307513.4199999999 5562435.93, 307492.3099999996 5562410.1899999995, 307488.83999999985 5562401.300000001, 307484 5562327.76, 307318.4900000002 5562305.359999999, 307314.0599999996 5562299.82, 307315.7000000002 5562281.050000001, 307324.88999999966 5562259.029999999, 307358.0499999998 5562208.48, 307367.23000000045 5562183.73, 307372.3700000001 5562145.84, 307333.63999999966 5562135.51, 307344.3099999996 5562090.119999999, 307336.5800000001 5562048.74, 307329.5700000003 5562048.58, 307330.6299999999 5562010.58, 307359.2999999998 5562012.65, 307380.73000000045 5561952.630000001, 307411.03000000026 5561972.75, 307420.9000000004 5561979.300000001, 307422.7999999998 5561973.58, 307432.54000000004 5561943.58, 307443.08999999985 5561921.289999999, 307455.4000000004 5561905.289999999, 307479.58999999985 5561888.369999999, 307525.0800000001 5561903.33, 307555.88999999966 5561905.07, 307619.58999999985 5561884.949999999, 307637.3099999996 5561875.85, 307647.70999999996 5561863.08, 307658.08999999985 5561828.68, 307655.0800000001 5561804.859999999, 307640.3499999996 5561774.3100000005, 307663.2000000002 5561738.15, 307687.98000000045 5561707.369999999, 307713.4299999997 5561741.34, 307721.8099999996 5561757.23, 307723.20999999996 5561774.109999999, 307713.8300000001 5561813.029999999, 307691.7000000002 5561871.85, 307737.3499999996 5561892.630000001, 307753.36000000034 5561909.85, 307746.11000000034 5561916.4, 307750.5999999996 5561921.460000001, 307750.36000000034 5561921.630000001, 307763.33999999985 5561936.210000001, 307777.6699999999 5561922.25, 307798.36000000034 5561901.8100000005, 307807.78000000026 5561892.5, 307861.71999999974 5561808.6, 307881.6799999997 5561777.57, 307890.1699999999 5561760.48, 307887.28000000026 5561744.3100000005, 307825.4900000002 5561696.59, 307825.7400000002 5561684.779999999, 307830.9900000002 5561680.85, 307862.38999999966 5561701.52, 307871.9000000004 5561705.59, 307884.48000000045 5561706.720000001, 307904.0700000003 5561706, 307922.33999999985 5561696.74, 307919.4000000004 5561659.960000001, 307930.1200000001 5561658.25, 307978.1699999999 5561660.43, 308013.71999999974 5561672.35, 308049.91000000015 5561684.48, 308056.3200000003 5561687.51, 308066.2400000002 5561699.220000001, 308059.8700000001 5561703.66, 308042.63999999966 5561722.68, 308024.03000000026 5561743.619999999, 308016.8499999996 5561755.57, 308002.5599999996 5561771.41, 307995.0499999998 5561774.630000001, 308009.51999999955 5561791.869999999, 308013.4199999999 5561796.43, 308026.2999999998 5561786.220000001, 308037.9000000004 5561774.640000001, 308046.38999999966 5561764.32, 308064.23000000045 5561742.67, 308078.63999999966 5561729.16, 308086.2400000002 5561724.35, 308112.28000000026 5561712.449999999, 308143.5800000001 5561689.5, 308167.1900000004 5561680.42, 308171.5700000003 5561686.699999999, 308177.8499999996 5561688.6, 308180.5800000001 5561679.59, 308185.2599999998 5561664.300000001, 308187.08999999985 5561655.25, 308199.5999999996 5561652.24, 308213.86000000034 5561650.220000001, 308231.76999999955 5561647.93, 308252.38999999966 5561643.34, 308278.0700000003 5561636.76, 308282.98000000045 5561632.01, 308282.04000000004 5561621.5600000005, 308276.4199999999 5561537.99, 308275.0700000003 5561518.07, 308298.0099999998 5561479.029999999, 308295.96999999974 5561471.23, 308266.21999999974 5561464.73, 308248.20999999996 5561460.789999999, 308226.6900000004 5561396.09, 308212.21999999974 5561334.09, 308205.0499999998 5561226.6, 308196.6699999999 5561198.199999999, 308191.45999999996 5561180.57, 308183.53000000026 5561153.720000001, 308181.95999999996 5561148.4, 308197.1299999999 5561134.33, 308197.88999999966 5561113.82, 308164.0599999996 5560991.33, 308160.78000000026 5560979.449999999, 308157.51999999955 5560947.699999999, 308154.21999999974 5560915.57, 308156.16000000015 5560903.32, 308158.5599999996 5560888.220000001, 308164.4500000002 5560862.529999999, 308179.4400000004 5560838.77, 308191.4500000002 5560791.630000001, 308191.38999999966 5560750.289999999, 308183.6799999997 5560724.199999999, 308167.95999999996 5560698.6, 308168.48000000045 5560685.779999999, 308210.0499999998 5560636.23, 308215.46999999974 5560620.460000001, 308223.1799999997 5560598.02, 308246.0599999996 5560568.960000001, 308253.95999999996 5560547.41, 308254.03000000026 5560524.130000001, 308242.0999999996 5560494.050000001, 308234.28000000026 5560474.34, 308236.3300000001 5560467.640000001, 308251.4299999997 5560469.609999999, 308266.6900000004 5560466.369999999, 308279.0599999996 5560459.140000001, 308285.5 5560449.050000001, 308297.33999999985 5560397.6899999995, 308305.58999999985 5560370.4399999995, 308315.88999999966 5560353.49, 308344.66000000015 5560322.630000001, 308352.78000000026 5560316.35, 308357.88999999966 5560312.4, 308393.6900000004 5560284.699999999, 308414.8499999996 5560260.52, 308424.38999999966 5560247.57, 308444.8700000001 5560219.76, 308459.1200000001 5560207.35, 308528.5800000001 5560164.43, 308528.6699999999 5560152.07, 308521.28000000026 5560146.83, 308470.25 5560170.369999999, 308437.4900000002 5560184.130000001, 308435.6699999999 5560166.91, 308442.5999999996 5560144.9, 308453.3499999996 5560126.51, 308469.9199999999 5560105.8100000005, 308497.8799999999 5560080.59, 308502.4500000002 5560067.77, 308515.</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5803-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5803-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5803-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5803-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -516,90 +516,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-042" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5803-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5803-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5803-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-042" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5803-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5803-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5803-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -673,51 +673,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108869</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.02829139381</v>
+        <v>46069.69830960166</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>