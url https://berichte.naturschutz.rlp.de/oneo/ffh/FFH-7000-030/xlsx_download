--- v0 (2025-11-11)
+++ v1 (2026-02-14)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5608-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((367547.76999999955 5581191.41, 367456.5499999998 5581167.970000001, 367452.6200000001 5581177.42, 367448.1699999999 5581188.119999999, 367430.8099999996 5581196.43, 367433.86000000034 5581245.6899999995, 367428.98000000045 5581243.220000001, 367398.13999999966 5581237.43, 367356.8799999999 5581214.82, 367348 5581209.9399999995, 367343.88999999966 5581207.210000001, 367334.1699999999 5581217.800000001, 367354.13999999966 5581252.23, 367376.83999999985 5581293.609999999, 367372.23000000045 5581309.65, 367359.01999999955 5581317.24, 367333.71999999974 5581321.77, 367175.46999999974 5581269.42, 367149.70999999996 5581253.74, 367115.38999999966 5581224.6899999995, 367094.1200000001 5581216, 367082.7599999998 5581229.65, 367082.2599999998 5581265.43, 367076.8499999996 5581278.75, 367071.75 5581280.140000001, 367062.1699999999 5581274.9399999995, 367033.25 5581254.42, 367018.2000000002 5581235.359999999, 367006.75 5581208.1, 366997.2999999998 5581194.1, 366971.58999999985 5581189.34, 366938.54000000004 5581220.51, 366921.6500000004 5581244.869999999, 366908.51999999955 5581260.210000001, 366876.1699999999 5581288.59, 366833.8300000001 5581312.970000001, 366818.9500000002 5581304, 366820.58999999985 5581292.449999999, 366847.41000000015 5581195.4399999995, 366836.6799999997 5581171.93, 366840.5800000001 5581155.51, 366833.6799999997 5581152.09, 366839.7999999998 5581131.9, 366843.54000000004 5581108.84, 366847.3099999996 5581076.039999999, 366856.6500000004 5581045.130000001, 366877.5999999996 5581007.390000001, 366890.5 5580980.16, 366894.9299999997 5580953.26, 366890.36000000034 5580934.789999999, 366879.9900000002 5580908.92, 366863.6500000004 5580878.890000001, 366885.38999999966 5580881.039999999, 366909.29000000004 5580878.49, 366970.83999999985 5580853.289999999, 367028.4199999999 5580824.3100000005, 367039.58999999985 5580810.48, 367049.0999999996 5580797.6, 367044.79000000004 5580795.050000001, 367036.2000000002 5580796.98, 366965.9199999999 5580754.880000001, 366963.6500000004 5580746.460000001, 366967.96999999974 5580738.609999999, 366973.76999999955 5580728.07, 366990.73000000045 5580697.27, 366995.4000000004 5580686.029999999, 366999.3499999996 5580676.529999999, 367011.0599999996 5580648.33, 367012.5 5580633.51, 367018.26999999955 5580573.65, 367023.4299999997 5580571.470000001, 367025.8200000003 5580568.210000001, 367019.26999999955 5580562.74, 366955.3799999999 5580509.449999999, 366953.0700000003 5580499.949999999, 366967.0800000001 5580466.85, 366985.98000000045 5580422.1899999995, 367002.45999999996 5580383.25, 367013.1299999999 5580358.02, 367013.76999999955 5580356.98, 367019.3799999999 5580347.880000001, 367074.6699999999 5580282.6, 367069.8700000001 5580278.470000001, 367063.2400000002 5580282.800000001, 366968.7000000002 5580309.300000001, 366943.5800000001 5580349.9, 366943 5580350.93, 366933.0999999996 5580353.4, 366902.0700000003 5580372.27, 366858.3099999996 5580395.09, 366806.8499999996 5580419.07, 366773.0599999996 5580433.33, 366751.7999999998 5580449.210000001, 366742.01999999955 5580473.24, 366738.0999999996 5580493.16, 366737.29000000004 5580515.539999999, 366737.63999999966 5580534.85, 366744.54000000004 5580556.92, 366749.5499999998 5580585.07, 366752.6699999999 5580609.43, 366753.20999999996 5580622.720000001, 366743.70999999996 5580632.130000001, 366729.1799999997 5580634.01, 366710.0700000003 5580628.77, 366688.8700000001 5580614.58, 366676.73000000045 5580601.33, 366663.3099999996 5580588.119999999, 366649.5700000003 5580577.51, 366635.4299999997 5580567.76, 366627.7000000002 5580557.34, 366613.51999999955 5580536, 366598.7999999998 5580522.42, 366584.46999999974 5580518.6899999995, 366568.26999999955 5580521.93, 366550.98000000045 5580529.93, 366538.6500000004 5580543.74, 366526.0700000003 5580561.869999999, 366512.4500000002 5580586.470000001, 366521.11000000034 5580609.33, 366517.0599999996 5580636.99, 366508.1299999999 5580681.59, 366502.2999999998 5580707.609999999, 366498.23000000045 5580713.359999999, 366493.08999999985 5580713.57, 366488.1299999999 5580707.75, 366485.9500000002 5580696.25, 366481.21999999974 5580674.949999999, 366475.6900000004 5580654.98, 366467.29000000004 5580627.82, 366453.08999999985 5580606.0600000005, 366440.7000000002 5580597.1, 366431.1900000004 5580595.77, 366421.0099999998 5580598.76, 366414.3700000001 5580604.609999999, 366409.11000000034 5580612.5600000005, 366403.20999999996 5580626.109999999, 366387.83999999985 5580649.9399999995, 366369.3799999999 5580682.039999999, 366357.6200000001 5580699.699999999, 366335.5700000003 5580717.34, 366289.70999999996 5580741.539999999, 366251.25 5580778.32, 366207.51999999955 5580843.02, 366206.5499999998 5580844.460000001, 366205.3700000001 5580846.220000001, 366175.54000000004 5580890.359999999, 366162.5700000003 5580859.390000001, 366126.70999999996 5580740.57, 366015.6200000001 5580731.9, 365953.38999999966 5580761.02, 365916.79000000004 5580766.279999999, 365859.58999999985 5580779.6, 365854.45999999996 5580782.710000001, 365848.1699999999 5580787.32, 365843.66000000015 5580810.92, 365834.21999999974 5580826.039999999, 365824.2599999998 5580827.279999999, 365803.73000000045 5580810.74, 365777.03000000026 5580770.720000001, 365759.1500000004 5580743.9399999995, 365746.5599999996 5580688.01, 365737.83999999985 5580680.949999999, 365674.6500000004 5580690.609999999, 365611.5 5580693.85, 365588.6699999999 5580700.199999999, 365506.1299999999 5580565.83, 365504.0499999998 5580562.43, 365499.70999999996 5580563.75, 365495.6699999999 5580565.779999999, 365491.9400000004 5580568.34, 365488.66000000015 5580571.220000001, 365486.5599999996 5580574.039999999, 365484.73000000045 5580577.99, 365483.4900000002 5580583.4, 365482.0499999998 5580591.15, 365480.6799999997 5580595.68, 365478.91000000015 5580599.23, 365476.98000000045 5580602.710000001, 365474.38999999966 5580605.890000001, 365470.45999999996 5580609.609999999, 365466.16000000015 5580612.529999999, 365462.23000000045 5580615.84, 365458.7000000002 5580619.59, 365456.16000000015 5580623.76, 365454.29000000004 5580627.3100000005, 365453.5999999996 5580630.609999999, 365453.28000000026 5580636.390000001, 365453.2400000002 5580638.93, 365453.63999999966 5580641.17, 365454.04000000004 5580643.83, 365454.1799999997 5580647.17, 365453.78000000026 5580649.99, 365452.9400000004 5580652.76, 365451.46999999974 5580656.15, 365449.51999999955 5580658.960000001, 365447.0700000003 5580662.08, 365445.13999999966 5580663.619999999, 365442.26999999955 5580665.640000001, 365439.3499999996 5580667.09, 365435.7999999998 5580668.48, 365433.08999999985 5580669.039999999, 365430.76999999955 5580670.33, 365428.3300000001 5580671.949999999, 365426.6500000004 5580674.119999999, 365423.4400000004 5580680.109999999, 365421.16000000015 5580685.609999999, 365418.51999999955 5580694.25, 365416.6500000004 5580702.52, 365415.3799999999 5580709.32, 365414.9900000002 5580714.140000001, 365413.63999999966 5580716.5600000005, 365412.16000000015 5580718.220000001, 365410.23000000045 5580719.76, 365408.4000000004 5580719.9, 365404.95999999996 5580719.26, 365401.5700000003 5580717.880000001, 365397.70999999996 5580715.300000001, 365391.63999999966 5580708.99, 365383.03000000026 5580700.4399999995, 365378.8300000001 5580696.83, 365374.0499999998 5580694.75, 365370.1699999999 5580693.58, 365366.61000000034 5580693, 365362.13999999966 5580693.380000001, 365357.25 5580694.65, 365354.01999999955 5580696.65, 365348.88999999966 5580701.0600000005, 365334.96999999974 5580717.24, 365327 5580727.9, 365317.2400000002 5580742.4399999995, 365308.61000000034 5580756.869999999, 365300.4000000004 5580771.640000001, 365289.54000000004 5580789.279999999, 365280.66000000015 5580802.369999999, 365263.70999999996 5580824.210000001, 365246.3499999996 5580846.119999999, 365237 5580854.529999999, 365220.83999999985 5580865.68, 365206.9400000004 5580874.0600000005, 365190.7000000002 5580882.58, 365165.51999999955 5580908.48, 365147.01999999955 5580932.970000001, 365119.76999999955 5580931.35, 365114.4299999997 5580919.199999999, 365136.3099999996 5580876.859999999, 365177.95999999996 5580819.869999999, 365220.04000000004 5580714.050000001, 365246.8799999999 5580657.9399999995, 365278.6799999997 5580578.369999999, 365292.8300000001 5580510.65, 365244.4400000004 5580509.8100000005, 365199.7400000002 5580507.109999999, 365160.1900000004 5580507.08, 365119.0700000003 5580494.6, 365070.8099999996 5580474.98, 365041.3200000003 5580453.470000001, 365040.0599999996 5580445.210000001, 364985.9299999997 5580429.82, 364948.54000000004 5580421.49, 364912.6200000001 5580406.35, 364871.2400000002 5580403.77, 364828.6799999997 5580418.01, 364786.54000000004 5580421.470000001, 364760.3200000003 5580415.460000001, 364733.58999999985 5580401.1899999995, 364721.6900000004 5580399.880000001, 364711.20999999996 5580405.83, 364703.4400000004 5580415.199999999, 364700.5499999998 5580425.92, 364691.1200000001 5580433.74, 364680.6900000004 5580440.4, 364648.75 5580452.300000001, 364635.26999999955 5580458.130000001, 364609.7999999998 5580469.74, 364594.8700000001 5580477.91, 364586.8099999996 5580482.779999999, 364580.9000000004 5580486.68, 364575.45999999996 5580491.109999999, 364568.36000000034 5580497.58, 364564.7000000002 5580501.4399999995, 364562.1900000004 5580504.67, 364559.9299999997 5580508.74, 364557.5700000003 5580513.5600000005, 364556.21999999974 5580519.210000001, 364555.36000000034 5580523.289999999, 364555.11000000034 5580526.23, 364555.13999999966 5580530.8100000005, 364555.2400000002 5580536.98, 364555.8300000001 5580543.5600000005, 364556.04000000004 5580549.130000001, 364556.01999999955 5580550.66, 364555.3499999996 5580553.8100000005, 364554.26999999955 5580556.449999999, 364552.83999999985 5580558.77, 364551.0099999998 5580560.960000001, 364548.7000000002 5580563.25, 364546.41000000015 5580564.6, 364546.13999999966 5580564.6899999995, 364426.0700000003 5580497.73, 364420.51999999955 5580494.640000001, 364424.03000000026 5580470.9, 364452.5700000003 5580436.27, 364470.53000000026 5580422.6899999995, 364474.48000000045 5580416.359999999, 364447.98000000045 5580420.98, 364448.0999999996 5580410.35, 364391.54000000004 5580361.029999999, 364386.6200000001 5580356.73, 364294.6799999997 5580276.4399999995, 364297.2400000002 5580262.91, 364298.46999999974 5580257.59, 364300.0999999996 5580251.779999999, 364302.4500000002 5580245.279999999, 364306.38999999966 5580235.52, 364312.1900000004 5580223.09, 364320.28000000026 5580208.800000001, 364328.3200000003 5580196.630000001, 364335.95999999996 5580186.18, 364351.5099999998 5580166.48, 364364.63999999966 5580151.050000001, 364383.9299999997 5580130.5, 364413.4400000004 5580101.890000001, 364408.29000000004 5580093.640000001, 364406.70999999996 5580094.789999999, 364402.75 5580095.699999999, 364399.3099999996 5580095.539999999, 364395.9000000004 5580093.9399999995, 364393.21999999974 5580091.550000001, 364390.83999999985 5580088.15, 364387.5 5580080.109999999, 364384.3099999996 5580073.35, 364380.9400000004 5580068.279999999, 364376.96999999974 5580062.859999999, 364371.8099999996 5580057.16, 364366.53000000026 5580052.449999999, 364358.7400000002 5580046.470000001, 364347.9400000004 5580039.720000001, 364335.5999999996 5580032.9399999995, 364215.96999999974 5579966.07, 364200.2599999998 5579958.699999999, 364187.5999999996 5579953.5, 364172.1500000004 5579947.949999999, 364158.0800000001 5579944.289999999, 364143.61000000034 5579941.57, 364130.9400000004 5579940.619999999, 364126 5579940.82, 364122.1799999997 5579941.1, 364118.4299999997 5579940.67, 364112.33999999985 5579939.4399999995, 364106.20999999996 5579937.26, 364100.29000000004 5579933.970000001, 364095.2999999998 5579930.02, 364089.8700000001 5579924.27, 364083.0800000001 5579915.52, 364079.29000000004 5579909.82, 364076.2999999998 5579906.869999999, 364072.6799999997 5579904.6, 364068.75 5579903.359999999, 364067.75 5579903.26, 364063.6200000001 5579905.3100000005, 364060.4400000004 5579905.960000001, 364057.4500000002 5579907.4, 364054.6900000004 5579909.460000001, 364053.0599999996 5579912.18, 364052.04000000004 5579915.18, 364051.76999999955 5579917.75, 364051.9500000002 5579920.83, 364052.8200000003 5579924.359999999, 364054.88999999966 5579928.949999999, 364058.04000000004 5579935.289999999, 364063 5579944.34, 364066.2599999998 5579952.26, 364067.88999999966 5579958.74, 364068.5999999996 5579963, 364068.53000000026 5579966.529999999, 364067.9199999999 5579969.99, 364066.20999999996 5579974.640000001, 364063.6299999999 5579979.449999999, 364057.4900000002 5579989.6899999995, 364052.4900000002 5579997.15, 364049.3099999996 5580001.470000001, 364040.5 5580011.869999999, 364033.9000000004 5580020.24, 364029.4500000002 5580026.630000001, 364020.6500000004 5580040.9399999995, 364016.53000000026 5580051.109999999, 364012.8200000003 5580061.42, 364009.5499999998 5580071.890000001, 364006.8200000003 5580082.07, 364004.5099999998 5580092.359999999, 364002.61000000034 5580102.74, 364001.41000000015 5580110.76, 363999.7400000002 5580118.699999999, 363997.9500000002 5580125.32, 363995.8300000001 5580131.84, 363992.0499999998 5580140.539999999, 363987.8200000003 5580149.039999999, 363983.13999999966 5580157.300000001, 363977.6799999997 5580165.83, 363971.7599999998 5580174.039999999, 363965.3799999999 5580181.9, 363958.63999999966 5580189.699999999, 363951.5999999996 5580197.25, 363944.2999999998 5580204.529999999, 363936.71999999974 5580211.539999999, 363928.91000000015 5580218.27, 363920.86000000034 5580224.699999999, 363915.3099999996 5580229.6, 363910.1200000001 5580234.859999999, 363905.3099999996 5580240.48, 363903.86000000034 5580242.43, 363891.46999999974 5580234.93, 363783.6900000004 5580168.109999999, 363780.04000000004 5580165.859999999, 363783.5599999996 5580158.9, 363787.3200000003 5580149.85, 363789.9500000002 5580141.82, 363728.7999999998 5580095.890000001, 363726.48000000045 5580094.140000001, 363723.0999999996 5580098.800000001, 363718.3499999996 5580104.26, 363713.1500000004 5580109.27, 363707.51999999955 5580113.8100000005, 363706.2999999998 5580114.4399999995, 363704.9199999999 5580114.470000001, 363703.6699999999 5580113.880000001, 363702.8499999996 5580112.880000001, 363702.53000000026 5580111.619999999, 363699.6900000004 5580111.029999999, 363696.75 5580122.1899999995, 363695.46999999974 5580124.289999999, 363693.73000000045 5580126.029999999, 363691.6299999999 5580127.3100000005, 363689.1900000004 5580128.08, 363686.6299999999 5580128.23, 363684.1200000001 5580127.75, 363681.04000000004 5580126.210000001, 363678.3300000001 5580124.07, 363676.13999999966 5580121.4, 363674.5499999998 5580118.35, 363673.6699999999 5580115.18, 363673.4299999997 5580111.9, 363673.83999999985 5580108.630000001, 363674.91000000015 5580105.51, 363676.2000000002 5580095.470000001, 363677.1200000001 5580085.380000001, 363677.63999999966 5580075.26, 363677.79000000004 5580065.140000001, 363677.54000000004 5580055.01, 363676.9199999999 5580044.91, 363675.86000000034 5580037.109999999, 363674.1900000004 5580029.41, 363671.9199999999 5580021.869999999, 363669.0700000003 5580014.539999999, 363665.6200000001 5580007.4, 363661.6200000001 5580000.57, 363657.0800000001 5579994.07, 363652.0599999996 5579987.960000001, 363644.91000000015 5579979.970000001, 363637.4199999999 5579972.3100000005, 363629.61000000034 5579964.99, 363621.95999999996 5579958.4, 363614.0499999998 5579952.119999999, 363605.8799999999 5579946.1899999995, 363593.1900000004 5579937.119999999, 363580.1900000004 5579928.5, 363568.0999999996 5579921.0600000005, 363555.78000000026 5579914, 363543.2400000002 5579907.34, 363538.91000000015 5579904.539999999, 363530.3200000003 5579900.33, 363508.6799999997 5579893.029999999, 363500.16000000015 5579890.6, 363493.13999999966 5579888.699999999, 363486.0499999998 5579887.07, 363474.36000000034 5579884.93, 363468.73000000045 5579884.16, 363463.28000000026 5579883.91, 363457.8300000001 5579883.91, 363451.63999999966 5579884.210000001, 363445.46999999974 5579884.82, 363437.8300000001 5579886, 363430.28000000026 5579887.66, 363422.86000000034 5579889.800000001, 363414.0800000001 5579892.99, 363401.5099999998 5579899.68, 363397.3099999996 5579901.630000001, 363392.9199999999 5579903.130000001, 363388.4000000004 5579904.15, 363383.79000000004 5579904.6899999995, 363380.01999999955 5579904.77, 363376.25 5579904.52, 363371.9400000004 5579903.84, 363367.71999999974 5579902.720000001, 363362.38999999966 5579900.640000001, 363357.3799999999 5579897.890000001, 363353.21999999974 5579894.9, 363349.4500000002 5579891.4399999995, 363339.7000000002 5579883.24, 363338.9199999999 5579881.23, 363338.4299999997 5579879.1, 363338.23000000045 5579876.619999999, 363338.4299999997 5579874.130000001, 363339.91000000015 5579870, 363340.54000000004 5579867.15, 363340.8700000001 5579864.25, 363340.4000000004 5579860.27, 363339.2999999998 5579856.279999999, 363338.3099999996 5579853.82, 363336.6699999999 5579851.74, 363335.1900000004 5579850.57, 363333.5099999998 5579849.710000001, 363331.7000000002 5579849.1899999995, 363323.3799999999 5579847.43, 363320.88999999966 5579847.4399999995, 363318.51999999955 5579848.199999999, 363316.4900000002 5579849.630000001, 363315.0999999996 5579851.4, 363314.25 5579853.48, 363314 5579855.720000001, 363314.7000000002 5579862.49, 363316.8300000001 5579869.289999999, 363317.3099999996 5579871, 363318.1200000001 5579872.58, 363319.2400000002 5579873.960000001, 363321.29000000004 5579875.52, 363323.71999999974 5579876.43, 363327.5499999998 5579878.640000001, 363331.1799999997 5579881.1899999995, 363333.6900000004 5579883.289999999, 363325.2000000002 5579913.890000001, 363332.25 5579921.859999999, 363306.1500000004 5580001.199999999, 363294.0599999996 5579993.32, 363284.26999999955 5579988.17, 363275.8300000001 5579985.59, 363266.08999999985 5579984.27, 363259.1799999997 5579983.9399999995, 363251.7599999998 5579985.050000001, 363242.20999999996 5579988.16, 363233.9199999999 5579992.42, 363227 5579997.449999999, 363220.33999999985 5580003.26, 363208.9199999999 5580015.43, 363200.13999999966 5580026.98, 363191.0999999996 5580040.050000001, 363184.3200000003 5580051.220000001, 363180.0700000003 5580059.050000001, 363177.0499999998 5580066.9399999995, 363174.9400000004 5580075.49, 363174.0599999996 5580083.800000001, 363173.61000000034 5580094.82, 363173.9000000004 5580104.6899999995, 363175.11000000034 5580118.16, 363176.75 5580131.199999999, 363177.78000000026 5580140.130000001, 363177.8799999999 5580145.470000001, 363177.6200000001 5580149.93, 363176.01999999955 5580154.42, 363173.9500000002 5580158.34, 363171.0700000003 5580161.59, 363166.51999999955 5580164.49, 363161.2599999998 5580166.73, 363153.5499999998 5580168.65, 363143.48000000045 5580170.16, 363133.0599999996 5580170.890000001, 363122.7999999998 5580170.5, 363111.63999999966 5580169.74, 363103.53000000026 5580170.17, 363096.79000000004 5580171.24, 363089.08999999985 5580173.57, 363080.3499999996 5580177.75, 363071.9000000004 5580183.34, 363061.9000000004 5580192.02, 363054.01999999955 5580200.8100000005, 363043.5499999998 5580214.34, 363033.5099999998 5580230.27, 363026.70999999996 5580243.57, 363021.66000000015 5580256.58, 363017.1200000001 5580273.5, 363014.5599999996 5580284.800000001, 363011.1500000004 5580293.91, 363006.6900000004 5580302.07, 363001.3499999996 5580310.15, 362996.1799999997 5580316.630000001, 362990.03000000026 5580323.07, 362983.6799999997 5580329.74, 362976.6799999997 5580335.960000001, 362968.83999999985 5580342.369999999, 362960.29000000004 5580347.8100000005, 362952.9000000004 5580352.51, 362943.79000000004 5580356.550000001, 362933.9199999999 5580360.380000001, 362924.48000000045 5580363.27, 362917.9000000004 5580364.58, 362922.1200000001 5580325.92, 362935.5099999998 5580316.609999999, 362931.29000000004 5580307.59, 362931.79000000004 5580298.9, 362930.9199999999 5580296.640000001, 362928.28000000026 5580289.77, 362923.16000000015 5580276.4399999995, 362919.71999999974 5580270.07, 362917.7999999998 5580266.5, 362914.5700000003 5580255.16, 362913.6799999997 5580254.630000001, 362913.2599999998 5580254.359999999, 362910.46999999974 5580252.43, 362907.8799999999 5580250.640000001, 362900.9000000004 5580245.789999999, 362893.8799999999 5580240.92, 362886.63999999966 5580249.09, 362878.36000000034 5580258.4399999995, 362858.21999999974 5580236.390000001, 362882.1799999997 5580217.34, 362894.45999999996 5580203.59, 362902.8499999996 5580194.17, 362917.48000000045 5580152.779999999, 362923.2999999998 5580136.01, 362919.38999999966 5580126.5, 362918.9299999997 5580125.359999999, 362900.8700000001 5580109.99, 362898.8300000001 5580102.6899999995, 362899.9900000002 5580095.43, 362904.6799999997 5580088.17, 362909.6699999999 5580083.789999999, 362951.1200000001 5580071.83, 362962.61000000034 5580058.02, 362980.28000000026 5580025.359999999, 362981.9299999997 5580013.59, 362964.04000000004 5580003.859999999, 362941.78000000026 5579992.880000001, 362924.4000000004 5579986.630000001, 362906.2000000002 5579984.460000001, 362919.38999999966 5579978.609999999, 362948.21999999974 5579965.84, 362982.8700000001 5579979.32, 362999.4299999997 5579988.390000001, 363003.5599999996 5579981.84, 362963.83999999985 5579958.74, 363006.0499999998 5579879.449999999, 363020.5800000001 5579867.52, 363032.9299999997 5579848.210000001, 363046 5579831.74, 363066.3799999999 5579810.43, 363077.0599999996 5579797.609999999, 363100.4900000002 5579763.970000001, 363129.7599999998 5579731.529999999, 363159.2599999998 5579709.24, 363177.88999999966 5579698.539999999, 363203.53000000026 5579677.029999999, 363229.6200000001 5579660.33, 363229.11000000034 5579653.42, 363240.9000000004 5579642.01, 363226.5700000003 5579628.699999999, 363207.1299999999 5579610.640000001, 363165.5599999996 5579572.01, 363151.6799999997 5579559.109999999, 363136.0599999996 5579544.65, 363127.5800000001 5579536.800000001, 363118.0800000001 5579523.25, 363087.9400000004 5579518.33, 363078.38999999966 5579510.390000001, 363075.98000000045 5579501.77, 363080.21999999974 5579486.359999999, 363089.8499999996 5579474.65, 363096.7000000002 5579468.369999999, 363106.46999999974 5579459.4399999995, 363160.6799999997 5579426.49, 363168.98000000045 5579412.380000001, 363145.95999999996 5579379.34, 363244.7999999998 5579351.4399999995, 363215.11000000034 5579308.35, 363203.3499999996 5579272.6899999995, 363176.2000000002 5579229.6899999995, 363175.6799999997 5579228.859999999, 363166.48000000045 5579210.6899999995, 363164.6900000004 5579199.82, 363170.3799999999 5579170.119999999, 363181.36000000034 5579144.130000001, 363182.4900000002 5579140.85, 363201.25 5579086.380000001, 363225.0499999998 5579078.34, 363226.3700000001 5579080.210000001, 363227.2000000002 5579081.4, 363229.36000000034 5579084.460000001, 363230.38999999966 5579085.92, 363231.8499999996 5579088, 363232.7000000002 5579089.210000001, 363237.5 5579086.699999999, 363256.8799999999 5579082.27, 363253.9500000002 5579078.15, 363263.66000000015 5579073.880000001, 363266.3300000001 5579077.98, 363270.5099999998 5579084.359999999, 363261.4000000004 5579088.65, 363239.53000000026 5579098.92, 363241.01999999955 5579101.039999999, 363242.75 5579103.5, 363263.63999999966 5579093.23, 363265.03000000026 5579092.289999999, 363272.7400000002 5579087.02, 363289.6299999999 5579082.41, 363304.76999999955 5579073.57, 363315.3099999996 5579069.74, 363320.3300000001 5579067.050000001, 363330.8099999996 5579061.449999999, 363346.4199999999 5579057.789999999, 363354.1500000004 5579056.83, 363416.6699999999 5579070.550000001, 363422.86000000034 5579074.550000001, 363425.5700000003 5579076.300000001, 363428.4000000004 5579068.99, 363430.73000000045 5579062.93, 363436.2599999998 5579059.27, 363441.83999999985 5579056.050000001, 363457.3200000003 5579046.630000001, 363467.6900000004 5579040.33, 363473.6699999999 5579032.76, 363478.83999999985 5579027.130000001, 363487.45999999996 5579017.92, 363494.38999999966 5579007.119999999, 363500.2000000002 5578998.029999999, 363502.6200000001 5578998.08, 363505.4400000004 5578993.8100000005, 363506.1699999999 5578985.359999999, 363507.01999999955 5578975.4, 363505.91000000015 5578968.710000001, 363505.5999999996 5578960.539999999, 363503.2000000002 5578953.09, 363501.1299999999 5578946.640000001, 363494.5099999998 5578926.1, 363488.71999999974 5578916.0600000005, 363476.63999999966 5578895.25, 363468.3799999999 5578882.279999999, 363464.61000000034 5578876.359999999, 363463.2999999998 5578874.289999999, 363460.20999999996 5578869.43, 363457.4400000004 5578865.09, 363448.98000000045 5578852.73, 363444.4500000002 5578846.130000001, 363440.04000000004 5578839.699999999, 363437.1799999997 5578835.529999999, 363430.33999999985 5578821.800000001, 363427.78000000026 5578816.67, 363425.63999999966 5578815.369999999, 363423.9500000002 5578809.5, 363421.6699999999 5578801.5600000005, 363414.9400000004 5578776.99, 363413.53000000026 5578771.279999999, 363409.78000000026 5578757.4399999995, 363411.79000000004 5578759.01, 363422.8499999996 5578767.67, 363448.83999999985 5578780.800000001, 363462.91000000015 5578783.41, 363466.70999999996 5578779.1899999995, 363469.6699999999 5578775.890000001, 363485.63999999966 5578758.3100000005, 363512.0599999996 5578699.4, 363497.11000000034 5578656.99, 363496.96999999974 5578656.59, 363469.08999999985 5578629.67, 363471.0599999996 5578618.76, 363480.4199999999 5578565.6, 363485.5499999998 5578552.83, 363506.88999999966 5578561.34, 363509.2999999998 5578555.390000001, 363514.8200000003 5578549.41, 363518.0700000003 5578547.18, 363527.96999999974 5578542.390000001, 363547.13999999966 5578533.119999999, 363574.1299999999 5578520.07, 363593.8300000001 5578510.550000001, 363576.3499999996 5578533.6, 363569.1900000004 5578565.83, 363559.4400000004 5578591.49, 363549.0599999996 5578609.58, 363549.3799999999 5578619.050000001, 363556.1299999999 5578623.779999999, 363613.1900000004 5578611.779999999, 363628.51999999955 5578615.52, 363650.1500000004 5578620.789999999, 363669.8200000003 5578625.57, 363685.54000000004 5578660.539999999, 363687.0099999998 5578690.75, 363678.26999999955 5578714.4399999995, 363676.96999999974 5578735.220000001, 363663.33999999985 5578732.5, 363653.23000000045 5578730.470000001, 363646.66000000015 5578729.15, 363646.1500000004 5578764.93, 363650.79000000004 5578803.98, 363661.2599999998 5578805.039999999, 363673.8700000001 5578854.449999999, 363671.8799999999 5578897.880000001, 363679.7000000002 5578937.640000001, 363714.13999999966 5578936.74, 363723.7599999998 5578961.51, 363718.3300000001 5578988.25, 363686.28000000026 5578994.390000001, 363671.45999999996 5579086.98, 363741.20999999996 5579134.890000001, 363741.8099999996 5579176.99, 363750.9500000002 5579180.449999999, 363803.9299999997 5579278.93, 363804.0599999996 5579280.800000001, 363808.0599999996 5579335.25, 363839.95999999996 5579339.9399999995, 363841.4900000002 5579343.789999999, 363843.9299999997 5579349.9399999995, 363845.4299999997 5579351.32, 363859.70999999996 5579333.119999999, 363866.4400000004 5579308.66, 363877.4199999999 5579276.73, 363876.03000000026 5579247.84, 363866.8799999999 5579211.6899999995, 363850.73000000045 5579189.6, 363829.3200000003 5579166.84, 363825.0800000001 5579137.76, 363826.1299999999 5579112.720000001, 363817.6299999999 5579083.0600000005, 363837.03000000026 5579076.039999999, 363854.79000000004 5579092.9, 363866.0499999998 5579084.9, 363878.48000000045 5579104.5, 363894.33999999985 5579152.42, 363929.36000000034 5579175.35, 363939.3499999996 5579168.93, 363968.01999999955 5579206.140000001, 363969.2400000002 5579244.279999999, 363988.79000000004 5579292.92, 363965.1200000001 5579331.039999999, 364006.9000000004 5579366.18, 364055.21999999974 5579357.720000001, 364065.6699999999 5579328.08, 364087.5 5579330, 364095.5999999996 5579305.369999999, 364122.1799999997 5579305.279999999, 364122.20999999996 5579309.449999999, 364122.2400000002 5579315.710000001, 364122.2999999998 5579326.52, 364122.3499999996 5579337.300000001, 364174.51999999955 5579389.98, 364233.53000000026 5579449.539999999, 364232.0499999998 5579463.800000001, 364231.8099999996 5579466.08, 364230.83999999985 5579475.369999999, 364229.71999999974 5579486.07, 364244.8300000001 5579503.800000001, 364259.75 5579521.3100000005, 364265.9000000004 5579528.91, 364269.5700000003 5579533.42, 364279.5499999998 5579545.75, 364295.3799999999 5579565.289999999, 364304.03000000026 5579575.970000001, 364312.48000000045 5579586.4, 364341.9900000002 5579576.050000001, 364343.7999999998 5579575.9399999995, 364345.95999999996 5579575.82, 364346.1900000004 5579587.949999999, 364354.9299999997 5579604.779999999, 364354.4199999999 5579619.800000001, 364378.71999999974 5579619.390000001, 364401.88999999966 5579624.529999999, 364418.23000000045 5579628.15, 364421.83999999985 5579634.199999999, 364453.5099999998 5579635.42, 364452.4000000004 5579627.59, 364451.5800000001 5579627.57, 364438.5999999996 5579609.49, 364436.7400000002 5579586.050000001, 364436.91000000015 5579584.630000001, 364441.66000000015 5579543.140000001, 364442.21999999974 5579540.0600000005, 364445.2400000002 5579523.609999999, 364446.75 5579515.4, 364449.95999999996 5579498.529999999, 364454.5499999998 5579474.449999999, 364457.7000000002 5579466.880000001, 364460.70999999996 5579459.65, 364466.66000000015 5579445.35, 364471.91000000015 5579432.75, 364498.1900000004 5579432.300000001, 364515.08999999985 5579432, 364532.5 5579431.710000001, 364567.9500000002 5579438.699999999, 364567.0700000003 5579448.0600000005, 364633.4199999999 5579454.26, 364664.11000000034 5579446.1, 364675.4500000002 5579441.289999999, 364684.2599999998 5579436.5, 364691.3300000001 5579431.75, 364714.73000000045 5579411.24, 364717.9000000004 5579408.3100000005, 364722.66000000015 5579405, 364728.6699999999 5579400.35, 364731.0099999998 5579397.67, 364737.7400000002 5579389.960000001, 364743.03000000026 5579383.890000001, 364752.5999999996 5579377.279999999, 364754.5800000001 5579375.91, 364759.16000000015 5579371.460000001, 364760 5579372.26, 364771.21999999974 5579372.73, 364778.6500000004 5579373.039999999, 364785.9000000004 5579373.34, 364795.7000000002 5579373.75, 364811.41000000015 5579374.41, 364821.5599999996 5579382.0600000005, 364830.4199999999 5579388.74, 364854.2999999998 5579406.75, 364860 5579411.050000001, 364876.66000000015 5579356.52, 364881.20999999996 5579348.33, 364886.76999999955 5579338.32, 364895.2599999998 5579323.02, 364901.9199999999 5579311.02, 364918.76999999955 5579291.460000001, 364927.0599999996 5579281.83, 364968.48000000045 5579235.08, 364975.9900000002 5579218.449999999, 365010.76999999955 5579113.050000001, 365018.28000000026 5579110.949999999, 365023.33999999985 5579108.92, 365027.70999999996 5579110.699999999, 365028.66000000015 5579108.380000001, 365046.33999999985 5579063.779999999, 365071.3799999999 5579018.18, 365136.8499999996 5579093.98, 365174.01999999955 5579161.99, 365213.1900000004 5579199.640000001, 365259.63999999966 5579221.539999999, 365282.1900000004 5579234.390000001, 365304.66000000015 5579249.609999999, 365326.28000000026 5579248.1899999995, 365331.0099999998 5579244.199999999, 365375.61000000034 5579214.289999999, 365421.01999999955 5579193.0600000005, 365425.61000000034 5579191.92, 365467.26999999955 5579188.99, 365520.8799999999 5579188.58, 365523.9000000004 5579188.550000001, 365575.3799999999 5579207.109999999, 365616.8499999996 5579224.130000001, 365618.0099999998 5579194.3100000005, 365626.63999999966 5579173.99, 365625.13999999966 5579143.58, 365634.73000000045 5579112.119999999, 365630.0800000001 5579107.07, 365624.76999999955 5579029.550000001, 365626.5700000003 5578948.109999999, 365656.71999999974 5578885.140000001, 365676.83999999985 5578843.640000001, 365689.98000000045 5578827.130000001, 365729.98000000045 5578810.26, 365757.21999999974 5578801.17, 365794.3799999999 5578785.869999999, 365808.5599999996 5578777.300000001, 365818.6799999997 5578758, 365829.3300000001 5578757.35, 365832.38999999966 5578757.16, 365829.3499999996 5578783.300000001, 365810.2400000002 5578811.369999999, 365812.4299999997 5578818.9, 365799.1500000004 5578840.380000001, 365759.1900000004 5578887.83, 365731.6900000004 5578921.76, 365732.8799999999 5578936.99, 365736.8799999999 5579008.130000001, 365748.3499999996 5579095.960000001, 365758.5700000003 5579139.119999999, 365772.26999999955 5579183.85, 365774.8499999996 5579234.109999999, 365775.61000000034 5579252.75, 365780.83999999985 5579270.09, 365804.23000000045 5579288.949999999, 365880.2000000002 5579320.41, 365901.86000000034 5579324.0600000005, 365917.0499999998 5579321.75, 365952.11000000034 5579307.3100000005, 365987.17999999</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5608-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5608-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5608-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5608-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-030" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5608-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5608-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5608-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-030" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5608-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5608-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5608-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="52.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108857</v>
       </c>
       <c r="O2" s="3">
-        <v>45972.31348167595</v>
+        <v>46067.49148713117</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>