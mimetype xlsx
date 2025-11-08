--- v0 (2025-11-08)
+++ v1 (2025-11-08)
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108856</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.67721471511</v>
+        <v>45969.90294323854</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>