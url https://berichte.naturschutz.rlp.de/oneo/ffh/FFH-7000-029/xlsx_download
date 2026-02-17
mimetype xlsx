--- v1 (2025-11-08)
+++ v2 (2026-02-17)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5607-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((346392.96999999974 5574779.130000001, 346376.4299999997 5574788.460000001, 346351.6799999997 5574792.130000001, 346290.78000000026 5574773.1899999995, 346225.8799999999 5574752.880000001, 346096.1299999999 5574712.65, 346087.0800000001 5574714.130000001, 346054.2000000002 5574699.85, 346034.6200000001 5574691.33, 346013.23000000045 5574682.039999999, 345992.66000000015 5574673.1, 345966.4900000002 5574639.25, 345935.13999999966 5574598.699999999, 345879.3499999996 5574526.5600000005, 345865 5574487.59, 345862.4400000004 5574484.27, 345844.9299999997 5574461.5600000005, 345826.95999999996 5574438.26, 345796.0599999996 5574390.67, 345793.73000000045 5574383.25, 345786.5099999998 5574360.890000001, 345785.98000000045 5574359.23, 345785.3799999999 5574357.380000001, 345778.1500000004 5574334.84, 345775.54000000004 5574313.6899999995, 345775.3700000001 5574312.27, 345773.2000000002 5574293.98, 345772.6500000004 5574290.17, 345770.16000000015 5574270.039999999, 345780.83999999985 5574253.66, 345782.41000000015 5574251.27, 345799.66000000015 5574224.8100000005, 345801.73000000045 5574221.630000001, 345814.0499999998 5574202.73, 345827.9299999997 5574185.65, 345847.0499999998 5574162.130000001, 345858.91000000015 5574147.539999999, 345855.0999999996 5574144.289999999, 345822.75 5574127.85, 345816.11000000034 5574133.42, 345813.95999999996 5574140.48, 345812.6500000004 5574140.48, 345811.91000000015 5574134.83, 345806.4900000002 5574132.119999999, 345804.0499999998 5574130.890000001, 345827.4500000002 5574067.779999999, 345862.8700000001 5574085.390000001, 345865.3099999996 5574083.73, 345873.7400000002 5574064.41, 345876.6299999999 5574051.75, 345877.01999999955 5574046.5600000005, 345878.13999999966 5574031.359999999, 345879.3799999999 5574014.49, 345883.38999999966 5574002.6899999995, 345886.08999999985 5574002.1899999995, 345884.0800000001 5573995.220000001, 345878.73000000045 5573976.710000001, 345877.8099999996 5573959.0600000005, 345877.71999999974 5573957.32, 345878.5099999998 5573952.050000001, 345879.29000000004 5573946.83, 345879.9000000004 5573945.130000001, 345882.98000000045 5573936.5, 345884.04000000004 5573933.52, 345887.23000000045 5573910.1, 345889.6500000004 5573892.3100000005, 345890.5499999998 5573890.390000001, 345920.2400000002 5573904.300000001, 345927.3499999996 5573907.640000001, 345929.7999999998 5573912.050000001, 345932.78000000026 5573910.199999999, 345976.95999999996 5573882.890000001, 345998.20999999996 5573877.08, 346046.4900000002 5573883.59, 346058.08999999985 5573886.07, 346114.2000000002 5573914.3100000005, 346129.76999999955 5573922.140000001, 346159.1900000004 5573936.9399999995, 346162.8700000001 5573938.789999999, 346174.9000000004 5573944.85, 346179.73000000045 5573947.279999999, 346186.7999999998 5573950.84, 346197.1699999999 5573956.050000001, 346207.98000000045 5573961.49, 346218.96999999974 5573967.02, 346240.36000000034 5573977.789999999, 346243.70999999996 5573979.470000001, 346247.0099999998 5573981.140000001, 346268.0999999996 5573991.75, 346271.21999999974 5573993.3100000005, 346297.66000000015 5574011.800000001, 346301.3099999996 5574026.48, 346302.96999999974 5574033.18, 346305.78000000026 5574043.359999999, 346308.16000000015 5574051.949999999, 346309.21999999974 5574055.789999999, 346312.11000000034 5574065.01, 346315.16000000015 5574074.74, 346321.70999999996 5574092.3100000005, 346329.95999999996 5574110.33, 346348.26999999955 5574148.26, 346382.9000000004 5574214.92, 346402.3099999996 5574254.76, 346413.1299999999 5574273.66, 346429.3700000001 5574297.83, 346447.6799999997 5574325.119999999, 346450.6299999999 5574329.390000001, 346456.21999999974 5574337.470000001, 346463.61000000034 5574348.15, 346501.46999999974 5574399.3100000005, 346508.1900000004 5574421.130000001, 346516.45999999996 5574432.59, 346528.61000000034 5574445.74, 346564.96999999974 5574485.09, 346569.3499999996 5574491.01, 346571.96999999974 5574494.5600000005, 346581.54000000004 5574507.49, 346601.08999999985 5574536.630000001, 346616.2599999998 5574561.16, 346633.7599999998 5574579.029999999, 346638.5099999998 5574585.390000001, 346647.2400000002 5574597.109999999, 346647.7999999998 5574599.050000001, 346650.5099999998 5574601.5, 346661.8300000001 5574616.68, 346670.8799999999 5574628.82, 346675.79000000004 5574637.220000001, 346683.1799999997 5574649.82, 346680.21999999974 5574654.33, 346591.08999999985 5574670.109999999, 346586.91000000015 5574670.890000001, 346583.86000000034 5574671.470000001, 346573.83999999985 5574677.119999999, 346502.1699999999 5574717.539999999, 346392.96999999974 5574779.130000001)), ((346989.45999999996 5573660.119999999, 346987.76999999955 5573665.74, 346983.20999999996 5573680.99, 346928.5 5573640.74, 346877.7000000002 5573631.65, 346824.8499999996 5573685.5, 346771.5700000003 5573628, 346768.08999999985 5573624.25, 346703.86000000034 5573632.9, 346635.53000000026 5573634.109999999, 346581.58999999985 5573642.449999999, 346353.96999999974 5573579.09, 346361.38999999966 5573554.220000001, 346363.70999999996 5573546.460000001, 346366.51999999955 5573537, 346392.91000000015 5573492.9, 346398.25 5573483.98, 346417.8099999996 5573439.300000001, 346428.6900000004 5573414.48, 346435.7400000002 5573398.369999999, 346442.70999999996 5573382.470000001, 346446.83999999985 5573373.029999999, 346451.46999999974 5573362.42, 346456.8200000003 5573350.23, 346460.5 5573341.83, 346469.9400000004 5573332.93, 346484.5599999996 5573319.210000001, 346500.01999999955 5573304.68, 346515.78000000026 5573289.859999999, 346531.4400000004 5573275.140000001, 346539.4500000002 5573267.619999999, 346544.6200000001 5573265.48, 346559.6500000004 5573259.24, 346574.83999999985 5573252.9399999995, 346601.21999999974 5573242.02, 346613.2400000002 5573237, 346630.66000000015 5573236.0600000005, 346648.38999999966 5573235.1, 346666.5099999998 5573234.119999999, 346687.4500000002 5573232.98, 346699.0099999998 5573232.359999999, 346715.6200000001 5573231.460000001, 346727.8300000001 5573240.9399999995, 346739.33999999985 5573249.869999999, 346748.8300000001 5573257.26, 346760.0499999998 5573265.970000001, 346778.04000000004 5573279.93, 346793 5573288.42, 346810.04000000004 5573298.09, 346835.6799999997 5573312.619999999, 346852.4299999997 5573322.119999999, 346861.38999999966 5573327.199999999, 346891.9199999999 5573344.51, 346911.91000000015 5573355.84, 346931.26999999955 5573366.83, 346949.8200000003 5573377.34, 346968.46999999974 5573387.92, 346976.3700000001 5573392.4, 346987.0499999998 5573398.449999999, 346997.08999999985 5573403.26, 347025.4000000004 5573402.789999999, 347052.3200000003 5573421.949999999, 347072.8499999996 5573444.92, 347016.91000000015 5573568.4, 346997 5573634.890000001, 346989.45999999996 5573660.119999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5607-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5607-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5607-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5607-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-029" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5607-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5607-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5607-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-029" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5607-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5607-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5607-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108856</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.90294323854</v>
+        <v>46070.771113845</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>