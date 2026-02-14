--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -150,51 +150,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5605-306</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((340046.71999999974 5576013.289999999, 340047.9500000002 5576006.390000001, 340018.46999999974 5576001.109999999, 340014.9199999999 5575996.33, 340015.86000000034 5575978.880000001, 340016.03000000026 5575975.720000001, 340008.23000000045 5575943.07, 340024.3700000001 5575941.5600000005, 340042.0999999996 5575944.140000001, 340055.01999999955 5575945.15, 340054.2000000002 5575953.23, 340070.4900000002 5575955.6899999995, 340155.63999999966 5575998.5600000005, 340178.4500000002 5576010.039999999, 340216.0499999998 5576031.630000001, 340269.26999999955 5576062.18, 340322.0599999996 5576092.710000001, 340332.11000000034 5576098.23, 340355.8700000001 5576111.289999999, 340389.91000000015 5576129.99, 340413.7599999998 5576143.09, 340421.29000000004 5576151.67, 340425.83999999985 5576147.68, 340427.25 5576145, 340460.1500000004 5576147.01, 340483.7599999998 5576148.460000001, 340504.5800000001 5576172.550000001, 340529.1699999999 5576205.6899999995, 340545.3499999996 5576237.1899999995, 340551.79000000004 5576259.539999999, 340555.5599999996 5576272.6, 340560.1200000001 5576300.85, 340560.9500000002 5576310.880000001, 340563.0999999996 5576336.01, 340566.1200000001 5576336.470000001, 340571.7000000002 5576337.33, 340577.5499999998 5576338.23, 340597.9299999997 5576370.42, 340677.91000000015 5576496.66, 340685.28000000026 5576492.550000001, 340716.8799999999 5576521.23, 340731.6900000004 5576527.09, 340785.16000000015 5576548.220000001, 340848.1500000004 5576562.68, 340869.63999999966 5576559.390000001, 340902.2400000002 5576554.41, 340928.41000000015 5576536.039999999, 340978.6500000004 5576530.08, 341001.58999999985 5576519.51, 340998.2400000002 5576512.24, 340992.2999999998 5576510.52, 340922.2999999998 5576399.84, 340849.6200000001 5576285.130000001, 340791.70999999996 5576193.710000001, 340744.33999999985 5576118.9399999995, 340743.78000000026 5576112.029999999, 340761.6900000004 5576073.1, 340784.03000000026 5576048.5, 340791.7999999998 5576047.25, 340846.1200000001 5576074.890000001, 340848.9900000002 5576089.779999999, 340910.8499999996 5576148.09, 340953.8300000001 5576210.3100000005, 341065.3099999996 5576326.6899999995, 341088.03000000026 5576359.02, 341153.6299999999 5576451.73, 341153.5099999998 5576460.15, 341139.76999999955 5576478.76, 341144.98000000045 5576513.640000001, 341139.33999999985 5576519.27, 341191.78000000026 5576571.76, 341216.88999999966 5576582, 341264.08999999985 5576584.1899999995, 341300.1200000001 5576594.34, 341296.76999999955 5576602.390000001, 341348.1200000001 5576582.83, 341404.54000000004 5576561.32, 341411.98000000045 5576561.869999999, 341416.48000000045 5576554.43, 341460.03000000026 5576511.130000001, 341456.3799999999 5576505.970000001, 341381.76999999955 5576400.58, 341319.78000000026 5576313.289999999, 341288.53000000026 5576306.82, 341237.3200000003 5576270.82, 341183.8799999999 5576233.34, 341165.9199999999 5576212.91, 341152.9900000002 5576207.359999999, 341135.6799999997 5576223.710000001, 341122.45999999996 5576236.1899999995, 341114.79000000004 5576236.08, 341007.3799999999 5576149.949999999, 340991.71999999974 5576142.02, 340946.28000000026 5576119.01, 340921.4400000004 5576088.5600000005, 340929.58999999985 5576062.5, 340912.8200000003 5576056.609999999, 340916.66000000015 5576045.130000001, 340955.1900000004 5576053.720000001, 340966.91000000015 5576043.3100000005, 340967.8099999996 5576043.220000001, 340973.9199999999 5576035.23, 340975.1900000004 5576029.26, 340969.8300000001 5576021.039999999, 340949.23000000045 5576009.23, 340919.4400000004 5575980.59, 340892.88999999966 5575963.9, 340891.5 5575963.029999999, 340875.2000000002 5575947.02, 340867.8099999996 5575950.99, 340866.7599999998 5575949.48, 340851.4900000002 5575927.640000001, 340844.01999999955 5575935.890000001, 340801.1799999997 5575983.26, 340797.79000000004 5575987.01, 340789.1799999997 5575972.880000001, 340775.0700000003 5575949.720000001, 340772.04000000004 5575925.51, 340710.75 5575912.300000001, 340661.01999999955 5575908.93, 340599.96999999974 5575895.619999999, 340585.2599999998 5575904.880000001, 340577.45999999996 5575906.109999999, 340506.29000000004 5575890.029999999, 340466.38999999966 5575881.220000001, 340411.9000000004 5575868.91, 340411.3099999996 5575868.949999999, 340361.0099999998 5575872.5, 340344.7400000002 5575882.83, 340327.6699999999 5575899.369999999, 340324.76999999955 5575902.18, 340297.8099999996 5575928.289999999, 340292.13999999966 5575928.0600000005, 340285 5575920.369999999, 340252.1900000004 5575898.6, 340306.38999999966 5575877.359999999, 340310.25 5575875.859999999, 340382.7000000002 5575834.67, 340410.2599999998 5575822.0600000005, 340424.1299999999 5575815.710000001, 340450.41000000015 5575811.02, 340500.46999999974 5575803.630000001, 340560.78000000026 5575805.92, 340597.1299999999 5575801.9, 340612.96999999974 5575814.359999999, 340615.16000000015 5575815.27, 340620.08999999985 5575815.82, 340621.7599999998 5575807.6899999995, 340748.3499999996 5575810.460000001, 340795.91000000015 5575815.35, 340829.0599999996 5575815.49, 340852.9199999999 5575815.59, 340890.5800000001 5575817.779999999, 340933.36000000034 5575830.18, 340999.38999999966 5575863.140000001, 341032.1200000001 5575880.92, 341034.6799999997 5575882.35, 341070.9199999999 5575902.08, 341128.4000000004 5575930.220000001, 341151.4500000002 5575937.08, 341173.61000000034 5575946.23, 341214.26999999955 5575973.09, 341259.33999999985 5575997.84, 341286.11000000034 5576019.59, 341290.1699999999 5576024.75, 341292.75 5576019.93, 341307.3200000003 5575992.67, 341313.5599999996 5575984.32, 341336.1200000001 5575954.1, 341339.6299999999 5575956.25, 341355.70999999996 5575966.1, 341364.29000000004 5575971.359999999, 341397.9900000002 5575992.02, 341482.9900000002 5576044.130000001, 341507.41000000015 5576063.800000001, 341510.0700000003 5576066.789999999, 341575.28000000026 5576013.85, 341578.2599999998 5576041.57, 341587.9900000002 5576131.9399999995, 341589.98000000045 5576150.41, 341595.9000000004 5576177.699999999, 341597.8700000001 5576186.710000001, 341615.75 5576211.99, 341623.7400000002 5576216.550000001, 341643.2000000002 5576227.67, 341663.38999999966 5576239.210000001, 341664.9299999997 5576239.07, 341669.54000000004 5576235.539999999, 341669.71999999974 5576233.640000001, 341670.3200000003 5576227.609999999, 341670.4900000002 5576225.869999999, 341671.53000000026 5576219.68, 341669.8799999999 5576203.98, 341671.4299999997 5576196.859999999, 341680.8700000001 5576177.16, 341683.9199999999 5576163.529999999, 341685.20999999996 5576157.779999999, 341685.95999999996 5576119.539999999, 341689.03000000026 5576114.42, 341694.2999999998 5576105.65, 341697.8300000001 5576080.300000001, 341688.58999999985 5576057.529999999, 341690.58999999985 5576047.5, 341691.25 5576030.119999999, 341696.5999999996 5576014.779999999, 341712.4900000002 5576001.960000001, 341722.8200000003 5575983.91, 341732.1699999999 5575962.42, 341734.9199999999 5575938.24, 341747.0499999998 5575927.08, 341754.01999999955 5575921, 341759.53000000026 5575916.289999999, 341777.13999999966 5575909.42, 341787.8300000001 5575905.26, 341791.6799999997 5575903.93, 341801.5099999998 5575900.550000001, 341817.0800000001 5575894.869999999, 341823.4299999997 5575889.59, 341825.0499999998 5575886.119999999, 341826.33999999985 5575882.27, 341827.0700000003 5575879.02, 341826.6299999999 5575875.51, 341826.16000000015 5575873.050000001, 341821.3700000001 5575871.029999999, 341819.2999999998 5575847.73, 341808.7599999998 5575820.109999999, 341809.01999999955 5575814.890000001, 341809.45999999996 5575806.16, 341812.1900000004 5575795.8100000005, 341819.6699999999 5575785.34, 341829.9199999999 5575781.390000001, 341832.4299999997 5575777.76, 341831.6299999999 5575773.35, 341834.3499999996 5575765.880000001, 341841.0099999998 5575757.800000001, 341856.6299999999 5575746.220000001, 341871.4900000002 5575720.26, 341872.6799999997 5575710.210000001, 341872.9299999997 5575695.4399999995, 341873.03000000026 5575689.75, 341880.2000000002 5575676.01, 341890.4299999997 5575674.960000001, 341903.9199999999 5575664.0600000005, 341914.04000000004 5575644.15, 341941.70999999996 5575615.130000001, 341950.96999999974 5575611.9, 341951.58999999985 5575612.34, 341953.6200000001 5575613.82, 341957.1500000004 5575621.52, 341961.7999999998 5575631.49, 341981.25 5575623.52, 341993.5700000003 5575614.470000001, 342004.08999999985 5575608.84, 342009.45999999996 5575605.960000001, 342007.7599999998 5575602.34, 342021.1799999997 5575595.0600000005, 342056.9500000002 5575607, 342066.86000000034 5575602.859999999, 342102.79000000004 5575571.65, 342105.46999999974 5575568.41, 342121.98000000045 5575548.369999999, 342120.73000000045 5575544.880000001, 342122.5099999998 5575533.75, 342128.9000000004 5575517.91, 342139.4000000004 5575505.57, 342138.9000000004 5575502.529999999, 342121.8700000001 5575502.550000001, 342116.73000000045 5575496.23, 342114.13999999966 5575475.32, 342112.03000000026 5575466.8100000005, 342104.73000000045 5575461.51, 342079.9500000002 5575460.43, 342071.5499999998 5575457.960000001, 342069.5099999998 5575456.890000001, 342064.0700000003 5575453.5600000005, 342053.0499999998 5575443.970000001, 342054.61000000034 5575442.32, 342056.48000000045 5575440.33, 342066.9900000002 5575449.470000001, 342073.54000000004 5575453.33, 342080.76999999955 5575455.460000001, 342105.51999999955 5575456.539999999, 342110.79000000004 5575457.93, 342114.9199999999 5575443.869999999, 342126.63999999966 5575404.08, 342125.6500000004 5575395.23, 342126.1500000004 5575386.699999999, 342131.5499999998 5575380.85, 342133.83999999985 5575379.9399999995, 342162.36000000034 5575368.75, 342168.28000000026 5575363.279999999, 342199.26999999955 5575325.5, 342208.8099999996 5575311.8100000005, 342231.9199999999 5575301.460000001, 342230.76999999955 5575302.300000001, 342243.66000000015 5575299.960000001, 342247.3300000001 5575297.33, 342256.29000000004 5575294.26, 342258.63999999966 5575292.18, 342265.0099999998 5575282.52, 342265.28000000026 5575281.49, 342271.3200000003 5575278.59, 342289.0700000003 5575254.08, 342291.4199999999 5575250.83, 342332.83999999985 5575218.380000001, 342353.71999999974 5575207.800000001, 342362.20999999996 5575199.3100000005, 342370.8200000003 5575194.26, 342390.6299999999 5575188.43, 342401.8499999996 5575191.35, 342445.5599999996 5575211.1899999995, 342501.3300000001 5575236.5, 342513.7599999998 5575247.67, 342542.7000000002 5575247.1, 342548.5700000003 5575240.99, 342555.4299999997 5575222.529999999, 342568.4900000002 5575212.890000001, 342575.4900000002 5575203.6, 342579.6799999997 5575187.65, 342579.98000000045 5575182.289999999, 342580.1500000004 5575179.289999999, 342582.5999999996 5575163.539999999, 342596.66000000015 5575145.529999999, 342623.4199999999 5575142.630000001, 342631.08999999985 5575137.43, 342642.13999999966 5575121.9, 342648.36000000034 5575103.3100000005, 342648.48000000045 5575088.380000001, 342651.58999999985 5575084.33, 342658.53000000026 5575075.26, 342671.5800000001 5575060.32, 342673.7400000002 5575052.859999999, 342670.01999999955 5574998.92, 342674.41000000015 5574978.27, 342679.9299999997 5574971.59, 342707.3499999996 5574958.34, 342718.6699999999 5574949.289999999, 342729.4900000002 5574937.359999999, 342733.5499999998 5574928.449999999, 342742.6900000004 5574890.98, 342754.5999999996 5574867.279999999, 342763.20999999996 5574860.859999999, 342782.5499999998 5574851.58, 342892.88999999966 5574815.800000001, 342903.45999999996 5574811.4, 342915.28000000026 5574811.890000001, 342935.7000000002 5574803.380000001, 342942.13999999966 5574795.289999999, 342945.8300000001 5574791.73, 342950.9400000004 5574782.33, 342955.7599999998 5574767.41, 342988.3099999996 5574752.869999999, 342989.96999999974 5574742.050000001, 342991.95999999996 5574736.619999999, 342989.4500000002 5574731.800000001, 342986.03000000026 5574725.18, 342983.54000000004 5574720.390000001, 342981.5099999998 5574715.48, 342981.13999999966 5574702.09, 342979.16000000015 5574697.43, 342976.70999999996 5574692.93, 342955.91000000015 5574669.039999999, 342949.5999999996 5574654.08, 342948.5 5574651.470000001, 342930.8799999999 5574622.77, 342901.3200000003 5574583.789999999, 342898.5599999996 5574573.84, 342888.3099999996 5574561.640000001, 342887.0999999996 5574559.76, 342826.4299999997 5574465.8100000005, 342810.9000000004 5574444.890000001, 342792.4299999997 5574424.77, 342783.5099999998 5574423.48, 342777.41000000015 5574416.99, 342774.4500000002 5574404.75, 342749.75 5574365.210000001, 342725.26999999955 5574322.6, 342712.4299999997 5574310.58, 342702.29000000004 5574305.220000001, 342697.4500000002 5574298.27, 342679.5599999996 5574284.42, 342675.13999999966 5574276.119999999, 342667.51999999955 5574234.07, 342660.0800000001 5574224.8100000005, 342652.2599999998 5574207.630000001, 342649.2000000002 5574200.91, 342635.5499999998 5574180.3100000005, 342627.3300000001 5574150.390000001, 342611.66000000015 5574139.029999999, 342573.61000000034 5574089.9399999995, 342555.36000000034 5574063.68, 342562.33999999985 5574061.789999999, 342570.86000000034 5574066.98, 342575.8099999996 5574064.960000001, 342575.1500000004 5574061.07, 342559.5999999996 5574052.93, 342553.20999999996 5574047.67, 342524.63999999966 5574007.24, 342517.5800000001 5573989.49, 342508.28000000026 5573966.130000001, 342502.4199999999 5573948.43, 342499.0099999998 5573945.970000001, 342496.51999999955 5573944.66, 342495.0800000001 5573944.23, 342493.5800000001 5573944.26, 342492.16000000015 5573944.77, 342490.96999999974 5573945.6899999995, 342489.8099999996 5573947.67, 342488.16000000015 5573949.869999999, 342486.5499999998 5573951.51, 342485.6500000004 5573952.26, 342484.5800000001 5573952.449999999, 342483.21999999974 5573952.33, 342482.0099999998 5573951.66, 342480.5099999998 5573950.449999999, 342479.13999999966 5573949.01, 342478.38999999966 5573945.34, 342478.6200000001 5573942.25, 342479.0700000003 5573938.890000001, 342479.61000000034 5573934.050000001, 342479.63999999966 5573930.550000001, 342475.66000000015 5573926.33, 342479.83999999985 5573912.57, 342482.1699999999 5573900.48, 342479.6500000004 5573872.710000001, 342466.8700000001 5573846.65, 342455.7000000002 5573846.050000001, 342452.5 5573839.0600000005, 342457.45999999996 5573829.119999999, 342449.5099999998 5573832.539999999, 342438.5499999998 5573829.6, 342433.1699999999 5573820.15, 342431.4900000002 5573808.8100000005, 342438.36000000034 5573798.91, 342433.2000000002 5573779.15, 342426.33999999985 5573768.34, 342425.9000000004 5573752.16, 342416.9500000002 5573729.539999999, 342394.7000000002 5573726.390000001, 342383.76999999955 5573722.25, 342371.1200000001 5573711.9, 342375.0099999998 5573706.66, 342383.08999999985 5573705.34, 342384.61000000034 5573687.51, 342381.58999999985 5573676.91, 342374.8799999999 5573665.619999999, 342373.75 5573658.23, 342367.8799999999 5573647.66, 342365.2400000002 5573614.68, 342361.91000000015 5573623.720000001, 342347.58999999985 5573629.77, 342342.46999999974 5573638.92, 342336.08999999985 5573643.970000001, 342333.5599999996 5573642.859999999, 342320.0999999996 5573636.99, 342302.2400000002 5573616.539999999, 342308.04000000004 5573611.68, 342302.6200000001 5573589.35, 342300.2999999998 5573588.1899999995, 342292.3300000001 5573596.49, 342280.96999999974 5573591.289999999, 342266.6799999997 5573572.550000001, 342269.2400000002 5573557.34, 342273.5700000003 5573558.93, 342288.1500000004 5573564.279999999, 342284.08999999985 5573507.539999999, 342258.6299999999 5573484.76, 342248.2999999998 5573498.029999999, 342236.03000000026 5573476.77, 342224.53000000026 5573473.9, 342217.8499999996 5573460.57, 342222.26999999955 5573455.369999999, 342228.04000000004 5573456.199999999, 342226.79000000004 5573448.130000001, 342225.29000000004 5573447.91, 342219.5999999996 5573444.880000001, 342197.86000000034 5573442.789999999, 342196.36000000034 5573422.119999999, 342187.2599999998 5573420.609999999, 342180.76999999955 5573427.91, 342181.04000000004 5573439.449999999, 342145.36000000034 5573438.4399999995, 342145.4299999997 5573430.26, 342149.5999999996 5573423.98, 342143.3499999996 5573406.75, 342126.78000000026 5573398.890000001, 342119.83999999985 5573408.970000001, 342092.1799999997 5573398.119999999, 342082.1200000001 5573394.4, 342078.9199999999 5573389.76, 342082.2999999998 5573384.27, 342091.51999999955 5573382.5600000005, 342067.95999999996 5573361.66, 342076.0499999998 5573348.35, 342051.04000000004 5573313.73, 342049.63999999966 5573314.59, 342040.26999999955 5573320.300000001, 342000.13999999966 5573279.74, 341976.6200000001 5573266.039999999, 341966.36000000034 5573267.93, 341980.2400000002 5573281.93, 341972.23000000045 5573289.73, 341969.0499999998 5573293.51, 341960.38999999966 5573283.130000001, 341956.11000000034 5573286.91, 341933.16000000015 5573283.460000001, 341927.2000000002 5573275.51, 341926.53000000026 5573255.630000001, 341904.9400000004 5573267.26, 341898.16000000015 5573267.699999999, 341892.2000000002 5573268.08, 341886.4500000002 5573255.4, 341879.9400000004 5573256.99, 341869.1200000001 5573246.3100000005, 341866.5999999996 5573234.029999999, 341882.0099999998 5573234.52, 341872.2400000002 5573214.1, 341841.26999999955 5573226.609999999, 341830.76999999955 5573222.890000001, 341834.88999999966 5573202.43, 341818.4299999997 5573190.949999999, 341808.88999999966 5573191.8100000005, 341803.4000000004 5573190.029999999, 341789.9400000004 5573185.66, 341788.75 5573185.279999999, 341759.6299999999 5573175.84, 341742.91000000015 5573155.720000001, 341705.48000000045 5573144.41, 341673.1500000004 5573113.380000001, 341652.5099999998 5573110.41, 341631.8300000001 5573091.890000001, 341631.4199999999 5573091.52, 341615.4199999999 5573065.0600000005, 341558.6900000004 5573020.0600000005, 341535.28000000026 5573004.6, 341487.79000000004 5572996.6, 341479.86000000034 5572995.25, 341459.8099999996 5572985.539999999, 341444.5499999998 5572969.220000001, 341436.0599999996 5572948.699999999, 341436.4500000002 5572921.199999999, 341444.1799999997 5572904.369999999, 341444.73000000045 5572903.199999999, 341444.96999999974 5572902.720000001, 341445.51999999955 5572901.5600000005, 341446.23000000045 5572900.08, 341448.9500000002 5572894.390000001, 341449.46999999974 5572893.33, 341450.8099999996 5572890.52, 341464.86000000034 5572860, 341456.0499999998 5572820.52, 341448.6500000004 5572787.300000001, 341425.2599999998 5572750.58, 341421.0099999998 5572742.8100000005, 341414.9299999997 5572731.699999999, 341402.36000000034 5572717.199999999, 341397.23000000045 5572691.35, 341397.36000000034 5572685.82, 341394.2999999998 5572682.01, 341395.01999999955 5572679.5600000005, 341393.8700000001 5572665.34, 341393.4500000002 5572652.289999999, 341376.83999999985 5572596.34, 341373.8300000001 5572583.289999999, 341351.5700000003 5572549.02, 341340.8799999999 5572529.25, 341336.2999999998 5572509.23, 341337.08999999985 5572503.640000001, 341342.4500000002 5572501.1899999995, 341342.41000000015 5572502.77, 341342.21999999974 5572509.51, 341346.75 5572526.9, 341357.28000000026 5572546.8100000005, 341379.2599999998 5572580.5600000005, 341383 5572594.039999999, 341403.13999999966 5572659.140000001, 341403.4299999997 5572659.82, 341409.6500000004 5572674.859999999, 341405.9299999997 5572675.34, 341405.45999999996 5572674.789999999, 341404.7999999998 5572676.02, 341404.1299999999 5572689.210000001, 341403.86000000034 5572689.140000001, 341403.66000000015 5572693.539999999, 341403.2400000002 5572693.99, 341406.9299999997 5572714.43, 341411.03000000026 5572719.49, 341418.8300000001 5572729.109999999, 341430.63999999966 5572745.199999999, 341455.29000000004 5572784.369999999, 341460.16000000015 5572812.17, 341467.26999999955 5572852.9, 341468.7999999998 5572861.66, 341455.6500000004 5572899.24, 341455.16000000015 5572900.01, 341451.70999999996 5572905.48, 341449.9199999999 5572908.3100000005, 341442.3700000001 5572926.720000001, 341442.3099999996 5572947.470000001, 341449.7599999998 5572965.91, 341463.45999999996 5572980.23, 341481.23000000045 5572989.279999999, 341537 5572998.699999999, 341562.26999999955 5573015.619999999, 341619.36000000034 5573060.27, 341624.83999999985 5573069.24, 341635.3700000001 5573086.449999999, 341655.75 5573105.1, 341676.53000000026 5573108.050000001, 341710.75 5573139.699999999, 341747.3300000001 5573150.43, 341763.5599999996 5573170.35, 341805.1900000004 5573183.960000001, 341810.6200000001 5573185.74, 341819.8200000003 5573184.5600000005, 341825.79000000004 5573188.710000001, 341841.28000000026 5573199.4399999995, 341835.9299999997 5573219.949999999, 341838.4000000004 5573222.76, 341875.21999999974 5573208.529999999, 341886.5099999998 5573232.5600000005, 341883.8300000001 5573238.65, 341873.41000000015 5573239.369999999, 341877 5573245.130000001, 341888.83999999985 5573244.07, 341896.6699999999 5573263.199999999, 341930.1500000004 5573249.029999999, 341935.5700000003 5573278.99, 341953.46999999974 5573282.65, 341959.7599999998 5573277.619999999, 341970.3200000003 5573284.289999999, 341973.3799999999 5573280.140000001, 341960.86000000034 5573273.369999999, 341958.7000000002 5573267.8100000005, 341963.5800000001 5573262.48, 341977.2999999998 5573261.82, 341997.6699999999 5573269.8100000005, 342042.2400000002 5573311.57, 342051.0700000003 5573306.74, 342080.9299999997 5573348.67, 342075.71999999974 5573360.57, 342100.5999999996 5573384.699999999, 342085.70999999996 5573389.039999999, 342112.8499999996 5573397.970000001, 342117.9000000004 5573401.5, 342122.7400000002 5573392.76, 342129.6900000004 5573393.33, 342149.66000000015 5573404.33, 342156.63999999966 5573428.26, 342150.8700000001 5573433.74, 342177.33999999985 5573434.539999999, 342176.21999999974 5573423.789999999, 342193.4000000004 5573413.779999999, 342195.88999999966 5573415.6899999995, 342201.3099999996 5573419.859999999, 342202.9400000004 5573439.57, 342228.25 5573441.619999999, 342230.0700000003 5573444.970000001, 342236.08999999985 5573456.039999999, 342233.0800000001 5573462.16, 342226.3099999996 5573460.699999999, 342223.5800000001 5573462.210000001, 342227.41000000015 5573469.25, 342239.04000000004 5573472.619999999, 342248.48000000045 5573487.17, 342260.38999999966 5573478.5, 342263.61000000034 5573480.210000001, 342279.70999999996 5573488.77, 342291.2599999998 5573505.93, 342291.3200000003 5573518.6899999995, 342291.45999999996 5573558.6, 342291.48000000045 5573561.9, 342291.5099999998 5573570.09, 342272.75 5573567.76, 342289.5 5573590.77, 342301.7599999998 5573581.359999999, 342320.2000000002 5573591.710000001, 342322.38999999966 5573608.5600000005, 342311.7400000002 5573619.51, 342322.6799999997 5573629.6899999995, 342330.6799999997 5573629.6, 342342.96999999974 5573624.619999999, 342347.3200000003 5573615.859999999, 342356.29000000004 5573619.23, 342359.23000000045 5573608.619999999, 342362.8499999996 5573607.050000001, 342369.5599999996 5573610.67, 342373.53000000026 5573645.32, 342378.7400000002 5573656.84, 342390.1299999999 5573684.77, 342389.79000000004 5573689.08, 342389.1299999999 5573697.41, 342386.7400000002 5573714.119999999, 342391.28000000026 5573718.3100000005, 342409.0700000003 5573719.880000001, 342415.21999999974 5573722.99, 342421.4000000004 5573726.140000001, 342422.28000000026 5573726.57, 342429.7999999998 5573751.289999999, 342432.63999999966 5573765.199999999, 342442.58999999985 5573789.16, 342441.71999999974 5573803.359999999, 342435.16000000015 5573810.970000001, 342439.8499999996 5573823.76, 342447.48000000045 5573827.84, 342461.1299999999 5573821.630000001, 342472.70999999996 5573844.8100000005, 342483.45999999996 5573871.33, 342486.7400000002 5573898.4, 342484.4400000004 5573910.8100000005, 342484.6900000004 5573916.710000001, 342484.33999999985 5573929.92, 342488.11000000034 5573934.619999999, 342500.4900000002 5573928.85, 342513.08999999985 5573964.1899999995, 342529.9199999999 5574004.1, 342564.5999999996 5574050.91, 342571.4000000004 5574052.15, 342577.29000000004 5574053.220000001, 342582.3700000001 5574062.6899999995, 342579.8300000001 5574066.83, 342578.1299999999 5574069.59, 342568.33999999985 5574071.6899999995, 342579.70999999996 5574089.27, 342618.13999999966 5574136.1, 342618.8300000001 5574137.359999999, 342622.41000000015 5574135.82, 342633.2999999998 5574147.050000001, 342641.04000000004 5574177.8100000005, 342652.53000000026 5574198.43, 342655.8300000001 5574204.57, 342665.9000000004 5574223.3100000005, 342673.11000000034 5574232.1899999995, 342683.0700000003 5574278.51, 342690.1299999999 5574285.449999999, 342700.54000000004 5574290.73, 342721.0499999998 5574309.92, 342742.9000000004 5574335.08, 342757.5 5574362.84, 342779.1799999997 5574397.140000001, 342782.4000000004 5574412.300000001, 342787.7999999998 5574418.460000001, 342798.96999999974 5574421.67, 342815.9299999997 5574443.27, 342829.66000000015 5574461.779999999, 342892.53000000026 5574558.720000001, 342904.4900000002 5574571.74, 342906.1500000004 5574578.66, 342914.3300000001 5574585.41, 342942.63999999966 5574633.1, 342952.6799999997 5574646.359999999, 342963.1299999999 5574666.85, 342980.63999999966 5574691.359999999, 342981.23000000045 5574692.869999999, 342982.8300000001 5574696.91, 342986.48000000045 5574716.15, 342989.0099999998 5574720.640000001, 342993.11000000034 5574727.869999999, 342996.1699999999 5574733.27, 342998.9000000004 5574743.949999999, 343010.76999999955 5574746.8100000005, 343018.8200000003 5574744.3100000005, 343019.1299999999 5574745.01, 343039.28000000026 5574738.039999999, 343046.6299999999 5574737.73, 343048.9400000004 5574738.34, 343063.54000000004 5574742.48, 343074.0800000001 5574743.23, 343078.9500000002 5574742.99, 343089.3200000003 5574740.33, 343101.6699999999 5574730.6, 343104.75 5574727.48, 343109.53000000026 5574721.869999999, 343116.2000000002 5574716.26, 343125.28000000026 5574712.859999999, 343134.41000000015 5574711.859999999, 343153.41000000015 5574711.23, 343162.23000000045 5574712.42, 343169.8300000001 5574714.449999999, 343178.5700000003 5574713.51, 343188.7000000002 5574714.6899999995, 343195.88999999966 5574716.039999999, 343201.46999999974 5574714.529999999, 343218.8499999996 5574717.380000001, 343224.3300000001 5574718.6899999995, 343228.11000000034 5574720.460000001, 343232.4299999997 5574724.35, 343240.6699999999 5574730.6899999995, 343250.0700000003 5574737.640000001, 343259.6699999999 5574739.039999999, 343269.4900000002 5574742.51, 343284.01999999955 5574753.390000001, 343326.8499999996 5574768.199999999, 343332.46999999974 5574768.970000001, 343392.03000000026 5574777.1899999995, 343467.1500000004 5574787.5600000005, 343475.96999999974 5574786.550000001, 343484.9400000004 5574781.35, 343489.8799999999 5574772.17, 343501.4900000002 5574717.43, 343544.2400000002 5574623.869999999, 343540.13999999966 5574610.4399999995, 343536.88999999966 5574605.949999999, 343536.16000000015 5574604.949999999, 343531.6200000001 5574596.75, 343525.3099999996 5574586.0600000005, 343522.9299999997 5574576.57, 343528.01999999955 5574566.609999999, 343532.8799999999 5574559.85, 343534.51999999955 5574559.109999999, 343540.3499999996 5574556.4399999995, 343550.4000000004 5574539.539999999, 343555.20999999996 5574532.85, 343557.0999999996 5574525.390000001, 343562.4199999999 5574515.57, 343566.2599999998 5574512.58, 343566.0999999996 5574509.5600000005, 343567.45999999996 5574507.9, 343569.4000000004 5574505.02, 343569.58999999985 5574492.359999999, 343567.8700000001 5574490.16, 343565.45999999996 5574487.539999999, 343558.45999999996 5574484.98, 343552.96999999974 5574481.279999999, 343550.25 5574479.449999999, 343541.9199999999 5574476.779999999, 343532.7400000002 5574468.5600000005, 343532.73000000045 5574451.029999999, 343526.54000000004 5574443.380000001, 343526.3499999996 5574439.449999999, 343526.11000000034 5574434.48, 343534.8799999999 5574419.640000001, 343535.48000000045 5574418.609999999, 343542.63999999966 5574409, 343545.8300000001 5574401.699999999, 343547.3499999996 5574396.289999999, 343550.9500000002 5574375.65, 343550.4500000002 5574369.369999999, 343550.3499999996 5574368.1899999995, 343547.46999999974 5574361.890000001, 343535.76999999955 5574345.140000001, 343534.2400000002 5574339.26, 343531.6699999999 5574329.77, 343520.5800000001 5574318.779999999, 343515.29000000004 5574316.470000001, 343510.3700000001 5574314.3100000005, 343506.70999999996 5574310.57, 343504.4900000002 5574308.289999999, 343500.48000000045 5574302.890000001, 343498.4400000004 5574295.52, 343494.6500000004 5574271.74, 343494.9299999997 5574264.789999999, 343496.5999999996 5574257.949999999, 343499.7000000002 5574251.779999999, 343510.0700000003 5574240.09, 343514.6699999999 5574234.9, 343517.6200000001 5574234.65, 343521.91000000015 5574234.16, 343523.0099999998 5574232.73, 343521.9000000004 5574229.76, 343521.01999999955 5574227.74, 343519.5 5574224.32, 343518.5499999998 5574213.220000001, 343522.4199999999 5574212.27, 343527.5800000001 5574216.890000001, 343533.7999999998 5574209.869999999, 343539.45999999996 5574208.6, 343542.98000000045 5574206.359999999, 343551.63999999966 5574193.050000001, 343555.71999999974 5574185.66, 343559.75 5574182.65, 343571.88999999966 5574188.49, 343581.8099999996 5574184.93, 343589.7400000002 5574177.5, 343586.9400000004 5574174.67, 343589.20999999996 5574167.67, 343596.9299999997 5574161.42, 343605.1299999999 5574161.5600000005, 343605.7000000002 5574159.17, 343599.33999999985 5574156.619999999, 343598.95999999996 5574152.699999999, 343601.51999999955 5574143.84, 343606 5574143.380000001, 343610.5 5574144.92, 343614.1200000001 5574150.619999999, 343617.36000000034 5574153.91, 343618.78000000026 5574156.02, 343623.7599999998 5574158.789999999, 343629.76999999955 5574158.57, 343638.3700000001 5574156.76, 343651.6799999997 5574155.109999999, 343662.5 5574150.85, 343664.1799999997 5574151.529999999, 343672.46999999974 5574150.82, 343681.8700000001 5574148.4, 343685.3300000001 5574148.41, 343688.33999999985 5574148.41, 343697.36000000034 5574142.18, 343710.26999999955 5574137.720000001, 343717.8499999996 5574136.65, 343722.8499999996 5574137.1, 343733.7599999998 5574126.380000001, 343736.9900000002 5574125.09, 343729.7999999998 5574121.210000001, 343730.0099999998 5574116.300000001, 343736.8200000003 5574106.619999999, 343743.7599999998 5574109.08, 343746.0800000001 5574109.91, 343748.5999999996 5574109.619999999, 343751 5574107.27, 343748.54000000004 5574104.289999999, 343747.5 5574103.039999999, 343746.4500000002 5574094.390000001, 343756.3200000003 5574090.0600000005, 343757.61000000034 5574090.59, 343757.0099999998 5574091.4, 343758.6200000001 5574091.75, 343761.33999999985 5574092.34, 343785.63999999966 5574100.9399999995, 343790.9900000002 5574095.619999999, 343791.9299999997 5574096.199999999, 343793.71999999974 5574091.359999999, 343796.8300000001 5574082.970000001, 343803.2999999998 5574079.91, 343809.21999999974 5574073.3100000005, 343820.1900000004 5574068.26, 343820.70999999996 5574067.83, 343821.91000000015 5574062.029999999, 343826.5 5574057.859999999, 343835.54000000004 5574057.16, 343848.2599999998 5574060.720000001, 343854.1900000004 5574060.65, 343858.91000000015 5574058.92, 343865.9000000004 5574056.369999999, 343875.33999999985 5574058.390000001, 343877.8300000001 5574059.9399999995, 343881.4299999997 5574060.140000001, 343888.4299999997 5574064.43, 343894.9000000004 5574061.5600000005, 343895.48000000045 5574054.720000001, 343897.5599999996 5574053.48, 343899.3200000003 5574050.949999999, 343905.95999999996 5574049.41, 343913.1699999999 5574045.789999999, 343939.9500000002 5574030.289999999, 343943.46999999974 5574026.960000001, 343944.21999999974 5574024.890000001, 343946.8700000001 5574021.6, 343951.9000000004 5574018.57, 343952.25 5574014.92, 343954.9199999999 5574012.75, 343961.25 5574014.199999999, 343967.1299999999 5574008.859999999, 343965.2999999998 5574003.720000001, 343969.6699999999 5573999.24, 343974.9900000002 5573996.8100000005, 343971.5499999998 5573990.32, 343972.7000000002 5573989.01, 343973.5499999998 5573987.119999999, 343975.8300000001 5573986.35, 343985.25 5573985.199999999, 343989.48000000045 5573980.6899999995, 343989.3700000001 5573975.539999999, 343989.7599999998 5573972.33, 343985.6200000001 5573971.07, 343987.8200000003 5573964, 343993.21999999974 5573962.59, 343989.75 5573956.77, 343984.7599999998 5573955.26, 343980.6500000004 5573951.279999999, 343985.7000000002 5573945.83, 343985.9500000002 5573943.34, 343982.38999999966 5573942.35, 343980.6200000001 5573941.859999999, 343981.83999999985 5573938.73, 343983.5800000001 5573935.74, 343996.2400000002 5573925.51, 344005.0999999996 5573920.09, 344006.26999999955 5573916.41, 344005.74</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5605-306</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5605-306</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5605-306.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5605-306.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -528,90 +528,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-028" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5605-306" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5605-306" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5605-306.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-028" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5605-306" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5605-306" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5605-306.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="78.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -685,51 +685,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108855</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.91093094586</v>
+        <v>46067.49148721638</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>