--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5512-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((414566.6900000004 5584201.970000001, 414566.4900000002 5584202.99, 414565.63999999966 5584202.949999999, 414489.0099999998 5584198.68, 414474.4400000004 5584197.869999999, 414410.6500000004 5584187.66, 414406.4400000004 5584188.52, 414339.45999999996 5584178.35, 414306.6299999999 5584173.359999999, 414278.25 5584168.890000001, 414276.91000000015 5584168.68, 414227.5499999998 5584161.32, 414206.1699999999 5584158.119999999, 414205 5584157.949999999, 414135.4000000004 5584147.41, 414081.5 5584139.25, 414080.21999999974 5584139.050000001, 414057.0700000003 5584135.550000001, 414055.8499999996 5584135.369999999, 414057.1200000001 5584175.5, 414058.4900000002 5584221.449999999, 414060.2000000002 5584264.18, 414098.6500000004 5584266.75, 414133.04000000004 5584269.039999999, 414183.4500000002 5584268.960000001, 414259.26999999955 5584268.85, 414281.1900000004 5584273.42, 414299.9900000002 5584277.35, 414319.8200000003 5584281.5, 414349.98000000045 5584281.43, 414437.0700000003 5584301.369999999, 414529.33999999985 5584979.970000001, 414531.7400000002 5584979.9399999995, 414547 5584976.77, 414573.95999999996 5584969.09, 414571.3099999996 5584972.1, 414563.1900000004 5584986.029999999, 414562.79000000004 5584987.4, 414554.96999999974 5585005.25, 414543.28000000026 5585032.609999999, 414540.7400000002 5585038.220000001, 414540.1200000001 5585039.859999999, 414546.95999999996 5585046.720000001, 414558.3300000001 5585058.130000001, 414561.5499999998 5585058.550000001, 414561.0099999998 5585071.67, 414560.79000000004 5585076.859999999, 414560.7400000002 5585078.15, 414534.0599999996 5585083.02, 414533.78000000026 5585087.300000001, 414530.7599999998 5585132.699999999, 414557.54000000004 5585132.77, 414582.9000000004 5585132.84, 414596.41000000015 5585132.880000001, 414667 5585133.08, 414677.6500000004 5585133.1, 414723.58999999985 5585133.210000001, 414743.36000000034 5585133.26, 414753.96999999974 5585132.98, 414754.3099999996 5585133.98, 414755.6799999997 5585134.3100000005, 414729.5 5585205.039999999, 414744.48000000045 5585257.84, 414808.6299999999 5585347.77, 414832.23000000045 5585374.83, 414841.5 5585399.960000001, 414840.9299999997 5585435.5, 414845.29000000004 5585475.33, 414864.23000000045 5585517.08, 414883.9000000004 5585545.800000001, 414889.2400000002 5585567.43, 414937.0700000003 5585583.460000001, 414968.33999999985 5585593.93, 414960.2000000002 5585617.390000001, 414934.5 5585689.25, 414866.3799999999 5585858.0600000005, 414856.48000000045 5585878.5600000005, 414850.7599999998 5585890.4, 414848.91000000015 5585894.220000001, 414842.04000000004 5585908.470000001, 414841.1299999999 5585910.34, 414835.53000000026 5585940.27, 414810.54000000004 5586020.3100000005, 414791.5700000003 5586087.390000001, 414790.8700000001 5586089.869999999, 414780.28000000026 5586127.3100000005, 414774.58999999985 5586149.84, 414773.3300000001 5586153.5, 414767.8200000003 5586169.470000001, 414765.88999999966 5586175.08, 414764.6799999997 5586173.1899999995, 414746.45999999996 5586223.9399999995, 414724.6299999999 5586285.3100000005, 414715.5599999996 5586313.789999999, 414707.45999999996 5586338.73, 414679.51999999955 5586320.01, 414656.8700000001 5586304.82, 414608.1299999999 5586272.130000001, 414552.41000000015 5586380.18, 414550.83999999985 5586383.210000001, 414457.66000000015 5586378.91, 414452.98000000045 5586379.4, 414447.01999999955 5586380.029999999, 414411.6500000004 5586383.73, 414369.2599999998 5586388.15, 414363.58999999985 5586388.75, 414359.5700000003 5586389.16, 414358.3099999996 5586391.83, 414221.78000000026 5586684.699999999, 414073.9900000002 5586620.6899999995, 414070.0599999996 5586629.83, 414044.7999999998 5586688.609999999, 414163.45999999996 5586727.59, 414184.3799999999 5586722.42, 414173.0700000003 5586742.869999999, 414190.95999999996 5586751.17, 414176.91000000015 5586780.84, 414157.9500000002 5586804.859999999, 414147.01999999955 5586802.619999999, 414146.1900000004 5586815.4, 414137 5586956.619999999, 414186.86000000034 5586960.029999999, 414184.79000000004 5586973.01, 414184.45999999996 5586975.039999999, 414184.1500000004 5586976.99, 414182.4500000002 5586987.66, 414181.6299999999 5586992.710000001, 414179.1200000001 5587008.470000001, 414177.13999999966 5587020.869999999, 414176.6699999999 5587023.8100000005, 414173.6500000004 5587042.609999999, 414169.98000000045 5587065.59, 414162.86000000034 5587110.140000001, 414163.86000000034 5587134.83, 414164 5587138.17, 414169.9500000002 5587284.58, 414180.0700000003 5587532.75, 413663.0599999996 5587527.880000001, 413661.9900000002 5587532.050000001, 413640.4900000002 5587615.93, 413615.8499999996 5587712.09, 413597.0599999996 5587785.369999999, 413591.5 5587807.08, 413590.73000000045 5587810.0600000005, 413114.23000000045 5587695.890000001, 413187.8300000001 5587406.67, 413264.76999999955 5587104.539999999, 412778.6799999997 5586990.789999999, 412696.7999999998 5586973.050000001, 412393.29000000004 5586904.9, 412384.6200000001 5586902.960000001, 412375.6799999997 5586902.82, 412116.91000000015 5586898.84, 411768.2599999998 5586892.93, 411720.9000000004 5586973.619999999, 411670.28000000026 5587059.84, 411644.5099999998 5587103.75, 411608.6299999999 5587092.67, 411471.9000000004 5587065.82, 411322.20999999996 5587035.8100000005, 411233.91000000015 5587028.08, 411077.41000000015 5586995.91, 410918.3799999999 5586946.42, 410751.3799999999 5586896.34, 410613.73000000045 5586861.880000001, 410362.8200000003 5586882.4, 410004.58999999985 5586908.48, 409977.78000000026 5586911.130000001, 409968.8200000003 5586900.279999999, 409965.9299999997 5586896.789999999, 409452.5 5586917.3100000005, 409451.2999999998 5586902.83, 409441.86000000034 5586874.4399999995, 409431.88999999966 5586846.640000001, 409423.1500000004 5586822.1, 409411.0999999996 5586797.6899999995, 409395.7599999998 5586773.970000001, 409381.66000000015 5586753.51, 409340.5599999996 5586708.4399999995, 409313.3700000001 5586679.109999999, 409271 5586629.92, 409256.9199999999 5586610.02, 409249.70999999996 5586595.93, 409244.46999999974 5586575.67, 409238.48000000045 5586536.640000001, 409229.7599999998 5586471.720000001, 409230.21999999974 5586459.6899999995, 409225.6500000004 5586451.859999999, 408802.0800000001 5585828.449999999, 408799.13999999966 5585824.109999999, 408608.45999999996 5585543.17, 408545.61000000034 5585450.09, 408542.2599999998 5585445.18, 408350.9900000002 5585165.33, 408427.46999999974 5584979.779999999, 408474.1799999997 5584879.359999999, 408537.95999999996 5584765.48, 408500.5099999998 5584722.960000001, 408434.5 5584648.02, 408397.28000000026 5584606.77, 408084.51999999955 5584364, 408078.29000000004 5584359.16, 408078.29000000004 5584359.1, 407972.6200000001 5584368.74, 407937.7999999998 5584371.279999999, 407937.63999999966 5584369.640000001, 407934.5 5584340.140000001, 407933.4400000004 5584330.210000001, 407918.9900000002 5584303.470000001, 407907.51999999955 5584298.470000001, 407882.7400000002 5584287.67, 407861.04000000004 5584278.220000001, 407839.4000000004 5584268.789999999, 407808.21999999974 5584255.199999999, 407816.66000000015 5584153.6899999995, 407818.23000000045 5584134.890000001, 407850.5599999996 5584146.859999999, 407878.21999999974 5584072.18, 407879.8300000001 5584067.84, 407881.7999999998 5584062.49, 407831.1900000004 5584043.75, 407723.9500000002 5583964.720000001, 407737.5700000003 5583904.26, 407782.8200000003 5583934.949999999, 407827.51999999955 5583943.289999999, 407831.96999999974 5583942.33, 407833.6200000001 5583930.33, 407832.03000000026 5583927.550000001, 407832.7000000002 5583923.4399999995, 407851.4400000004 5583808.949999999, 407854.13999999966 5583792.42, 407867.96999999974 5583707.85, 407868.70999999996 5583703.99, 407871.0999999996 5583703.99, 407895.6500000004 5583704.35, 407914.48000000045 5583706.25, 407932.98000000045 5583712.25, 407971.58999999985 5583728.99, 408034.2000000002 5583756.140000001, 408040.6799999997 5583759.199999999, 408051.75 5583771.07, 408066.6200000001 5583771.539999999, 408068.5099999998 5583769.52, 408134.23000000045 5583798.039999999, 408138.01999999955 5583799.66, 408163.63999999966 5583802.74, 408169.28000000026 5583801.6, 408193.28000000026 5583796.76, 408218.71999999974 5583782.380000001, 408220.51999999955 5583780.5600000005, 408234.8799999999 5583765.91, 408246.98000000045 5583753.59, 408255.76999999955 5583745.529999999, 408260.76999999955 5583680.83, 408264.79000000004 5583659.32, 408287.8499999996 5583569.26, 408294.38999999966 5583544.050000001, 408306.79000000004 5583517.800000001, 408319.4299999997 5583494.359999999, 408328.6500000004 5583482.550000001, 408352.21999999974 5583468.9, 408378.61000000034 5583467.890000001, 408400.4000000004 5583474.16, 408422.6699999999 5583484.57, 408450.29000000004 5583502.779999999, 408514.71999999974 5583547.720000001, 408542.46999999974 5583579.02, 408579.3700000001 5583608.35, 408597.1799999997 5583620.9, 408619.4900000002 5583646.550000001, 408632.6900000004 5583665.619999999, 408636.4500000002 5583671.050000001, 408637.4900000002 5583672.550000001, 408659.6200000001 5583700.380000001, 408691.98000000045 5583735.42, 408749.86000000034 5583800.289999999, 408760.1299999999 5583809.369999999, 408797.3099999996 5583832.16, 408817.6699999999 5583845.6899999995, 408829.76999999955 5583856.869999999, 408842.2599999998 5583871.1, 408849.5 5583879.33, 408857.6500000004 5583891.15, 408859.53000000026 5583893.859999999, 408866.45999999996 5583896.300000001, 408874.29000000004 5583899.1, 408891.46999999974 5583899.43, 408892.8099999996 5583899.029999999, 408895.0099999998 5583898.359999999, 408904.6699999999 5583895.4399999995, 408909.63999999966 5583893.9399999995, 408911.83999999985 5583893.27, 408936.3799999999 5583875.039999999, 408937.3300000001 5583872.67, 408938.76999999955 5583869.140000001, 408943.1900000004 5583858.289999999, 408946.9500000002 5583838.32, 408944.3200000003 5583825.33, 408940.8799999999 5583808.279999999, 408934.78000000026 5583762.84, 408909.66000000015 5583715.85, 408887.9500000002 5583682.17, 408848.03000000026 5583651.5600000005, 408815.0499999998 5583623.279999999, 408788.8300000001 5583594.720000001, 408761.6900000004 5583550.539999999, 408749.0800000001 5583523.470000001, 408747.9900000002 5583519.15, 408743.1900000004 5583500.210000001, 408744.2999999998 5583488.34, 408757.1200000001 5583465.140000001, 408758.2400000002 5583436.67, 408745.4199999999 5583384.84, 408721.1699999999 5583354.74, 408692.3200000003 5583304.390000001, 408667.04000000004 5583227.51, 408647.71999999974 5583180.9, 408644.03000000026 5583169.699999999, 408857.16000000015 5583238.85, 408900.25 5583168.43, 408977.6200000001 5583043.5600000005, 409064.5 5582991.5600000005, 409073.3499999996 5583002.98, 409084.2400000002 5583012.49, 409139.8200000003 5583054.34, 409195.38999999966 5583096.15, 409235.58999999985 5583124.02, 409288.8799999999 5583157.800000001, 409320.11000000034 5583177.609999999, 409404.6500000004 5583231.210000001, 409485.63999999966 5583281.220000001, 409497.66000000015 5583288.619999999, 409566.54000000004 5583313.550000001, 409579.95999999996 5583318.41, 409608.33999999985 5583328.68, 409790.6699999999 5583398.43, 409878.9500000002 5583432.1899999995, 409940.3099999996 5583455.720000001, 410001.5999999996 5583479.09, 410095.1200000001 5583514.83, 410124.6299999999 5583519.48, 410150.0599999996 5583521.41, 410189.1900000004 5583524.359999999, 410253.8700000001 5583529.24, 410353.2000000002 5583537.550000001, 410452.83999999985 5583545.960000001, 410490.8799999999 5583549.77, 410552.53000000026 5583555.93, 410647.2599999998 5583565.9, 410745.8799999999 5583578.3100000005, 410770.66000000015 5583584.199999999, 410794.78000000026 5583590.51, 410819.9500000002 5583599.52, 410820.8099999996 5583571.98, 410768.4299999997 5583422.91, 410718.9500000002 5583281.720000001, 410658.95999999996 5583110.220000001, 410646.86000000034 5583080.26, 410614.3499999996 5583034.49, 410589.2000000002 5582903.449999999, 410587.5599999996 5582894.960000001, 410580.01999999955 5582855.66, 410725.4299999997 5582622.789999999, 410726.75 5582621.0600000005, 410728.8300000001 5582618.359999999, 410744.9299999997 5582597.33, 410784.8799999999 5582451.07, 410782.8700000001 5582401.619999999, 410799.8799999999 5582314.32, 410766.4900000002 5582255.470000001, 410744.46999999974 5582195.3100000005, 410717.70999999996 5582138.33, 410713.33999999985 5582119.390000001, 410715.8700000001 5582100.01, 410728.8700000001 5582070.289999999, 410742.96999999974 5582051.02, 410757.2000000002 5582061.890000001, 410769.23000000045 5582046.25, 410820.2400000002 5581979.949999999, 410856.33999999985 5581933.01, 410909.0999999996 5581924.18, 410937.11000000034 5581933.02, 410956.3099999996 5581942.050000001, 410960.3200000003 5581943.960000001, 410961.58999999985 5581944.550000001, 410961.63999999966 5581944.59, 410968.4400000004 5581948.84, 410968.96999999974 5581950.890000001, 410969.41000000015 5581951.210000001, 410973.0800000001 5581953.859999999, 410974.79000000004 5581954.74, 410979.54000000004 5581957.220000001, 410979.6699999999 5581957.109999999, 410986.61000000034 5581962.789999999, 410990.46999999974 5581965.949999999, 410995.04000000004 5581969.68, 411000.6900000004 5581975.470000001, 411007.8200000003 5581982.77, 411008.73000000045 5581983.6899999995, 411010.46999999974 5581985.48, 411011.7999999998 5581986.84, 411023.4500000002 5581996.779999999, 411040.53000000026 5581979.880000001, 411060.5499999998 5581960.07, 411061.9199999999 5581974.3100000005, 411041.4000000004 5582057.6, 411034.2400000002 5582099.119999999, 411035.0099999998 5582137.41, 411060.03000000026 5582209.789999999, 411125.9199999999 5582299.289999999, 411151.2999999998 5582324.6, 411185.7999999998 5582353.4399999995, 411200.7599999998 5582371.91, 411208.0599999996 5582384.699999999, 411214.16000000015 5582405.710000001, 411220.0499999998 5582406.119999999, 411228.38999999966 5582406.710000001, 411231.21999999974 5582382.050000001, 411224.7000000002 5582354.869999999, 411219.0999999996 5582331.57, 411204.6299999999 5582317.59, 411187.25 5582306.98, 411179.0999999996 5582301.99, 411087.6200000001 5582184.890000001, 411084.29000000004 5582158.57, 411068.9000000004 5582116.109999999, 411073.0599999996 5582087.82, 411105.0700000003 5582024.8100000005, 411120.5499999998 5582017.15, 411111.1799999997 5582037.65, 411120.8300000001 5582040, 411174.9199999999 5582060.08, 411204.5099999998 5582077.220000001, 411195.5800000001 5582064.630000001, 411176.96999999974 5582038.369999999, 411170.5999999996 5582030.029999999, 411235 5582039.66, 411242.01999999955 5582040.710000001, 411257.8099999996 5582043.17, 411271.1900000004 5582046.220000001, 411299.20999999996 5582052.630000001, 411342.83999999985 5582062.609999999, 411345.41000000015 5582053.67, 411349.8099999996 5582038.41, 411359.58999999985 5582041.449999999, 411372.6299999999 5582045.449999999, 411414.03000000026 5582058.09, 411432.9299999997 5582069.59, 411434.48000000045 5582070.57, 411443.9299999997 5582076.210000001, 411459.8200000003 5582085.800000001, 411500.53000000026 5582122.710000001, 411501.9500000002 5582124.220000001, 411507.9400000004 5582130.58, 411513.9000000004 5582136.92, 411519.61000000034 5582142.99, 411524.78000000026 5582148.470000001, 411533.1699999999 5582157.390000001, 411537.3300000001 5582161.8100000005, 411541.20999999996 5582165.92, 411580.76999999955 5582189.25, 411603.63999999966 5582202.75, 411614.4299999997 5582208.57, 411636.29000000004 5582221.300000001, 411645.8799999999 5582226.869999999, 411648.0700000003 5582222.99, 411648.3799999999 5582222.4399999995, 411670.8099999996 5582182.58, 411671.8099999996 5582178.539999999, 411682.75 5582158.4, 411650.98000000045 5582141.130000001, 411606.98000000045 5582104.98, 411559.48000000045 5582060.380000001, 411492.4400000004 5581997.1, 411465.70999999996 5581983.220000001, 411420.2400000002 5581959.619999999, 411446.79000000004 5581917.74, 411449.86000000034 5581912.91, 411469.0099999998 5581882.68, 411471.29000000004 5581879.09, 411471.8300000001 5581878.25, 411487.0599999996 5581853.76, 411510.6299999999 5581815.73, 411512.0800000001 5581813.4, 411512.6699999999 5581812.43, 411517.7599999998 5581806.119999999, 411571.0599999996 5581738.359999999, 411709.9000000004 5581558.640000001, 411750.1699999999 5581506.960000001, 411753.63999999966 5581502.51, 411810.6200000001 5581429.35, 411718.4299999997 5581334.24, 411605.3499999996 5581234.130000001, 411607.38999999966 5581230.859999999, 411620.5599999996 5581210.1, 411622.20999999996 5581207.49, 411633.21999999974 5581190.15, 411638.53000000026 5581189.300000001, 411648.45999999996 5581187.359999999, 411632.1299999999 5581172.77, 411611.58999999985 5581154.380000001, 411581.8700000001 5581128.57, 411572.29000000004 5581120.26, 411553.16000000015 5581103.640000001, 411553.29000000004 5581076.390000001, 411553.29000000004 5581075.369999999, 411553.3200000003 5581069.83, 411552.9199999999 5581064.73, 411551.33999999985 5581026.109999999, 411558.01999999955 5581019.67, 411601.9000000004 5580977.43, 411615.2000000002 5580930.6899999995, 411652.2999999998 5580870.84, 411688.3099999996 5580806.300000001, 411684.9299999997 5580801.970000001, 411702.73000000045 5580768.1899999995, 411695.83999999985 5580768.470000001, 411683.2599999998 5580766.470000001, 411660.91000000015 5580782.880000001, 411616.9400000004 5580839.67, 411551.0700000003 5580837.33, 411522.76999999955 5580829.970000001, 411522.5499999998 5580830.18, 411487.75 5580802.359999999, 411461.8099999996 5580781.529999999, 411469.2599999998 5580778.800000001, 411536.3099999996 5580754.23, 411593.7400000002 5580691.15, 411646.4500000002 5580643.960000001, 411659.4500000002 5580632.33, 411661.03000000026 5580630.91, 411789.08999999985 5580631.0600000005, 411982.41000000015 5580621.85, 412102.1200000001 5580626.67, 412197.2400000002 5580600.75, 412281.9900000002 5580554.67, 412286.0099999998 5580552.48, 412295.71999999974 5580547.199999999, 412464.23000000045 5580514.529999999, 412465.7599999998 5580506.720000001, 412465.33999999985 5580505.17, 412469.7000000002 5580504.359999999, 412470.01999999955 5580505.550000001, 412585.8700000001 5580570.41, 412651.79000000004 5580605.6, 412755.3300000001 5580664.92, 412760.8300000001 5580668.07, 412768.8200000003 5580672.66, 412770.33999999985 5580674.449999999, 412799.8099999996 5580709.58, 412802.71999999974 5580713.050000001, 412872.21999999974 5580795.91, 412937.5999999996 5580873.85, 412958.1200000001 5580898.3100000005, 412962.1799999997 5580903.15, 412965.4400000004 5580907.050000001, 412974.4000000004 5580917.76, 413077.51999999955 5581040.57, 413181.9299999997 5581162.6899999995, 413293.51999999955 5581307.01, 413310 5581328.34, 413401.8200000003 5581432.630000001, 413414.08999999985 5581446.6, 413504.8499999996 5581550.34, 413508.38999999966 5581554.390000001, 413517.8200000003 5581565.210000001, 413622.91000000015 5581683.92, 413698.03000000026 5581769.42, 413727.0599999996 5581802.449999999, 413805.73000000045 5581892.9399999995, 413661.79000000004 5582019.9, 413490.6699999999 5582170.84, 413486.9299999997 5582174.41, 413574.1500000004 5582260.890000001, 413575.66000000015 5582298.09, 413575.5 5582344.300000001, 413576.0700000003 5582351.66, 413576.5999999996 5582358.57, 413579.9299999997 5582372.9399999995, 413596.66000000015 5582415.779999999, 413600.6900000004 5582435.119999999, 413601.6699999999 5582453.09, 413600.2999999998 5582468.65, 413593.9299999997 5582502.92, 413580.3799999999 5582538.98, 413576.3700000001 5582563.65, 413575.29000000004 5582580.1899999995, 413576.45999999996 5582590.65, 413580.76999999955 5582604.48, 413588.5800000001 5582618.17, 413635.3300000001 5582723.32, 413644.29000000004 5582746.960000001, 413655.51999999955 5582783.52, 413658.5499999998 5582808.91, 413655.11000000034 5582843.279999999, 413720.8200000003 5582960.210000001, 413714.0999999996 5582977.08, 413674.6699999999 5583081.09, 413699.1299999999 5583145.390000001, 413728.7999999998 5583198.9399999995, 413713 5583214.75, 413705.38999999966 5583222.57, 413678.16000000015 5583250.5600000005, 413675.96999999974 5583252.77, 413673.0800000001 5583255.699999999, 413669.7000000002 5583259.119999999, 413712.0599999996 5583291.02, 413727.04000000004 5583307.8100000005, 413734.33999999985 5583326.35, 413740.23000000045 5583393.779999999, 413740.6500000004 5583408.619999999, 413751.1799999997 5583422.27, 413818.04000000004 5583576.869999999, 413961.58999999985 5583681.24, 414259.7999999998 5583607.49, 414274.73000000045 5583641.17, 414291.03000000026 5583678.859999999, 414305.04000000004 5583709.880000001, 414320.46999999974 5583744.050000001, 414345.6299999999 5583800.83, 414350.8499999996 5583812.720000001, 414373.8799999999 5583865.710000001, 414380.7000000002 5583881.07, 414394.0700000003 5583911.390000001, 414406.4199999999 5583939.42, 414407.3200000003 5583941.470000001, 414422.1799999997 5583975.18, 414446.7000000002 5584030.8100000005, 414457.7599999998 5584055.93, 414484.5800000001 5584091.880000001, 414512.61000000034 5584129.449999999, 414524.3499999996 5584145.1899999995, 414566.6900000004 5584201.970000001)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5512-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5512-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5512-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5512-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-027" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5512-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5512-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5512-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-027" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5512-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5512-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5512-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108854</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.47010048037</v>
+        <v>46067.90627680998</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>