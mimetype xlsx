--- v0 (2025-11-08)
+++ v1 (2025-11-08)
@@ -675,51 +675,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108853</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.34590174935</v>
+        <v>45969.93037009256</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>