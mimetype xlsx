--- v1 (2025-11-08)
+++ v2 (2026-02-14)
@@ -140,51 +140,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5511-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((405933.4900000002 5589162.710000001, 405937.7999999998 5589162.039999999, 405939.7999999998 5589164.34, 405949.26999999955 5589175.57, 405954.0700000003 5589186.779999999, 405954.8200000003 5589189.9, 405956.0999999996 5589195.15, 405956.3200000003 5589196.039999999, 405953.51999999955 5589210.289999999, 405951.7000000002 5589225.4399999995, 405951.4400000004 5589227.630000001, 405950.21999999974 5589230.869999999, 405937.16000000015 5589240.789999999, 405939.4299999997 5589256.0600000005, 405939.26999999955 5589266.27, 405938.75 5589301.77, 405938.7000000002 5589304.050000001, 405938.6299999999 5589308.949999999, 405938.46999999974 5589320.4399999995, 405938.36000000034 5589321.609999999, 405936.6500000004 5589334.550000001, 405924.46999999974 5589360.1, 405920.41000000015 5589375.550000001, 405920.54000000004 5589377.4, 405920.86000000034 5589381.550000001, 405896.8099999996 5589445.800000001, 405874.8499999996 5589479.93, 405864.0099999998 5589496.869999999, 405858.2000000002 5589505.24, 405821.2599999998 5589564.41, 405796.11000000034 5589590.83, 405753.0599999996 5589636.23, 405660.6200000001 5589727.18, 405648.41000000015 5589737.66, 405639.26999999955 5589728.67, 405343.4000000004 5590006.34, 405341.0599999996 5590004.960000001, 405331.75 5589996.01, 405322.79000000004 5589999.1, 405315.51999999955 5589999.859999999, 405310.20999999996 5590000.4399999995, 405299.3300000001 5590001.59, 405284.4900000002 5590003.16, 405260.0499999998 5590001.6899999995, 405245.0700000003 5590000.789999999, 405230.01999999955 5589999.279999999, 405226.0999999996 5589998.890000001, 405221.63999999966 5589999.27, 405214.26999999955 5590000.109999999, 405209.76999999955 5590000.619999999, 405195.1699999999 5590004.76, 405173.6200000001 5590021.789999999, 405172.45999999996 5590022.699999999, 405162.01999999955 5590033.970000001, 405157.5599999996 5590047.5600000005, 405150.9400000004 5590059.57, 405149.25 5590062.91, 405146.9400000004 5590067.51, 405145.79000000004 5590069.800000001, 405145.1900000004 5590074.02, 405144.5800000001 5590078.289999999, 405138.6500000004 5590082.84, 405121.33999999985 5590085.1899999995, 405118.7000000002 5590086.93, 405117.0099999998 5590088.07, 405111.20999999996 5590089.720000001, 405109.6799999997 5590090.73, 405105.83999999985 5590093.26, 405104.4000000004 5590094.199999999, 405110.71999999974 5590110.789999999, 405116.73000000045 5590121.119999999, 405118.9000000004 5590124.85, 405112.6799999997 5590128.470000001, 405124.8200000003 5590160.220000001, 405123.6200000001 5590168.140000001, 405107.2400000002 5590166.57, 405098.1799999997 5590165.6899999995, 405090.6200000001 5590165.949999999, 405085.45999999996 5590166.130000001, 405051.13999999966 5590174.0600000005, 405024 5590186.609999999, 404996.5099999998 5590189.98, 404968.33999999985 5590193.4399999995, 404953.4400000004 5590195.27, 404940.8300000001 5590197.140000001, 404898.8099999996 5590203.34, 404897.61000000034 5590202.35, 404887.98000000045 5590194.300000001, 404877.8499999996 5590185.84, 404876.6900000004 5590184.880000001, 404874.26999999955 5590182.85, 404866.73000000045 5590179.73, 404855.6900000004 5590175.15, 404845.23000000045 5590170.82, 404834.7999999998 5590166.5, 404824.29000000004 5590162.140000001, 404814.2599999998 5590157.98, 404819.2000000002 5590132.16, 404821.9000000004 5590118, 404820.6699999999 5590084.0600000005, 404820.96999999974 5590069.02, 404821.2599999998 5590057.210000001, 404825.4500000002 5590057.75, 404832.73000000045 5590039.01, 404834.75 5590033.8100000005, 404845.23000000045 5590013.67, 404849.8499999996 5590004.82, 404853.75 5589987.99, 404854.5700000003 5589985.6899999995, 404858.4500000002 5589967.67, 404861.0800000001 5589956.32, 404880.38999999966 5589813.27, 404866.6900000004 5589786.82, 404860.75 5589781.529999999, 404842.9299999997 5589765.65, 404831.58999999985 5589755.539999999, 404816.6200000001 5589745.75, 404810.2400000002 5589742.529999999, 404794.36000000034 5589734.51, 404787.26999999955 5589731.18, 404769.5700000003 5589722.85, 404735.03000000026 5589706.92, 404732.3099999996 5589705.67, 404727.38999999966 5589705.48, 404728.53000000026 5589699.140000001, 404708.41000000015 5589692.6, 404701.76999999955 5589686.720000001, 404679.45999999996 5589681.029999999, 404675.78000000026 5589677.27, 404683.3300000001 5589667.09, 404684.73000000045 5589667.51, 404688.2599999998 5589668.59, 404685.4000000004 5589664.449999999, 404684.8200000003 5589663.630000001, 404674.83999999985 5589656.140000001, 404664.1200000001 5589643.5600000005, 404657.95999999996 5589634.859999999, 404656.4199999999 5589629.140000001, 404655.54000000004 5589622.4, 404654.6699999999 5589614.99, 404654.46999999974 5589606.09, 404654.61000000034 5589605.039999999, 404655.51999999955 5589599.49, 404661.95999999996 5589584.76, 404687.3200000003 5589566.43, 404699.8200000003 5589554.59, 404710.9900000002 5589536, 404713.3499999996 5589516.609999999, 404705.01999999955 5589504.59, 404667.9400000004 5589480.91, 404609 5589469.65, 404578.7599999998 5589469.029999999, 404560.2599999998 5589466.4399999995, 404533.2400000002 5589468.460000001, 404532.5099999998 5589468.58, 404532.58999999985 5589466.91, 404532.5599999996 5589464.220000001, 404531.3700000001 5589464.27, 404518.5999999996 5589464.92, 404515.73000000045 5589463.98, 404510.9199999999 5589462.42, 404504.20999999996 5589459.15, 404495.58999999985 5589458.74, 404494.03000000026 5589460.789999999, 404493.91000000015 5589467.800000001, 404479.8499999996 5589485.92, 404464.1299999999 5589492.33, 404430.1200000001 5589519.449999999, 404411.0700000003 5589532.08, 404388.54000000004 5589541.109999999, 404376.1200000001 5589542.859999999, 404363.53000000026 5589540.039999999, 404316.46999999974 5589518.84, 404301.46999999974 5589513.199999999, 404292.78000000026 5589514.300000001, 404284.8200000003 5589521.789999999, 404277.0599999996 5589541.640000001, 404269.53000000026 5589551.6, 404278.75 5589545.960000001, 404302.6799999997 5589531.359999999, 404319.36000000034 5589555.75, 404376.5800000001 5589639.34, 404294.7000000002 5589686.380000001, 404251.66000000015 5589707.880000001, 404116.1900000004 5589775.640000001, 404095.08999999985 5589762.210000001, 404015.1500000004 5589822.720000001, 404022.7000000002 5589859.92, 404025.5499999998 5589873.99, 404035.4000000004 5589897.880000001, 404047.4000000004 5589927.01, 404101.0800000001 5589984.210000001, 404103.29000000004 5589984.99, 404114.4500000002 5589974.970000001, 404129.73000000045 5589983.99, 404139.70999999996 5589985.4, 404181.96999999974 5589991.369999999, 404197.3799999999 5589999.23, 404232.1799999997 5590022.18, 404246.96999999974 5590035.07, 404239.29000000004 5590045.609999999, 404227.3099999996 5590075.42, 404204.2000000002 5590102.119999999, 404197.5800000001 5590175.720000001, 404197.2400000002 5590179.59, 404207.5700000003 5590198.220000001, 404215.38999999966 5590212.300000001, 404233.7400000002 5590247.99, 404198.3799999999 5590283.42, 404195.9900000002 5590286.630000001, 404263.4000000004 5590333.3100000005, 404327.8300000001 5590396, 404289.5800000001 5590430.73, 404319.3799999999 5590463.66, 404325.0700000003 5590478.199999999, 404341.9199999999 5590521.18, 404229.5700000003 5590543.67, 404216.0499999998 5590552.33, 404177.21999999974 5590577.25, 404153.8200000003 5590596.99, 404146.01999999955 5590603.57, 404129.1799999997 5590613.699999999, 404113.75 5590622.960000001, 404063.86000000034 5590632.24, 404016.79000000004 5590646.890000001, 403989.9500000002 5590655.24, 403964.3200000003 5590630.17, 403933.5 5590600.359999999, 403895.0599999996 5590575.58, 403856.76999999955 5590535.75, 403818.3499999996 5590485.4, 403788.8499999996 5590442.800000001, 403759.63999999966 5590413.359999999, 403728.38999999966 5590361.26, 403712.1900000004 5590340.220000001, 403706.5599999996 5590324.279999999, 403671.0099999998 5590263.83, 403635.51999999955 5590234.199999999, 403597.29000000004 5590212.18, 403569.48000000045 5590198.73, 403554.1900000004 5590193.41, 403515.8099999996 5590174.18, 403482.04000000004 5590173.67, 403454.75 5590171.25, 403436.13999999966 5590169.98, 403415.45999999996 5590174.390000001, 403392.0800000001 5590174.09, 403322.98000000045 5590167.65, 403300.7999999998 5590167.609999999, 403255.03000000026 5590155.380000001, 403248.9500000002 5590152.01, 403234.45999999996 5590144.01, 403227.20999999996 5590139.99, 403203.16000000015 5590136.369999999, 403175.3799999999 5590112.789999999, 403154.5499999998 5590099.0600000005, 403124.1200000001 5590048.42, 403118.03000000026 5590030.199999999, 403112.7000000002 5590014.27, 403110.33999999985 5590003.41, 403107.71999999974 5589991.33, 403103.7999999998 5589973.26, 403071.98000000045 5589920.18, 403043.20999999996 5589865.1, 403029.0599999996 5589851.75, 403005.9400000004 5589838.4399999995, 402936 5589770.67, 402899.98000000045 5589743.5, 402887.8499999996 5589723.539999999, 402866.21999999974 5589698.470000001, 402848.2000000002 5589677.66, 402841.3300000001 5589669.98, 402832.1200000001 5589646.25, 402824.0099999998 5589606.98, 402807.03000000026 5589573.140000001, 402793.4000000004 5589506.42, 402784.1500000004 5589464.0600000005, 402783.25 5589443.76, 402760 5589392.0600000005, 402744.6299999999 5589371.869999999, 402731.0499999998 5589360.59, 402702.78000000026 5589312.23, 402689.1200000001 5589278.630000001, 402676.20999999996 5589261.6899999995, 402643.9000000004 5589225.85, 402608.95999999996 5589181.859999999, 402604.20999999996 5589183.91, 402594.29000000004 5589190.289999999, 402551.0599999996 5589209.640000001, 402531.71999999974 5589217.199999999, 402506.96999999974 5589224.630000001, 402495.63999999966 5589229.15, 402488.7999999998 5589235.52, 402485.95999999996 5589240.710000001, 402485.3200000003 5589249.869999999, 402486.11000000034 5589261.02, 402489.1200000001 5589277.140000001, 402488.71999999974 5589292.390000001, 402486.3499999996 5589309.08, 402478.9299999997 5589326.65, 402472.3799999999 5589331.99, 402463.2599999998 5589332.6899999995, 402449.2599999998 5589329.539999999, 402437.7400000002 5589325.5600000005, 402337.33999999985 5589526.07, 402342.1699999999 5589528, 402723.8799999999 5589910.699999999, 403041.6900000004 5590229.08, 403139.70999999996 5590327.27, 403013.1699999999 5590530.5, 403008.9500000002 5590527.699999999, 402921.70999999996 5590469.67, 402700.71999999974 5590322.640000001, 402698.53000000026 5590321.17, 402592.2400000002 5590250.82, 402526.0800000001 5590230.289999999, 402483.7000000002 5590217.16, 402287.2599999998 5590223.970000001, 402261.9900000002 5590213.68, 402260.16000000015 5590216.99, 402259.5099999998 5590218.17, 402257.0999999996 5590222.34, 402253.9900000002 5590227.6899999995, 402251.3700000001 5590232.199999999, 402250.7599999998 5590233.26, 402242.16000000015 5590248.09, 402239.3799999999 5590252.9, 402238.7400000002 5590254.02, 402237.33999999985 5590256.460000001, 402235.1799999997 5590260.199999999, 402225.83999999985 5590276.41, 402223.01999999955 5590281.3100000005, 402222.2999999998 5590282.539999999, 402072.2999999998 5590542.970000001, 402034.5 5590585.34, 402033.63999999966 5590586.3100000005, 402030.11000000034 5590590.27, 402020.5499999998 5590600.99, 402007.4000000004 5590615.73, 402006.6299999999 5590616.609999999, 401997.4900000002 5590626.84, 401988.61000000034 5590636.8100000005, 401987.6799999997 5590637.83, 401984.8300000001 5590641.029999999, 401959.9900000002 5590567.9, 401991.3099999996 5590551.640000001, 402005.8099999996 5590543.8100000005, 402014.16000000015 5590527.140000001, 402020.4400000004 5590514.59, 402020.4299999997 5590510.640000001, 402020.4199999999 5590502.24, 402019.73000000045 5590496.890000001, 402018.1799999997 5590485.039999999, 402016.76999999955 5590474.32, 402015.4400000004 5590464.1, 402014.1699999999 5590454.380000001, 402013.53000000026 5590449.550000001, 402013.33999999985 5590444.529999999, 402012.9400000004 5590434.33, 402012.51999999955 5590423.43, 402012.08999999985 5590412.75, 402011.8799999999 5590407.1, 402004.53000000026 5590401.16, 401992.08999999985 5590391.09, 401990.7999999998 5590390.050000001, 401988.8700000001 5590388.48, 401965.8300000001 5590387.5, 401972.41000000015 5590348.59, 401935.71999999974 5590332.91, 401931.3300000001 5590337.800000001, 401920.58999999985 5590342.050000001, 401909.1500000004 5590341.970000001, 401899.4400000004 5590338, 401865.6299999999 5590317.550000001, 401844.4299999997 5590291.970000001, 401831.2599999998 5590276.26, 401814.9299999997 5590263.18, 401803.25 5590250.880000001, 401801.6900000004 5590250.42, 401790.7599999998 5590247.199999999, 401783.33999999985 5590245.029999999, 401777.1299999999 5590245.57, 401745.04000000004 5590241.48, 401727.53000000026 5590236.779999999, 401690.29000000004 5590222.32, 401657.2400000002 5590205.67, 401631.9299999997 5590213.880000001, 401590.2999999998 5590252, 401575.71999999974 5590259.6, 401553.2400000002 5590256.890000001, 401535.04000000004 5590259.550000001, 401494.48000000045 5590265.32, 401425.1699999999 5590275.16, 401350.26999999955 5590285.800000001, 401331.6900000004 5590288.4399999995, 401327.5099999998 5590289.039999999, 401326.1900000004 5590289.220000001, 401285.3700000001 5590295.02, 401241.6900000004 5590301.23, 401219.01999999955 5590305.8100000005, 401207.2599999998 5590337.1899999995, 401213.78000000026 5590340.92, 401204.5999999996 5590377.99, 401202.11000000034 5590388.029999999, 401197.9000000004 5590385.550000001, 401187.61000000034 5590394.4, 401177.25 5590387.119999999, 401161.0800000001 5590380.460000001, 401162.53000000026 5590377.4399999995, 401116.2599999998 5590331.470000001, 401115.38999999966 5590333.99, 401112.38999999966 5590342.699999999, 401105.95999999996 5590361.390000001, 401084 5590366.92, 401081.5099999998 5590364.4, 401069.6500000004 5590367.359999999, 401049.9500000002 5590372.279999999, 401041.5800000001 5590373.23, 401057.38999999966 5590250.75, 401069.0499999998 5590246.98, 401071.4900000002 5590244.84, 401059.6900000004 5590194.369999999, 401047.41000000015 5590136.75, 401036.5800000001 5590065.109999999, 401025.1500000004 5590039.84, 401005.76999999955 5590027.289999999, 400998.38999999966 5590034.16, 400964.83999999985 5590034.609999999, 400883.11000000034 5590059.5, 400815.9299999997 5590076.119999999, 400781.2599999998 5590089.470000001, 400736.8499999996 5590090.92, 400710.0099999998 5590098.26, 400694.5599999996 5590113.6, 400698.5700000003 5590127, 400682.66000000015 5590144.529999999, 400653.7999999998 5590126.59, 400665.8300000001 5590101.91, 400664.8300000001 5590101.68, 400659 5590100.130000001, 400649.23000000045 5590097.41, 400622.0099999998 5590089.85, 400620.88999999966 5590089.529999999, 400622.7999999998 5590085.42, 400620.6900000004 5590078.369999999, 400614.11000000034 5590056.380000001, 400609.2000000002 5590040.0600000005, 400606.21999999974 5590030.119999999, 400603.29000000004 5590020.33, 400597.01999999955 5589999.41, 400629.2400000002 5589972.65, 400694.3700000001 5589918.539999999, 400720.8099999996 5589905.33, 400723.53000000026 5589909.26, 400758.1500000004 5589895.82, 400784.3200000003 5589876.93, 400806.2999999998 5589827.58, 400807.21999999974 5589761.57, 400798.36000000034 5589740.550000001, 400770.21999999974 5589729.5, 400696.66000000015 5589719.220000001, 400641.5999999996 5589693.4399999995, 400529.96999999974 5589662.35, 400488.51999999955 5589657.59, 400450.33999999985 5589684.039999999, 400402.8200000003 5589695.140000001, 400357.1500000004 5589705.5600000005, 400354.26999999955 5589706.17, 400271.6799999997 5589725.119999999, 400202.6900000004 5589679.92, 400200.4400000004 5589678.449999999, 400165.54000000004 5589655.34, 400149.4500000002 5589644.68, 400125.6299999999 5589628.91, 400104.88999999966 5589615.25, 400063.46999999974 5589587.960000001, 400073.71999999974 5589573.220000001, 400055.2400000002 5589564.949999999, 400061.36000000034 5589553.539999999, 400025.0599999996 5589499.92, 400057.51999999955 5589472.51, 400001.9900000002 5589397.58, 399993.88999999966 5589374.67, 399995.91000000015 5589318.08, 400002.25 5589283.109999999, 400005.51999999955 5589257.74, 400010.2599999998 5589225.98, 400015.1200000001 5589197.109999999, 400013.3099999996 5589180.82, 400006 5589134.65, 400014.4400000004 5589130.58, 400008.96999999974 5589115.880000001, 400000.0999999996 5589116.529999999, 399980.21999999974 5589107.289999999, 399959.83999999985 5589099.789999999, 399924.5 5589084.300000001, 399911.0700000003 5589078.529999999, 399894 5589067.75, 399881.3700000001 5589060.51, 399870.0700000003 5589057.52, 399857.8300000001 5589053.140000001, 399851.3700000001 5589049.1, 399844.13999999966 5589040.779999999, 399839.4299999997 5589030.65, 399833.5599999996 5589005.93, 399825.8099999996 5588991.609999999, 399823.3799999999 5588981.390000001, 399824.6799999997 5588971, 399824.28000000026 5588960.98, 399808.2599999998 5588933.800000001, 399801.96999999974 5588920, 399802.28000000026 5588913.380000001, 399809.8700000001 5588888.41, 399812.03000000026 5588878, 399811.70999999996 5588869.98, 399809.36000000034 5588861.75, 399807.8799999999 5588853.199999999, 399808.4000000004 5588844.869999999, 399824.73000000045 5588773.35, 399802.96999999974 5588760.18, 399789.6900000004 5588751.8100000005, 399784.1299999999 5588748.3100000005, 399774.73000000045 5588742.949999999, 399753.4299999997 5588734.0600000005, 399739.7599999998 5588729.449999999, 399727.9199999999 5588727.640000001, 399716.1699999999 5588727.539999999, 399705.2000000002 5588725.970000001, 399697.88999999966 5588722.539999999, 399682.8200000003 5588711.67, 399669.0999999996 5588698.74, 399646.4500000002 5588677.859999999, 399618.48000000045 5588645.99, 399608.6699999999 5588630.039999999, 399596.29000000004 5588600.699999999, 399587.95999999996 5588571.779999999, 399572.6699999999 5588467.26, 399569.79000000004 5588458.5600000005, 399573.29000000004 5588456.73, 399577.0700000003 5588454.74, 399574.2999999998 5588448.68, 399572.26999999955 5588441.1899999995, 399571.1299999999 5588404.720000001, 399571.1200000001 5588403.199999999, 399571.0700000003 5588387.6899999995, 399570.63999999966 5588385.48, 399570.2000000002 5588384.16, 399568.4000000004 5588378.33, 399568.20999999996 5588377.85, 399550.86000000034 5588322.93, 399549.75 5588319.699999999, 399542 5588297.25, 399534.0099999998 5588283.0600000005, 399532.86000000034 5588281.640000001, 399522.9199999999 5588275.02, 399489.58999999985 5588258.49, 399472.2999999998 5588255.8100000005, 399457.5800000001 5588257.3100000005, 399438.3099999996 5588260.5, 399393.4500000002 5588273.140000001, 399390.4199999999 5588275.16, 399390.3700000001 5588277.02, 399390.3200000003 5588279.35, 399389.86000000034 5588279.5, 399386.0800000001 5588280.6899999995, 399380.4900000002 5588283.27, 399368.91000000015 5588291.460000001, 399367.1699999999 5588294.5, 399366.0999999996 5588297.109999999, 399366.58999999985 5588298.66, 399362.4900000002 5588301.960000001, 399357.6699999999 5588300.630000001, 399346.5 5588307.6, 399339.1200000001 5588310.82, 399333.5700000003 5588312.57, 399329.23000000045 5588313.17, 399323.29000000004 5588313.1, 399322.9299999997 5588313.0600000005, 399320.1699999999 5588312.76, 399310.78000000026 5588310.52, 399302.25 5588307.8100000005, 399273.1299999999 5588295.710000001, 399259.4400000004 5588289.1, 399249.01999999955 5588283.15, 399242.4299999997 5588278.970000001, 399236.0999999996 5588274.539999999, 399235.33999999985 5588273.67, 399223.04000000004 5588262.449999999, 399203.4400000004 5588251.33, 399200.4000000004 5588248.960000001, 399195.0700000003 5588244.77, 399186.2400000002 5588237.82, 399185.6500000004 5588237.34, 399181.9500000002 5588234.4399999995, 399168.0599999996 5588230.029999999, 399168.04000000004 5588230.16, 399167.4900000002 5588230.119999999, 399162.71999999974 5588229.74, 399155.8300000001 5588229.199999999, 399153.73000000045 5588229.039999999, 399151.3300000001 5588229, 399151.23000000045 5588229.75, 399143.48000000045 5588231.3100000005, 399143.5099999998 5588231.529999999, 399137.66000000015 5588233.300000001, 399137.25 5588233.42, 399137.13999999966 5588232.869999999, 399133.33999999985 5588233.9, 399123.1299999999 5588238.82, 399105.2400000002 5588250.82, 399092.76999999955 5588257.17, 399082.6900000004 5588261.470000001, 399078.4000000004 5588262.57, 399075.2000000002 5588262.65, 399066.41000000015 5588262.49, 399043.7000000002 5588260.15, 399012.6299999999 5588260.619999999, 399006.4900000002 5588260.720000001, 399000.8499999996 5588261.07, 398992.1799999997 5588263.17, 398990.13999999966 5588263.960000001, 398986.2000000002 5588266.869999999, 398980.66000000015 5588270.960000001, 398980.2400000002 5588271.26, 398978.4500000002 5588272.73, 398976.51999999955 5588274.32, 398972.8700000001 5588277.390000001, 398973.6200000001 5588278.289999999, 398971.63999999966 5588281, 398969.0599999996 5588284.199999999, 398967.41000000015 5588286.4399999995, 398963.4299999997 5588292.529999999, 398960.4400000004 5588298.1, 398954.4400000004 5588303.550000001, 398954.7999999998 5588303.800000001, 398951.6500000004 5588309.41, 398948.41000000015 5588315.01, 398944.6200000001 5588320.050000001, 398942.98000000045 5588318.84, 398940 5588322.92, 398937.51999999955 5588326.3100000005, 398936.5499999998 5588327.1, 398930.5700000003 5588331.9399999995, 398925.1799999997 5588335.890000001, 398913.7999999998 5588338.619999999, 398903.0599999996 5588341.1899999995, 398901.2999999998 5588341.609999999, 398843.03000000026 5588318.279999999, 398802.6900000004 5588280.15, 398779.73000000045 5588269.5600000005, 398762.9000000004 5588268.0600000005, 398718.04000000004 5588284.16, 398701.1299999999 5588283.75, 398675.83999999985 5588277.34, 398641.2599999998 5588268.720000001, 398606.7599999998 5588258.26, 398572.0099999998 5588211.720000001, 398575.9000000004 5588292.029999999, 398582.71999999974 5588317.52, 398593.6299999999 5588324.34, 398624.29000000004 5588343.539999999, 398665.13999999966 5588361.039999999, 398694.0999999996 5588384.33, 398717.2000000002 5588408.300000001, 398733.46999999974 5588438.6, 398747.5499999998 5588468.050000001, 398746.91000000015 5588470.07, 398762.13999999966 5588484.91, 398775.7599999998 5588490.24, 398855.3200000003 5588492.4399999995, 398875.79000000004 5588491.66, 398903.3200000003 5588494.02, 398913.6200000001 5588495.300000001, 398929.5800000001 5588497.3100000005, 398966.2400000002 5588502.49, 398967.28000000026 5588509.52, 398969.01999999955 5588512.9, 398970.5999999996 5588512.93, 398979.3799999999 5588511.380000001, 398991.70999999996 5588510.52, 399007.51999999955 5588510.550000001, 399025.0999999996 5588511.01, 399043.9000000004 5588514.84, 399066.7400000002 5588515.390000001, 399096.79000000004 5588523.9399999995, 399121.33999999985 5588536.6899999995, 399140.5599999996 5588548.84, 399144.0099999998 5588550.890000001, 399148.2000000002 5588553.390000001, 399150.5599999996 5588558.9, 399162.41000000015 5588582.99, 399163.5499999998 5588589.039999999, 399166.03000000026 5588602.470000001, 399167.8700000001 5588610.98, 399167.21999999974 5588615.5600000005, 399167.0599999996 5588618.640000001, 399166.61000000034 5588623.550000001, 399166.3799999999 5588624.880000001, 399158.8499999996 5588650.550000001, 399157.4500000002 5588655.32, 399154.61000000034 5588658.300000001, 399154.0499999998 5588659.41, 399151.8499999996 5588663.6899999995, 399146.0099999998 5588675.029999999, 399117.1900000004 5588720.630000001, 399049.16000000015 5588828.98, 399012.9000000004 5588899.779999999, 399006.3799999999 5588925.5600000005, 398992.9299999997 5588950.699999999, 398992.16000000015 5588952.140000001, 398988.8200000003 5588982.59, 398976.0599999996 5589046.859999999, 398970.33999999985 5589063.83, 398971.71999999974 5589070.99, 398983.6500000004 5589132.949999999, 399014.63999999966 5589130.449999999, 399020.95999999996 5589129.93, 399025.70999999996 5589129.83, 399020.0800000001 5589110.4, 399019.0700000003 5589091.09, 399020.5 5589074.43, 399033.41000000015 5589031.57, 399043.3499999996 5589002.949999999, 399071.5999999996 5588944.199999999, 399089.0999999996 5588905.9399999995, 399104.9400000004 5588886.970000001, 399169.4000000004 5588944, 399152.9500000002 5588950.35, 399144.28000000026 5588958.16, 399137.0800000001 5588979.99, 399145.98000000045 5588989.15, 399164.9500000002 5589007.76, 399185.5099999998 5588993.119999999, 399179.26999999955 5589037.779999999, 399242.8099999996 5589094.4, 399309.48000000045 5589110.82, 399401.33999999985 5589033.9399999995, 399409.1699999999 5589052.789999999, 399424.11000000034 5589075.08, 399450.6900000004 5589102.42, 399480.0999999996 5589127.48, 399525.3200000003 5589159.279999999, 399567.58999999985 5589191.15, 399611.04000000004 5589220.029999999, 399633.29000000004 5589237.75, 399643.79000000004 5589246.109999999, 399650.41000000015 5589249.27, 399657.4500000002 5589252.609999999, 399664.1699999999 5589255.8100000005, 399727.53000000026 5589271.27, 399736.6699999999 5589275.34, 399754.8499999996 5589393.869999999, 399728.41000000015 5589414.369999999, 399724.3200000003 5589417.539999999, 399906.0499999998 5589817.869999999, 399756.6900000004 5589894.529999999, 399695.1500000004 5589937.33, 399690.96999999974 5589940.3100000005, 399892.2599999998 5590094.529999999, 400005.7000000002 5590167.970000001, 400074.54000000004 5590132.76, 400139.0099999998 5590195.35, 400200.16000000015 5590163.93, 400202.6200000001 5590169.390000001, 400212.33999999985 5590185.949999999, 400244.8099999996 5590247.33, 400223.6699999999 5590257.67, 400249.48000000045 5590306.16, 400285.9000000004 5590351.68, 400321.3499999996 5590392.43, 400350.8799999999 5590443.550000001, 400353.38999999966 5590470.140000001, 400356.08999999985 5590489.960000001, 400361.76999999955 5590531.74, 400362.0700000003 5590533.98, 400356.1500000004 5590538.65, 400335.01999999955 5590555.3100000005, 400299.5800000001 5590580.279999999, 400254.4199999999 5590613.25, 400230.96999999974 5590633.0600000005, 400203.7999999998 5590646.470000001, 400169.5 5590664.41, 400155.21999999974 5590711.17, 400141.6500000004 5590750.33, 400136.5800000001 5590752.279999999, 400134.0800000001 5590770.0600000005, 400131.79000000004 5590786.3100000005, 400129.7599999998 5590800.68, 400127.75 5590814.9, 400126.9500000002 5590820.630000001, 400125.5700000003 5590830.449999999, 400123.96999999974 5590841.73, 400122.4000000004 5590852.880000001, 400120.8499999996 5590863.91, 400119.29000000004 5590874.92, 400118.3700000001 5590881.48, 400112.8799999999 5590886.529999999, 400048.76999999955 5590881.85, 400016.7000000002 5590879.5, 400003.11000000034 5590878.51, 399997.7999999998 5590878.130000001, 399994.3700000001 5590877.869999999, 399989.0999999996 5590877.49, 399960.13999999966 5590875.279999999, 399959.9000000004 5590879.48, 399964.38999999966 5590906.460000001, 399966.75 5590920.23, 399974.4299999997 5590966.470000001, 399977.2000000002 5590983.140000001, 399959.41000000015 5590991.869999999, 399856.8700000001 5591044.42, 399805.9299999997 5591110.99, 399821.8200000003 5591136.619999999, 399838.0700000003 5591162.710000001, 399896.11000000034 5591257.300000001, 399848.4299999997 5591319.449999999, 399847.2000000002 5591320.83, 399760.3099999996 5591433.449999999, 399755.4400000004 5591497.279999999, 399668.4400000004 5591548.32, 399597.4000000004 5591649.029999999, 399560.78000000026 5591732.15, 399560.41000000015 5591744.25, 399559.0499999998 5591788.52, 399558.23000000045 5591811.93, 399500.75 5591875.6899999995, 399503.6699999999 5591878.9399999995, 399552.0700000003 5591932.859999999, 399376.33999999985 5591942.699999999, 399373.08999999985 5591949.32, 399319.5499999998 5592004.050000001, 399366.5499999998 5592063.48, 399381.9199999999 5592089.140000001, 399389.08999999985 5592118.720000001, 399398.20999999996 5592147.42, 399375.08999999985 5592165.960000001, 399374.4400000004 5592169.98, 399413.1900000004 5592176.029999999, 399432.86000000034 5592191.470000001, 399450.03000000026 5592200.84, 399455.3499999996 5592205.5600000005, 399463.4900000002 5592209.279999999, 399464.38999999966 5592209.5600000005, 399472.5 5592212.4, 399472.8200000003 5592212.51, 399482.70999999996 5592216.01, 399483.46999999974 5592216.35, 399498.1699999999 5592222.789999999, 399503.28000000026 5592225.039999999, 399509.6699999999 5592226.720000001, 399515.95999999996 5592226.68, 399518.75 5592226.66, 399521.3799999999 5592225.65, 399544.63999999966 5592219.82, 399547.86000000034 5592219.83, 399559.01999999955 5592216.890000001, 399574.7400000002 5592207.77, 399593.13999999966 5592200.0600000005, 399605.5499999998 5592197.43, 399630.6799999997 5592196.1899999995, 399648.5999999996 5592198.6, 399677.6900000004 5592205.199999999, 399684.0599999996 5592207.890000001, 399690.1299999999 5592210.449999999, 399690.9400000004 5592211.119999999, 399698.7000000002 5592217.58, 399704.11000000034 5592223.57, 399704.3200000003 5592223.8100000005, 399707.6299999999 5592229.6, 399708.86000000034 5592232.75, 399711.6900000004 5592240.029999999, 399716.5999999996 5592254.859999999, 399722.75 5592268.390000001, 399725.1200000001 5592273.16, 399729.3200000003 5592281.140000001, 399735.2000000002 5592289.119999999, 399741.0700000003 5592296.09, 399745.63999999966 5592300.41, 399750.79000000004 5592305.83, 399755.5 5592312.210000001, 399761.6500000004 5592323.23, 399768.45999999996 5592344.5600000005, 399769.5800000001 5592378.6, 399767.33999999985 5592406.24, 399767.0999999996 5592416.0600000005, 399766.8300000001 5592427.17, 399766.78000000026 5592429, 399768.96999999974 5592451.35, 399769.2999999998 5592451.33, 399768.7599999998 5592459.289999999, 399768.9400000004 5592467.9, 399769.1500000004 5592477.640000001, 399769.3300000001 5592486.130000001, 399769.6699999999 5592487.3100000005, 399770.1500000004 5592491.970000001, 399771.13999999966 5592496.880000001, 399772.04000000004 5592499.140000001, 399773.0800000001 5592500.699999999, 399774.66000000015 5592502.01, 399776.3799999999 5592502.630000001, 399777.5800000001 5592502.75, 399781.7000000002 5592501.92, 399809.1200000001 5592496.460000001, 399810.0499999998 5592496.42, 399814.2000000002 5592496.369999999, 399825.76999999955 5592499.640000001, 399826.3300000001 5592498.619999999, 399829.16000000015 5592496.43, 399832.91000000015 5592495.539999999, 399836.4199999999 5592492.51, 399841.0999999996 5592488.449999999, 399846.4199999999 5592484.4, 399850.7999999998 5592480.66, 399861.23000000045 5592467.17, 399863.53000000026 5592461.75, 399868.45999999996 5592455.49, 399870.4500000002 5592453.84, 399876.3799999999 5592445.6899999995, 399877.0499999998 5592445.01, 399906.13999999966 5592415.91, 399928 5592400.460000001, 399944.3200000003 5592392.390000001, 399948.9500000002 5592391.42, 399965.0499999998 5592390.23, 399970.96999999974 5592389.73, 399992.0800000001 5592393.07, 400003.1299999999 5592393.609999999, 400011.9400000004 5592394.029999999, 400028.53000000026 5592397.140000001, 400044.1299999999 5592398.5, 400051.6799999997 5592399.960000001, 400057.8200000003 5592402.25, 400065.0700000003 5592404.390000001, 400069.4299999997 5592404.48, 400074 5592406.16, 400081.26999999955 5592407.82, 400083.6900000004 5592407.75, 400090.13999999966 5592410.289999999, 400094.16000000015 5592413.279999999, 400097 5592414.720000001, 400098.0800000001 5592415.699999999, 400100.4500000002 5592418.24, 400111.88999999966 5592418.65, 400113.1900000004 5592418.789999999, 400121.0800000001 5592426.32, 400124.36000000034 5592429.449999999, 400126.6699999999 5592431.66, 400130.6299999999 5592436.25, 400135.70999999996 5592442.16, 400140.61000000034 5592447.85, 400141.2999999998 5592448.91, 400145.6299999999 5592456.369999999, 400149.78000000026 5592463.529999999, 400149.2999999998 5592463.9, 400150.2400000002 5592466, 400158.9500000002 5592479.91, 400166.38999999966 5592488.23, 400172.9900000002 5592494.57, 400184.0499999998 5592507.470000001, 400186.96999999974 5592513.91, 400190.4299999997 5592522.949999999, 400193.29000000004 5592531.300000001, 400194.1500000004 5592549.83, 400194.54000000004 5592551.02, 400194.5700000003 5592551.140000001, 400196.1299999999 5592556.039999999, 400205.48000000045 5592559.640000001, 400208.96999999974 5592562.369999999, 400209.4199999999 5592563.1, 400215.3099999996 5592564.109999999, 400224.91000000015 5592566.74, 400232.6699999999 5592562.949999999, 400242.7000000002 5592553.5600000005, 400247.0999999996 5592546.98, 400251.03000000026 5592545.01, 400253.03000000026 5592543.92, 400259.25 5592533.43, 400264.3300000001 5592517.77, 400265.11000000034 5592513.550000001, 400266.63999999966 5592504.99, 400267.3099999996 5592484.359999999, 400277.71999999974 5592465.09, 400304.8200000003 5592444.43, 400332.5999999996 5592437.470000001, 400354.</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5511-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5511-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5511-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5511-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -518,90 +518,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-026" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5511-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5511-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5511-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-026" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5511-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5511-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5511-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="77.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -675,51 +675,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108853</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.93037009256</v>
+        <v>46067.49149695649</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>