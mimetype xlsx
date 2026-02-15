--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -141,51 +141,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5511-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((395258.25 5586526.369999999, 395239.54000000004 5586696.73, 395237.61000000034 5586713.970000001, 395234.96999999974 5586738.880000001, 395232.7000000002 5586757.82, 395232.6799999997 5586758.02, 395223.8499999996 5586754.6, 395219.58999999985 5586752.9399999995, 395215.8799999999 5586751.51, 395212.2000000002 5586750.08, 395205.1799999997 5586747.359999999, 395194.13999999966 5586743.17, 395182.36000000034 5586738.57, 395169.3499999996 5586733.5, 395158.6699999999 5586729.34, 395153.36000000034 5586727.27, 395148.0599999996 5586725.210000001, 395141.9400000004 5586722.82, 395134.6699999999 5586716.77, 395131.6200000001 5586714.25, 395127.7400000002 5586711.029999999, 395123.8799999999 5586707.82, 395120.5099999998 5586705.02, 395118.13999999966 5586702.91, 395110.7400000002 5586699.77, 395103.8200000003 5586696.75, 395097.96999999974 5586694.1899999995, 395090.71999999974 5586691, 395072.7999999998 5586682.27, 395071.9000000004 5586681.8100000005, 395067.33999999985 5586679.59, 395062.7000000002 5586677.32, 395057.4400000004 5586674.76, 395053.6299999999 5586672.91, 395049.6299999999 5586670.960000001, 395040.5700000003 5586668.130000001, 395032.5999999996 5586665.630000001, 395026.3499999996 5586663.68, 395020.23000000045 5586661.77, 395013.98000000045 5586659.82, 395009.04000000004 5586658.279999999, 395004.5700000003 5586656.880000001, 394994.2999999998 5586653.67, 394988.8200000003 5586653.130000001, 394983.4000000004 5586652.58, 394972.88999999966 5586651.49, 394967.88999999966 5586650.960000001, 394962.79000000004 5586650.42, 394957.54000000004 5586649.880000001, 394953.2400000002 5586649.449999999, 394949.1699999999 5586649.029999999, 394944.61000000034 5586648.57, 394943.91000000015 5586648.5, 394940.0800000001 5586647.27, 394934.9900000002 5586645.619999999, 394928.96999999974 5586643.68, 394914.54000000004 5586639.029999999, 394905.5 5586636.109999999, 394901.13999999966 5586634.699999999, 394896.88999999966 5586633.33, 394891.9299999997 5586631.73, 394886.21999999974 5586631.369999999, 394876.2400000002 5586630.720000001, 394872.9000000004 5586630.5, 394869.1699999999 5586630.26, 394867.4900000002 5586630.16, 394859.63999999966 5586627.130000001, 394852.78000000026 5586624.470000001, 394840.4199999999 5586619.6899999995, 394834.53000000026 5586617.41, 394828.29000000004 5586615, 394822.6799999997 5586612.83, 394818.5700000003 5586611.25, 394814.73000000045 5586610.140000001, 394761.1200000001 5586594.77, 394712.5099999998 5586573.82, 394703.1900000004 5586569.800000001, 394649.4500000002 5586547.539999999, 394576.4299999997 5586509.27, 394511.4500000002 5586474.99, 394451.1699999999 5586445.65, 394387.13999999966 5586408.74, 394314.1299999999 5586363.449999999, 394282.3099999996 5586342.289999999, 394257.38999999966 5586327.779999999, 394221.25 5586302.32, 394170.4000000004 5586263.23, 394172.1699999999 5586260.8100000005, 394161.9400000004 5586249.07, 394124.5700000003 5586221.609999999, 394076.7400000002 5586184.75, 394019.1799999997 5586148.84, 393962.5099999998 5586107.98, 393959.0599999996 5586105.67, 393811.5499999998 5586001.9, 393730.51999999955 5585951.949999999, 393693.3099999996 5585931.539999999, 393658.01999999955 5585916.77, 393597.3099999996 5585895.630000001, 393560.2000000002 5585884.25, 393508.28000000026 5585876.66, 393497.54000000004 5585873.710000001, 393476.41000000015 5585869.619999999, 393440.9500000002 5585859.82, 393382.8700000001 5585841.539999999, 393305.1200000001 5585820.3100000005, 393296.2999999998 5585817.93, 393289.8099999996 5585816.140000001, 393262.45999999996 5585808.6899999995, 393219.3200000003 5585798.43, 393190.36000000034 5585791.220000001, 393141.0499999998 5585781.17, 393093.8799999999 5585773.279999999, 393070.5999999996 5585766.16, 393051.6299999999 5585760.65, 393016.5 5585751.74, 392998.08999999985 5585747.98, 393000.3700000001 5585730.5, 393001.6699999999 5585720.43, 393003.96999999974 5585702.68, 393004.9199999999 5585695.41, 393022.13999999966 5585557.9399999995, 393149.61000000034 5585579.789999999, 393354.4199999999 5585615.01, 393543.29000000004 5585663.26, 393771.5999999996 5585720.75, 393984.20999999996 5585820.48, 393981.1500000004 5585752.16, 394087.86000000034 5585740.02, 394345.0599999996 5585845.529999999, 394553.29000000004 5586016.300000001, 394554.8799999999 5586020.15, 394631.41000000015 5586205.4399999995, 394651.45999999996 5586254.279999999, 394854.8700000001 5586366.869999999, 395089.3799999999 5586453.3100000005, 395258.25 5586526.369999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5511-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5511-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5511-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5511-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -519,90 +519,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-025" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5511-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5511-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5511-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-025" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5511-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5511-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5511-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -676,51 +676,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108852</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.88319719202</v>
+        <v>46068.29561012883</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>