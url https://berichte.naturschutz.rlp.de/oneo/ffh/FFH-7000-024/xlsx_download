--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -140,51 +140,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5510-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((381408.38999999966 5593341.539999999, 381420.2599999998 5593324.970000001, 381432.7000000002 5593313.880000001, 381438.3099999996 5593292.24, 381443.03000000026 5593272.25, 381444.5999999996 5593251.109999999, 381447.70999999996 5593214.34, 381450.26999999955 5593201.92, 381447.36000000034 5593189.92, 381440.48000000045 5593173.48, 381435.7999999998 5593163.779999999, 381437.3700000001 5593162.4, 381436.16000000015 5593156.25, 381439 5593152.789999999, 381429.9000000004 5593132.4399999995, 381429.33999999985 5593131.210000001, 381415.6699999999 5593139.699999999, 381395.03000000026 5593111.26, 381386.26999999955 5593097.52, 381376.4900000002 5593084.220000001, 381369.8300000001 5593075.58, 381365.8300000001 5593064.35, 381362 5593060.220000001, 381357.91000000015 5593056.51, 381353.6299999999 5593052.630000001, 381350.16000000015 5593051.130000001, 381347.7400000002 5593052.93, 381346.2999999998 5593051.18, 381338.5800000001 5593038.529999999, 381325.6799999997 5593030.92, 381310.3700000001 5593024.220000001, 381297.5599999996 5593019.9, 381311.4400000004 5593003.970000001, 381296.0599999996 5592992.6, 381275.98000000045 5592987.23, 381273.8799999999 5592969.33, 381268.0599999996 5592970.84, 381263.4500000002 5592964.199999999, 381254.5 5592969.52, 381243.8200000003 5592975.890000001, 381236.0999999996 5592980.49, 381233.4400000004 5592982.01, 381231.5800000001 5592975.35, 381224.7999999998 5592978.199999999, 381222.7999999998 5592979.039999999, 381221.7000000002 5592975.220000001, 381217.6900000004 5592967.17, 381211.7599999998 5592949.710000001, 381213.5800000001 5592949.720000001, 381194.4299999997 5592879.02, 381189.54000000004 5592860.609999999, 381183.8200000003 5592845.4, 381176.5499999998 5592833.609999999, 381171.5800000001 5592825.9399999995, 381159.8200000003 5592807.789999999, 381154.11000000034 5592798.98, 381144.61000000034 5592789.57, 381142.5499999998 5592788.25, 381131.33999999985 5592781.050000001, 381119.9199999999 5592773.720000001, 381102.78000000026 5592762.710000001, 381085.4500000002 5592751.57, 381067.3200000003 5592739.93, 381047.0800000001 5592726.93, 381043.2000000002 5592724.4399999995, 381038.4000000004 5592721.09, 381035.9199999999 5592687.789999999, 381036.01999999955 5592683.6899999995, 381037.11000000034 5592639.130000001, 381018.7999999998 5592648.369999999, 380992.5499999998 5592654.93, 380981.6799999997 5592645.869999999, 380976.0800000001 5592649.59, 380959.6299999999 5592657.26, 380940.33999999985 5592669.050000001, 380924.6500000004 5592676.68, 380883.1500000004 5592714.380000001, 380866.4299999997 5592752.57, 380858.51999999955 5592795.15, 380853.61000000034 5592806.619999999, 380848.4199999999 5592814.33, 380847.9500000002 5592821.35, 380846.8200000003 5592830.41, 380848.9400000004 5592836.32, 380846.4500000002 5592841.59, 380843.98000000045 5592847.34, 380839.2599999998 5592852.449999999, 380835.1799999997 5592854.83, 380829.83999999985 5592856.51, 380826.03000000026 5592856.609999999, 380824.33999999985 5592856.65, 380822.58999999985 5592856.6899999995, 380816.4900000002 5592854.84, 380810.23000000045 5592848.42, 380799.3700000001 5592829.32, 380791.71999999974 5592810.119999999, 380783.1699999999 5592790.460000001, 380777.0099999998 5592780.199999999, 380770.21999999974 5592766.970000001, 380763.48000000045 5592748.73, 380759.2000000002 5592741.9, 380754.76999999955 5592737.58, 380754.8300000001 5592732.17, 380738.9900000002 5592718.050000001, 380695.5599999996 5592698.25, 380629.91000000015 5592668.33, 380625.1299999999 5592681.17, 380620.8799999999 5592675.300000001, 380615.08999999985 5592667.289999999, 380611.08999999985 5592661.76, 380600.1900000004 5592646.6899999995, 380598.88999999966 5592644.890000001, 380596.76999999955 5592640.470000001, 380592.83999999985 5592632.26, 380585.7400000002 5592617.4399999995, 380578.1799999997 5592601.67, 380573.8300000001 5592597.470000001, 380493.71999999974 5592520.050000001, 380481.70999999996 5592504.960000001, 380478.7599999998 5592501.24, 380463.0499999998 5592508.300000001, 380417.4900000002 5592526.279999999, 380402.01999999955 5592532.380000001, 380374.61000000034 5592506.640000001, 380371.6699999999 5592503.52, 380356.54000000004 5592487.49, 380349.54000000004 5592480.07, 380353.2999999998 5592476.279999999, 380328.1299999999 5592427.15, 380322.1500000004 5592429.460000001, 380312.71999999974 5592415.859999999, 380311.01999999955 5592408.09, 380307.5999999996 5592392.4399999995, 380317.3300000001 5592324.289999999, 380318.9299999997 5592307.01, 380327.7599999998 5592266.630000001, 380330.20999999996 5592255.449999999, 380334.26999999955 5592236.890000001, 380345.88999999966 5592217.23, 380351.6699999999 5592172.6, 380353.0599999996 5592160.07, 380352 5592136.01, 380353.95999999996 5592126.029999999, 380369.28000000026 5592108.42, 380402.4299999997 5592100.140000001, 380457.9299999997 5592094.41, 380474.11000000034 5592095.710000001, 380494.6799999997 5592099.42, 380543.5999999996 5592119.65, 380587.91000000015 5592121.43, 380599.79000000004 5592123, 380618.1200000001 5592119.75, 380649.1799999997 5592118.3100000005, 380684.6900000004 5592122.48, 380705.13999999966 5592126.23, 380720.8099999996 5592130.33, 380736.2000000002 5592134.359999999, 380856.23000000045 5592181.08, 380876.7400000002 5592178.220000001, 380913.98000000045 5592167.869999999, 380930.9500000002 5592169.15, 380943.36000000034 5592174.42, 380980.73000000045 5592183.6, 381006.6500000004 5592196.01, 381010.8499999996 5592197.970000001, 381012.36000000034 5592202.890000001, 381022.1799999997 5592211.17, 381074.9299999997 5592255.68, 381093.9299999997 5592266.74, 381110.5599999996 5592278.0600000005, 381126.96999999974 5592289.029999999, 381248.63999999966 5592288.0600000005, 381352.7599999998 5592276.57, 381394.5700000003 5592264.0600000005, 381403.6500000004 5592249.359999999, 381406.20999999996 5592216.210000001, 381416.03000000026 5592207.710000001, 381491.9199999999 5592278.279999999, 381512.53000000026 5592286.9, 381475.95999999996 5592294.220000001, 381408.26999999955 5592325.369999999, 381407.3499999996 5592366.800000001, 381406.73000000045 5592394.58, 381399.8700000001 5592424.27, 381398.8700000001 5592433.470000001, 381394.28000000026 5592475.789999999, 381403.3300000001 5592492.59, 381419.61000000034 5592522.8100000005, 381416.8300000001 5592527.52, 381419.4000000004 5592531.77, 381420.38999999966 5592543.039999999, 381413.86000000034 5592555.130000001, 381394.9400000004 5592574.93, 381444.04000000004 5592619.58, 381459.1299999999 5592633.3100000005, 381504.66000000015 5592586.16, 381565.54000000004 5592563.93, 381596.8499999996 5592528.210000001, 381621.25 5592502.710000001, 381666.5499999998 5592467.48, 381706.2400000002 5592446.01, 381726.2400000002 5592427.220000001, 381747.8700000001 5592406.92, 381754.4299999997 5592400.75, 381764.66000000015 5592406.17, 381762.0099999998 5592427.93, 381754.5800000001 5592457.92, 381762.9000000004 5592490.630000001, 381768.0700000003 5592493.029999999, 381783.53000000026 5592510, 381803.2599999998 5592518.48, 381864.6200000001 5592543.779999999, 381897.5700000003 5592453.77, 381930.4199999999 5592465.970000001, 381963.5800000001 5592421.41, 381967.8099999996 5592421.68, 381973.33999999985 5592422.029999999, 382008.0700000003 5592376.08, 382011.73000000045 5592371.210000001, 382027.3799999999 5592383.59, 382037.03000000026 5592389.91, 382050.3700000001 5592390.369999999, 382055.04000000004 5592390.529999999, 382061.36000000034 5592387.880000001, 382079.38999999966 5592380.35, 382074.73000000045 5592340.539999999, 382071.08999999985 5592320.539999999, 382066.4900000002 5592295.01, 382065.9900000002 5592292.220000001, 382067.5 5592283.09, 382121.6299999999 5592232.74, 382127.61000000034 5592225.83, 382113.51999999955 5592216.9, 382123.6900000004 5592203.140000001, 382151.4400000004 5592192.699999999, 382166.51999999955 5592192.380000001, 382185.2599999998 5592191.9, 382213.5099999998 5592203.039999999, 382226.26999999955 5592204.25, 382236.6200000001 5592207.6899999995, 382238.28000000026 5592205.4399999995, 382243.8700000001 5592209.91, 382245.61000000034 5592213.880000001, 382249.5099999998 5592212.720000001, 382251.29000000004 5592217.58, 382254.0499999998 5592222.619999999, 382315.46999999974 5592233.460000001, 382359.83999999985 5592274.84, 382368.21999999974 5592293.4, 382378.6500000004 5592333.369999999, 382379.01999999955 5592344.17, 382363.9000000004 5592433.85, 382348.7599999998 5592440.970000001, 382337.36000000034 5592450.57, 382303.53000000026 5592508.529999999, 382304.0599999996 5592504.720000001, 382278 5592493.220000001, 382263.2999999998 5592521.35, 382248.6299999999 5592549.35, 382255.8499999996 5592554.539999999, 382226.8300000001 5592590.77, 382214.86000000034 5592597.91, 382176.45999999996 5592600.67, 382171.2999999998 5592603.5, 382169.86000000034 5592605.640000001, 382172.7000000002 5592616.119999999, 382187.2599999998 5592637.029999999, 382199.9500000002 5592666.380000001, 382202.6699999999 5592697.609999999, 382212.75 5592731.720000001, 382209.23000000045 5592742.050000001, 382200.4500000002 5592760.02, 382202.04000000004 5592762.4399999995, 382206.28000000026 5592763.710000001, 382214.7999999998 5592755.91, 382222.4299999997 5592738.960000001, 382225.3099999996 5592737.8100000005, 382227.3200000003 5592737, 382229.8799999999 5592735.98, 382237.2999999998 5592740.75, 382255.63999999966 5592755.24, 382253.9000000004 5592764.880000001, 382255.7400000002 5592765.449999999, 382260.8799999999 5592767, 382266.98000000045 5592768.859999999, 382290.9199999999 5592741.039999999, 382296.8300000001 5592747.699999999, 382301.4900000002 5592749.859999999, 382316.1699999999 5592756.76, 382310.71999999974 5592762.8100000005, 382297.0999999996 5592777.58, 382219.61000000034 5592861.359999999, 382210.95999999996 5592870.449999999, 382193.23000000045 5592890.51, 382183.16000000015 5592902.24, 382184.8799999999 5592903.73, 382153.0800000001 5592940.3100000005, 382146.1500000004 5592948.289999999, 382138.54000000004 5592956.9, 382130.53000000026 5592965.960000001, 382123.5599999996 5592973.84, 382117.53000000026 5592980.859999999, 382113.58999999985 5592985.34, 382109.78000000026 5592989.880000001, 382106.3300000001 5592993.91, 382102.83999999985 5592997.869999999, 382101.5099999998 5592999.52, 382098.03000000026 5593003.48, 382093.8499999996 5593008.4399999995, 382087.6299999999 5593015.68, 382076.54000000004 5593028.59, 382071.36000000034 5593034.619999999, 382067.0099999998 5593039.6899999995, 382055.2599999998 5593053.49, 382048.5800000001 5593061.140000001, 382036.8700000001 5593070.5, 382026.0999999996 5593081.82, 382020.4500000002 5593087.77, 382011.54000000004 5593097.109999999, 382010.98000000045 5593097.85, 382006.79000000004 5593102.720000001, 381996.45999999996 5593114.960000001, 381991.88999999966 5593116.65, 381990.1900000004 5593117.300000001, 381988.5 5593120.4, 381986.13999999966 5593124.9399999995, 381979.33999999985 5593137.58, 381973.0700000003 5593143.0600000005, 381961.29000000004 5593153.779999999, 381959.8300000001 5593152.710000001, 381946.33999999985 5593170.300000001, 381942.28000000026 5593175.630000001, 381928.2999999998 5593187.85, 381856.54000000004 5593246.98, 381852.38999999966 5593250.4, 381833.66000000015 5593265.880000001, 381829.2999999998 5593271.49, 381822.21999999974 5593277.98, 381796.6900000004 5593301.41, 381791.91000000015 5593305.789999999, 381780.5700000003 5593316.1899999995, 381774.2999999998 5593321.9399999995, 381768.1200000001 5593325.789999999, 381758.7400000002 5593331.630000001, 381719.0599999996 5593354.800000001, 381703.5700000003 5593363.07, 381668.79000000004 5593381.619999999, 381639.9400000004 5593400.49, 381612.75 5593424.470000001, 381577.5700000003 5593452.8100000005, 381548.5 5593476.470000001, 381529.7599999998 5593500.77, 381474.95999999996 5593437.58, 381443.1900000004 5593419.359999999, 381390.4500000002 5593389.109999999, 381392.1900000004 5593378.880000001, 381398.53000000026 5593367.82, 381406.4199999999 5593358.83, 381408.38999999966 5593341.539999999)), ((376890.21999999974 5604832.640000001, 376892.29000000004 5604835.15, 376894.54000000004 5604837.48, 376900.48000000045 5604843.630000001, 376906.3799999999 5604850.48, 376904.0999999996 5604852.609999999, 376900.6699999999 5604855.800000001, 376900 5604856.42, 376897.4000000004 5604858.85, 376890.6500000004 5604863.92, 376886.5599999996 5604867.01, 376889.3799999999 5604870.76, 376902.1900000004 5604877.220000001, 376911.2400000002 5604878.65, 376909.01999999955 5604899.390000001, 376903.78000000026 5604899.32, 376894.4900000002 5604915.869999999, 376892.66000000015 5604917.23, 376889.5999999996 5604929.880000001, 376873.53000000026 5604940.76, 376872.2599999998 5604941.66, 376858.66000000015 5604951.23, 376860.98000000045 5604956.9399999995, 376861.3300000001 5604957.9, 376861.4900000002 5604958.779999999, 376848.76999999955 5604958.300000001, 376839.5499999998 5604953.34, 376835.98000000045 5604953.050000001, 376833.9400000004 5604952.890000001, 376819.5 5604947.369999999, 376811.78000000026 5604947.35, 376799.79000000004 5604947.3100000005, 376796.4299999997 5604947.300000001, 376794.29000000004 5604947.279999999, 376790.3300000001 5604954.33, 376789.95999999996 5604954.98, 376787.91000000015 5604958.630000001, 376785.5800000001 5604962.77, 376777.1799999997 5604969.880000001, 376763.4500000002 5604979.15, 376751.33999999985 5604982.800000001, 376751.4299999997 5604999.609999999, 376752.0800000001 5605008.01, 376752.36000000034 5605011.65, 376752.9000000004 5605018.539999999, 376745.3499999996 5605029.300000001, 376734.5 5605041.6899999995, 376717.96999999974 5605046.65, 376715.1200000001 5605057.710000001, 376725.33999999985 5605077.67, 376724.73000000045 5605081.15, 376722.4199999999 5605094.27, 376722.0999999996 5605099.27, 376719.01999999955 5605104.26, 376717.4400000004 5605106.8100000005, 376714.9900000002 5605110.779999999, 376708.1699999999 5605116.5, 376701.75 5605123.390000001, 376699.7599999998 5605129.109999999, 376703.5099999998 5605131.630000001, 376711.04000000004 5605133.43, 376717.0800000001 5605132.1899999995, 376721.3099999996 5605131.23, 376723.1699999999 5605131.0600000005, 376724.0499999998 5605131.59, 376725.0800000001 5605132.4, 376726.9000000004 5605133.83, 376727.20999999996 5605134.07, 376728.4299999997 5605134.890000001, 376728.9400000004 5605136.199999999, 376729.04000000004 5605138.83, 376728.6799999997 5605141.84, 376728.29000000004 5605145.17, 376727.75 5605149.890000001, 376727.5099999998 5605151.77, 376726.6200000001 5605153.630000001, 376726.6200000001 5605154.640000001, 376726.61000000034 5605159.5600000005, 376726.61000000034 5605162.32, 376726.78000000026 5605163.67, 376727.1699999999 5605166.5600000005, 376727.7999999998 5605171.24, 376729.88999999966 5605183.48, 376726.21999999974 5605196.91, 376725.6299999999 5605197.5600000005, 376719.1500000004 5605204.68, 376717.8300000001 5605206.119999999, 376715.04000000004 5605213.73, 376709.6500000004 5605222.140000001, 376703.6299999999 5605228.6899999995, 376707.1500000004 5605231.52, 376708.36000000034 5605232.039999999, 376713.46999999974 5605234.210000001, 376715.8099999996 5605233.52, 376715.54000000004 5605234.289999999, 376715 5605235.83, 376697.23000000045 5605264.24, 376686.6900000004 5605279.789999999, 376675.6299999999 5605299.9399999995, 376675.2400000002 5605300.48, 376674.4400000004 5605301.66, 376673.79000000004 5605302.640000001, 376669.03000000026 5605303.74, 376664.0099999998 5605314.039999999, 376664.79000000004 5605315.85, 376667.03000000026 5605320.859999999, 376666.5499999998 5605323.359999999, 376663.8099999996 5605323.359999999, 376662.4000000004 5605322.859999999, 376651.45999999996 5605319.3100000005, 376641.5099999998 5605315.5, 376635.6200000001 5605300.859999999, 376625.21999999974 5605303.01, 376610.4500000002 5605317.109999999, 376613.29000000004 5605324.369999999, 376613.48000000045 5605328.18, 376594.83999999985 5605338.720000001, 376576.28000000026 5605362.960000001, 376567.13999999966 5605362.84, 376558.3499999996 5605366.1, 376542.5599999996 5605370.32, 376537.0700000003 5605374.960000001, 376536.1699999999 5605375.720000001, 376535.0999999996 5605376.619999999, 376533.5700000003 5605377.91, 376530 5605380.92, 376529.3700000001 5605381.4399999995, 376520.70999999996 5605383.75, 376511.91000000015 5605386.74, 376510.4000000004 5605394.4, 376503.2599999998 5605400.73, 376502.4299999997 5605400.8100000005, 376502.3200000003 5605402.76, 376498.1900000004 5605409.109999999, 376496.3799999999 5605411.890000001, 376490.79000000004 5605420.5, 376483.8799999999 5605431.18, 376482.3700000001 5605432.85, 376478.0999999996 5605437.67, 376471.79000000004 5605444.76, 376466.95999999996 5605454.35, 376466.28000000026 5605455.710000001, 376464.1900000004 5605459.869999999, 376463.25 5605465.699999999, 376461.83999999985 5605474.550000001, 376461.71999999974 5605475.33, 376461.1699999999 5605478.789999999, 376458.7000000002 5605494.35, 376459.16000000015 5605507.619999999, 376459.1799999997 5605510.34, 376459.25 5605521.140000001, 376459.29000000004 5605526.949999999, 376459 5605531.460000001, 376458.73000000045 5605535.52, 376458.41000000015 5605540.73, 376458.1699999999 5605544.380000001, 376457.5700000003 5605553.84, 376456.9000000004 5605564.07, 376457.08999999985 5605575.039999999, 376457.25 5605584.41, 376457.28000000026 5605585.75, 376457.41000000015 5605593.4, 376455.6200000001 5605601.83, 376456.36000000034 5605604.779999999, 376459.6699999999 5605618.01, 376466.8099999996 5605627.75, 376476.53000000026 5605641.699999999, 376477.9400000004 5605647.039999999, 376490.78000000026 5605668.1, 376493.5599999996 5605693.5600000005, 376493.7599999998 5605693.75, 376468.88999999966 5605694.15, 376454.2999999998 5605688.92, 376451.8499999996 5605690.33, 376454.5800000001 5605694.75, 376409.29000000004 5605695.359999999, 376389.7599999998 5605692.23, 376391.9500000002 5605683.119999999, 376394.5999999996 5605672.109999999, 376391.0599999996 5605667.789999999, 376379.6699999999 5605665.779999999, 376361.1799999997 5605662.52, 376358.25 5605662.33, 376343.53000000026 5605661.33, 376339.33999999985 5605661.0600000005, 376322.21999999974 5605660.08, 376320.7999999998 5605647.1899999995, 376316.48000000045 5605634.720000001, 376310.5599999996 5605619.9399999995, 376287.5800000001 5605639.220000001, 376266.3799999999 5605657, 376264.91000000015 5605658.23, 376270.1799999997 5605673.66, 376276.0099999998 5605696.460000001, 376259.8099999996 5605698.09, 376253.2999999998 5605674.25, 376252.0599999996 5605671.09, 376251.98000000045 5605671.119999999, 376246.54000000004 5605671.82, 376225.33999999985 5605671.210000001, 376221.8099999996 5605662.470000001, 376208.86000000034 5605664.720000001, 376217.0999999996 5605689.09, 376202.91000000015 5605693.3100000005, 376195.58999999985 5605673.050000001, 376193.4299999997 5605681.75, 376192.96999999974 5605685.01, 376187.3700000001 5605671.800000001, 376186.11000000034 5605676.789999999, 376184.76999999955 5605685.65, 376184.6799999997 5605686.24, 376176.86000000034 5605667.5600000005, 376154.1299999999 5605664.609999999, 376145.7000000002 5605651.15, 376130.20999999996 5605632.5, 376124.3300000001 5605624.48, 376106.1500000004 5605603.1, 376092.03000000026 5605586.23, 376090.88999999966 5605587.3100000005, 376075.1500000004 5605602, 376053.0499999998 5605622.77, 376050.2000000002 5605625.130000001, 376047.5099999998 5605632.529999999, 376035.66000000015 5605651.02, 376028.29000000004 5605662.51, 376016.91000000015 5605679.25, 376002.5099999998 5605699.720000001, 375998.96999999974 5605708.68, 375997.4199999999 5605712.6, 375978.4400000004 5605739.609999999, 375970.54000000004 5605750.85, 375965.0800000001 5605758.630000001, 375964.3300000001 5605759.699999999, 375937.28000000026 5605772.8100000005, 375935.1799999997 5605789.619999999, 375908.2400000002 5605782.6, 375903.75 5605788.41, 375896.21999999974 5605798.15, 375890.71999999974 5605805.24, 375885.58999999985 5605813, 375876.7400000002 5605804.119999999, 375871.9299999997 5605798.539999999, 375850.95999999996 5605815.5, 375856.9900000002 5605832.4399999995, 375839.53000000026 5605841.4399999995, 375840.20999999996 5605842.74, 375838.20999999996 5605843.82, 375828.8300000001 5605829.039999999, 375828.36000000034 5605829.76, 375823.1500000004 5605838.74, 375817.5999999996 5605835.17, 375815.5099999998 5605834.050000001, 375808.2999999998 5605841.08, 375796.7599999998 5605844.1, 375777.9400000004 5605852.5, 375736.9500000002 5605884.01, 375725.3300000001 5605890.4, 375722.91000000015 5605891.9, 375714.29000000004 5605892.4399999995, 375711.38999999966 5605891, 375703.3799999999 5605887.050000001, 375699.75 5605885.25, 375698.4900000002 5605885.460000001, 375691.6299999999 5605889.33, 375684.1299999999 5605896.550000001, 375646.28000000026 5605862.35, 375649.96999999974 5605859.630000001, 375644.7599999998 5605853.25, 375643.4400000004 5605851.619999999, 375640.9500000002 5605848.539999999, 375639.4199999999 5605846.65, 375658.54000000004 5605826.050000001, 375659.23000000045 5605825.300000001, 375655.7400000002 5605819.210000001, 375652.4000000004 5605813.369999999, 375651.29000000004 5605811.41, 375647.3499999996 5605803.99, 375673.4000000004 5605791.33, 375665.1500000004 5605774.16, 375657.1799999997 5605756.76, 375649.73000000045 5605736.73, 375642.16000000015 5605739.4, 375641.8300000001 5605738.32, 375633.46999999974 5605741.25, 375627.86000000034 5605722.869999999, 375626.1900000004 5605717.34, 375622.54000000004 5605718.9399999995, 375620.13999999966 5605719.960000001, 375619.95999999996 5605719.49, 375619.0099999998 5605717.18, 375615.3799999999 5605708.279999999, 375605.9400000004 5605685.210000001, 375601.1900000004 5605688.59, 375593.75 5605693.92, 375593.13999999966 5605673.109999999, 375592.2400000002 5605647.23, 375592.2599999998 5605627.51, 375602.9199999999 5605620.960000001, 375611.13999999966 5605615.91, 375610.4900000002 5605614.9399999995, 375609.8499999996 5605613.960000001, 375609.58999999985 5605613.529999999, 375603.3799999999 5605603.08, 375597.9199999999 5605593.949999999, 375593.2000000002 5605586.029999999, 375585.03000000026 5605572.34, 375583.73000000045 5605570.15, 375582.38999999966 5605567.9, 375581.88999999966 5605570.99, 375578.5499999998 5605572.4399999995, 375578.0999999996 5605571.23, 375568.7999999998 5605547.039999999, 375544.6900000004 5605562.58, 375539.4299999997 5605555.210000001, 375533.58999999985 5605547.039999999, 375530.61000000034 5605542.859999999, 375527.88999999966 5605538.76, 375525.86000000034 5605535.710000001, 375523.8099999996 5605532.619999999, 375521.78000000026 5605529.58, 375519.26999999955 5605525.789999999, 375516.03000000026 5605520.91, 375512.63999999966 5605515.83, 375509.54000000004 5605511.15, 375504.63999999966 5605503.779999999, 375501.75 5605506.32, 375499.4199999999 5605508.369999999, 375495.11000000034 5605502.859999999, 375491.3499999996 5605498.07, 375491 5605497.630000001, 375499.26999999955 5605490.380000001, 375518.61000000034 5605474.51, 375527.5800000001 5605466.91, 375523.3200000003 5605462.34, 375520.4299999997 5605464.77, 375516.98000000045 5605467.68, 375515.7400000002 5605466.279999999, 375497.3700000001 5605445.91, 375493.9199999999 5605442.07, 375488.28000000026 5605447.17, 375483.7999999998 5605441.130000001, 375483.0499999998 5605440.119999999, 375480.0499999998 5605436.109999999, 375481.6699999999 5605434.76, 375497.2599999998 5605420.92, 375500.9299999997 5605417.67, 375501.9199999999 5605416.66, 375497.1900000004 5605412.380000001, 375498.1699999999 5605411.279999999, 375501.73000000045 5605414.01, 375504.25 5605415.949999999, 375508.08999999985 5605418.890000001, 375519.73000000045 5605403.460000001, 375528.9000000004 5605389.82, 375538.6900000004 5605377.119999999, 375541.8300000001 5605379.1, 375545 5605374.300000001, 375549.6699999999 5605376.220000001, 375561.54000000004 5605359.41, 375564.29000000004 5605361.25, 375566.3300000001 5605362.6, 375574.6200000001 5605368.130000001, 375576.9900000002 5605369.710000001, 375579.0099999998 5605371.050000001, 375580.73000000045 5605372.199999999, 375581.4299999997 5605372.59, 375592.2599999998 5605358.1, 375591.8499999996 5605355.34, 375594.2000000002 5605353.66, 375611.95999999996 5605341.01, 375617.36000000034 5605337.6, 375620.1900000004 5605335.83, 375619.8700000001 5605334.390000001, 375620.8799999999 5605333.65, 375624.5999999996 5605330.77, 375629.4199999999 5605330.42, 375623.8300000001 5605325.6, 375627.73000000045 5605322.640000001, 375634.58999999985 5605317.4399999995, 375627.11000000034 5605309.210000001, 375617.3799999999 5605294.6, 375608.63999999966 5605278.289999999, 375604.5499999998 5605262.59, 375603.66000000015 5605257.710000001, 375599.3099999996 5605233.74, 375596.58999999985 5605219.77, 375594.88999999966 5605211.109999999, 375592.4900000002 5605198.789999999, 375583.96999999974 5605184.289999999, 375574.2599999998 5605159.859999999, 375571.29000000004 5605160.640000001, 375562.8799999999 5605128.710000001, 375561.21999999974 5605125.779999999, 375554.16000000015 5605112.35, 375545.0499999998 5605107.43, 375537.9299999997 5605102.41, 375533.41000000015 5605099.529999999, 375529.2999999998 5605096.039999999, 375525.53000000026 5605093.51, 375522.13999999966 5605091.029999999, 375518.23000000045 5605088.289999999, 375514.86000000034 5605085.9399999995, 375511.8099999996 5605083.8100000005, 375510.61000000034 5605084.48, 375504.1200000001 5605087.550000001, 375501.9299999997 5605088.949999999, 375505.79000000004 5605084.26, 375525.4000000004 5605066.77, 375534.6699999999 5605060.51, 375526.5499999998 5605047.51, 375522.75 5605041.42, 375525.61000000034 5605040.01, 375521.1699999999 5605034.369999999, 375515.20999999996 5605026.83, 375509.1500000004 5605029.300000001, 375506.11000000034 5605030.300000001, 375508.4400000004 5605015.48, 375508.51999999955 5605015.1899999995, 375509.9299999997 5605009.779999999, 375511.7999999998 5605002.67, 375513.0599999996 5604997.84, 375514.7599999998 5604993.6899999995, 375514.28000000026 5604990.609999999, 375513.7000000002 5604990.369999999, 375510.38999999966 5604988.880000001, 375513.23000000045 5604980.960000001, 375514.95999999996 5604976.140000001, 375515.21999999974 5604975.380000001, 375516.5999999996 5604971.25, 375518.45999999996 5604965.699999999, 375519.3499999996 5604963.01, 375520.2999999998 5604960.15, 375518.53000000026 5604959.550000001, 375521.7999999998 5604953.5, 375523.2999999998 5604950.73, 375527.91000000015 5604942.220000001, 375536.6500000004 5604926.0600000005, 375539.5800000001 5604928.050000001, 375545.83999999985 5604932.26, 375546.66000000015 5604930.6899999995, 375549.45999999996 5604932, 375550.3499999996 5604930.289999999, 375547.5 5604928.210000001, 375551.4400000004 5604923.73, 375552.53000000026 5604922.49, 375554.6799999997 5604920.0600000005, 375555.8200000003 5604918.75, 375556.3799999999 5604918.119999999, 375558.5800000001 5604915.619999999, 375560.51999999955 5604913.42, 375556.3200000003 5604908.970000001, 375560.79000000004 5604903.5, 375562.3499999996 5604901.59, 375564.0999999996 5604899.449999999, 375562.2599999998 5604897.52, 375558.5800000001 5604895.16, 375563.3700000001 5604889.449999999, 375566.46999999974 5604885.77, 375567.0999999996 5604885.029999999, 375570.8700000001 5604880.539999999, 375573.8300000001 5604877.01, 375575.41000000015 5604875.119999999, 375576.8099999996 5604873.460000001, 375579.9199999999 5604869.75, 375582.6500000004 5604866.51, 375584.79000000004 5604863.960000001, 375584.8300000001 5604863.92, 375588.4000000004 5604859.67, 375591.46999999974 5604856, 375592.9299999997 5604852.66, 375594.36000000034 5604849.359999999, 375595.9299999997 5604845.73, 375599.3300000001 5604842.5600000005, 375600.1200000001 5604841.83, 375603.33999999985 5604838.82, 375607.1799999997 5604835.25, 375615.4199999999 5604826.75, 375617.41000000015 5604824.710000001, 375614.23000000045 5604820.85, 375625.6799999997 5604813.710000001, 375626.1299999999 5604813.43, 375635.5999999996 5604805.4399999995, 375622.6299999999 5604786.65, 375638.4400000004 5604778.65, 375640.61000000034 5604777.57, 375650.91000000015 5604772.359999999, 375664.0099999998 5604766.0600000005, 375654.38999999966 5604746.43, 375652.61000000034 5604742.720000001, 375651.63999999966 5604740.6899999995, 375652.71999999974 5604740.109999999, 375652.48000000045 5604739.59, 375651.3300000001 5604735.970000001, 375660.6500000004 5604734.529999999, 375674.58999999985 5604735.199999999, 375680.5599999996 5604736.630000001, 375689.8200000003 5604737.539999999, 375695.2000000002 5604745.609999999, 375696.1900000004 5604747.07, 375697.91000000015 5604749.6, 375697.9299999997 5604749.67, 375698.0800000001 5604750.380000001, 375703.41000000015 5604773.66, 375724.5599999996 5604771.300000001, 375730.4500000002 5604768.380000001, 375738.76999999955 5604746.619999999, 375746.28000000026 5604746.359999999, 375757.54000000004 5604745.859999999, 375763.6900000004 5604738.49, 375770.26999999955 5604711.74, 375777.54000000004 5604705.279999999, 375782.04000000004 5604703.4399999995, 375790.4299999997 5604708.23, 375803.29000000004 5604715.57, 375810.79000000004 5604715.9, 375835.1799999997 5604702.76, 375854.3099999996 5604711.880000001, 375876.8799999999 5604714.4399999995, 375890.0599999996 5604713.1899999995, 375908.3799999999 5604707.99, 375915.11000000034 5604696.609999999, 375917.0099999998 5604689.77, 375914.6799999997 5604687.74, 375914.63999999966 5604686.880000001, 375914.58999999985 5604685.98, 375914.4299999997 5604682.83, 375914.3200000003 5604680.49, 375921.36000000034 5604678.609999999, 375922.96999999974 5604675.73, 375935.13999999966 5604682.77, 375947.3499999996 5604682.050000001, 375948.45999999996 5604680.99, 375964.83999999985 5604678.4399999995, 375965.4400000004 5604678.359999999, 375978.1799999997 5604676.75, 375992.70999999996 5604675.99, 375999.9299999997 5604672.1899999995, 376002.8300000001 5604672.09, 376004 5604672.0600000005, 376006.21999999974 5604673.33, 376006.38999999966 5604673.43, 376011.08999999985 5604676.140000001, 376017.61000000034 5604674.279999999, 376033.91000000015 5604670.92, 376038.9500000002 5604670.66, 376072.4500000002 5604668.99, 376073.03000000026 5604671.800000001, 376090.13999999966 5604673.220000001, 376098.2599999998 5604669.23, 376117.96999999974 5604667.039999999, 376122.36000000034 5604666.24, 376130.66000000015 5604664.6899999995, 376148.6200000001 5604662.58, 376155.71999999974 5604662.92, 376172.5800000001 5604661.51, 376178.36000000034 5604660.609999999, 376183.04000000004 5604659.869999999, 376185.45999999996 5604659.49, 376199.38999999966 5604657.42, 376203.25 5604656.85, 376226.45999999996 5604653.4, 376236.8700000001 5604652.01, 376238.5 5604651.800000001, 376246.3799999999 5604650.73, 376251.6299999999 5604650, 376254.3700000001 5604649.51, 376257.25 5604649.02, 376264.26999999955 5604647.789999999, 376273.41000000015 5604646.1899999995, 376300.5800000001 5604638.779999999, 376300.91000000015 5604640.99, 376300.9900000002 5604641.51, 376301.0800000001 5604642.109999999, 376302.88999999966 5604654.23, 376312.76999999955 5604652.130000001, 376315.33999999985 5604650.66, 376316.70999999996 5604648.01, 376318 5604641.09, 376318.5 5604639.82, 376322.66000000015 5604661.35, 376327.4000000004 5604686.42, 376327.53000000026 5604687.1, 376328.6799999997 5604693.18, 376329.0800000001 5604695.220000001, 376337.86000000034 5604691.75, 376334.03000000026 5604686.35, 376336.98000000045 5604681.18, 376340.4900000002 5604681.529999999, 376344.3200000003 5604681.91, 376351.66000000015 5604682.65, 376358.98000000045 5604683.380000001, 376361.78000000026 5604692.74, 376366.46999999974 5604694.6, 376370.45999999996 5604692.24, 376376.1699999999 5604690.58, 376380.4000000004 5604692.67, 376379.1699999999 5604684.5, 376383.0800000001 5604683.65, 376385.3700000001 5604683.16, 376388.7599999998 5604682.43, 376391.5800000001 5604681.83, 376391.9000000004 5604685.18, 376393.71999999974 5604684.66, 376399.6299999999 5604683.01, 376401.1900000004 5604682.57, 376412.5700000003 5604679.960000001, 376413.20999999996 5604679.8100000005, 376414.9000000004 5604692.3100000005, 376417.98000000045 5604691.949999999, 376434.26999999955 5604690.050000001, 376441.61000000034 5604689.1899999995, 376447.51999999955 5604688.82, 376458.53000000026 5604689.619999999, 376459.20999999996 5604688.02, 376458.1200000001 5604680.460000001, 376463.46999999974 5604679.4399999995, 376463.4199999999 5604679.199999999, 376461.4299999997 5604670.09, 376462.6299999999 5604669.800000001, 376474.1900000004 5604666.98, 376482.61000000034 5604664.93, 376487.1500000004 5604663.220000001, 376492.98</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5510-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5510-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5510-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5510-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -518,90 +518,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5510-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5510-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5510-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5510-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5510-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5510-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="57.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -675,51 +675,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108851</v>
       </c>
       <c r="O2" s="3">
-        <v>45968.44957558269</v>
+        <v>46067.8946072804</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>