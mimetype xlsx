--- v0 (2025-11-10)
+++ v1 (2026-02-16)
@@ -141,51 +141,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5510-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((398970.7400000002 5585427.25, 398953.41000000015 5585435.43, 398948.1500000004 5585430.5, 398945.13999999966 5585427.67, 398933.7599999998 5585415.23, 398924.9199999999 5585405.57, 398921.1699999999 5585401.460000001, 398908.13999999966 5585387.23, 398929.38999999966 5585372.9, 398898.70999999996 5585384.48, 398832.7400000002 5585313.199999999, 398704.95999999996 5585401.609999999, 398656.4500000002 5585418, 398468.0700000003 5585454.369999999, 398465.16000000015 5585454.32, 398463.4299999997 5585452.51, 398462.3099999996 5585450.84, 398461.21999999974 5585447.52, 398431.1799999997 5585411.33, 398270.9500000002 5585211.49, 398275.3499999996 5585205.789999999, 398282.48000000045 5585196.51, 398328.0800000001 5585137.369999999, 398364.46999999974 5585088.35, 398462.2000000002 5584954.6899999995, 398465.5800000001 5584950.08, 398470.0999999996 5584943.92, 398472.61000000034 5584940.51, 398479.7999999998 5584930.710000001, 398480.7599999998 5584929.4, 398494.04000000004 5584911.01, 398521.46999999974 5584873.529999999, 398630.1799999997 5584741.279999999, 398663.1900000004 5584705.84, 398714.6299999999 5584650.619999999, 398754.03000000026 5584611.9, 398808.63999999966 5584558.23, 398838.53000000026 5584526.949999999, 398874.6299999999 5584488.65, 398937.9400000004 5584421.49, 398965.51999999955 5584394.449999999, 398976.6500000004 5584383.300000001, 399013.41000000015 5584347.25, 399131.76999999955 5584233.02, 399200.48000000045 5584175.15, 399230.45999999996 5584145.960000001, 399238.5800000001 5584138.18, 399284.91000000015 5584087.199999999, 399307.58999999985 5584062.529999999, 399357.7999999998 5584020.630000001, 399421.7599999998 5583974.130000001, 399508.11000000034 5583918.390000001, 399588.9500000002 5583857.09, 399641.1699999999 5583815.07, 399707.8099999996 5583764.699999999, 399744.5599999996 5583737.09, 399760.7400000002 5583723.039999999, 399780.16000000015 5583706.199999999, 399815.5599999996 5583675.51, 399834.53000000026 5583659.75, 399880 5583618.199999999, 399890.2400000002 5583608.18, 399925.29000000004 5583573.609999999, 400085.3799999999 5583425.4, 400195.8099999996 5583314.82, 400232.5700000003 5583275.390000001, 400309.7400000002 5583206.529999999, 400320.8099999996 5583196.859999999, 400376.04000000004 5583153.699999999, 400420.5800000001 5583125.01, 400463.1900000004 5583103.029999999, 400484.76999999955 5583088.16, 400526.61000000034 5583059.83, 400576.5999999996 5583016.68, 400645.61000000034 5582955.42, 400689.63999999966 5582913.720000001, 400756.41000000015 5582845.33, 400823.66000000015 5582771.15, 400860.28000000026 5582722.390000001, 400893.45999999996 5582676.380000001, 400935.21999999974 5582615.4399999995, 400967.1699999999 5582558.07, 400981.45999999996 5582540.42, 401003.21999999974 5582506, 401038.9199999999 5582460.93, 401055.4000000004 5582434.720000001, 401080.2999999998 5582393.17, 401096.08999999985 5582364.720000001, 401106.9400000004 5582344.41, 401124.6500000004 5582312.210000001, 401141.2599999998 5582267.5, 401153.9500000002 5582233.35, 401169.88999999966 5582184.43, 401175.61000000034 5582161.779999999, 401207.25 5582075.34, 401213.88999999966 5582055.92, 401235.73000000045 5581990.369999999, 401247.78000000026 5581959.93, 401261.7999999998 5581919.109999999, 401275.5999999996 5581877.35, 401285.38999999966 5581840.59, 401289.8099999996 5581822.029999999, 401292.9500000002 5581801.6, 401297.8799999999 5581757.27, 401298.2400000002 5581750.52, 401299.26999999955 5581722.609999999, 401303.7000000002 5581722.33, 401303.48000000045 5581700.390000001, 401301.58999999985 5581683.460000001, 401288.5099999998 5581595.029999999, 401281.70999999996 5581568.99, 401272.2599999998 5581533.9399999995, 401265.6900000004 5581503.039999999, 401262.38999999966 5581448.52, 401240.26999999955 5581376.529999999, 401243.0599999996 5581375.67, 401217.75 5581288.8100000005, 401220.8099999996 5581287.789999999, 401213.9299999997 5581263.16, 401214.70999999996 5581262.92, 401198.9199999999 5581198.0600000005, 401195.4400000004 5581198.68, 401193.5999999996 5581177.35, 401197.8099999996 5581176.0600000005, 401190.7000000002 5581142.699999999, 401189.8200000003 5581135.4399999995, 401175 5581075.710000001, 401172.4299999997 5581076.710000001, 401161.58999999985 5581031.970000001, 401155.4400000004 5580997.960000001, 401139.4500000002 5580949.09, 401132.04000000004 5580912.16, 401107.6699999999 5580835.32, 401069.95999999996 5580743.77, 400976.4199999999 5580551.779999999, 400957.53000000026 5580526.02, 400970.75 5580515.23, 400968.58999999985 5580512.460000001, 400957.9900000002 5580520.470000001, 400927.7999999998 5580462.3100000005, 400945.8700000001 5580451.800000001, 400944.08999999985 5580448.59, 400938.0700000003 5580451.800000001, 400918.7599999998 5580412.24, 400915.4500000002 5580389.880000001, 400911.5800000001 5580374.880000001, 400889.96999999974 5580326.4399999995, 400873.58999999985 5580297.84, 400863.1799999997 5580281.52, 400859.0999999996 5580277.32, 400844.28000000026 5580257.130000001, 400831.1200000001 5580241.699999999, 400818.58999999985 5580229.32, 400816.91000000015 5580227.720000001, 400803.5999999996 5580215.279999999, 400792.7999999998 5580206.390000001, 400785.88999999966 5580200.369999999, 400765.66000000015 5580184.470000001, 400748.3200000003 5580172.960000001, 400722.83999999985 5580158.289999999, 400702.3099999996 5580146.92, 400690.61000000034 5580141.17, 400685.76999999955 5580138.99, 400703.28000000026 5580087.82, 400720.3499999996 5580037.91, 400729.1200000001 5580043.82, 400739 5580050.92, 400772.36000000034 5580075.42, 400772.76999999955 5580074.859999999, 400781.5099999998 5580082.85, 400800.75 5580097.02, 400827.0800000001 5580117.15, 400829.5800000001 5580118.199999999, 400832.26999999955 5580118.630000001, 400834.96999999974 5580118.390000001, 400837.5499999998 5580117.51, 400839.8300000001 5580116.039999999, 400841.7000000002 5580114.0600000005, 400874.6500000004 5580139.0600000005, 400884.6699999999 5580146.65, 400886.3799999999 5580148.02, 400888.38999999966 5580148.880000001, 400890.5800000001 5580149.15, 400892.73000000045 5580148.8100000005, 400894.73000000045 5580147.9, 400896.4000000004 5580146.48, 400897.5599999996 5580144.779999999, 400898.2400000002 5580142.85, 400898.41000000015 5580140.789999999, 400898.0499999998 5580138.76, 400884.0700000003 5580086.199999999, 400886.70999999996 5580084.98, 400888.95999999996 5580083.17, 400890.71999999974 5580080.869999999, 400891.86000000034 5580078.210000001, 400892.33999999985 5580075.359999999, 400892.1200000001 5580072.470000001, 400883.75 5580041.34, 400874.6900000004 5580007.5600000005, 400877.58999999985 5580006.82, 400877.4000000004 5580006.210000001, 400859.53000000026 5579935.08, 400850.16000000015 5579899.42, 400956.63999999966 5579866.109999999, 401108.51999999955 5579818.609999999, 401110.3200000003 5579819.609999999, 401114.75 5579826.26, 401123.4199999999 5579852.49, 401128.21999999974 5579851.890000001, 401230.5700000003 5580215.1, 401308.21999999974 5580490.619999999, 401315.0099999998 5580513.85, 401373.71999999974 5580690.220000001, 401394.26999999955 5580762.880000001, 401398.8099999996 5580779.32, 401400.66000000015 5580785.970000001, 401402.9500000002 5580793.880000001, 401406.6299999999 5580806.4399999995, 401408.8499999996 5580814.4, 401411.1699999999 5580823.17, 401424.78000000026 5580902.869999999, 401430.01999999955 5580942.33, 401428.38999999966 5580942.73, 401434.51999999955 5580962.289999999, 401445.9900000002 5581015, 401450.1299999999 5581032.67, 401457.8300000001 5581063.3100000005, 401485.3499999996 5581155.91, 401516.8499999996 5581233.17, 401539.04000000004 5581297.77, 401565.0800000001 5581338.42, 401574.51999999955 5581364.609999999, 401613.5099999998 5581457.4, 401628.54000000004 5581496.82, 401669.5700000003 5581593.0600000005, 401673.46999999974 5581610.550000001, 401678.29000000004 5581629.1, 401682.2999999998 5581646.789999999, 401679.36000000034 5581663.59, 401679.36000000034 5581672.300000001, 401705.0599999996 5581734.27, 401731.9500000002 5581788.449999999, 401739.25 5581801.51, 401762.4400000004 5581833.210000001, 401781.0599999996 5581862.3100000005, 401789.4299999997 5581879.66, 401806.61000000034 5581915.27, 401808.71999999974 5581914.27, 401854.6299999999 5582011.220000001, 401868.4299999997 5582042.779999999, 401903.5499999998 5582129.890000001, 401909.58999999985 5582154.33, 401914.76999999955 5582177.609999999, 401919.1299999999 5582206.859999999, 401921.2599999998 5582230.720000001, 401922.13999999966 5582255.5600000005, 401922.8200000003 5582280.67, 401919.9199999999 5582318.880000001, 401916.28000000026 5582344.550000001, 401904.7400000002 5582394.82, 401889.1500000004 5582447.039999999, 401880.5099999998 5582482.91, 401820.9299999997 5582661.82, 401811.21999999974 5582680.890000001, 401800.98000000045 5582709.390000001, 401800.5599999996 5582710.5600000005, 401793.4400000004 5582727.76, 401755.2000000002 5582814.59, 401753.0099999998 5582819.550000001, 401744.5499999998 5582828.880000001, 401721.53000000026 5582867.26, 401715.23000000045 5582889.99, 401708.8700000001 5582912.91, 401684.79000000004 5582980.279999999, 401682.4400000004 5582986.93, 401681.6799999997 5582990.75, 401669.3200000003 5583051.99, 401671.0700000003 5583052.390000001, 401654.2000000002 5583136.92, 401653.76999999955 5583149.699999999, 401657.5 5583150.68, 401643.6500000004 5583207.619999999, 401641.25 5583219.82, 401628.13999999966 5583277.9399999995, 401624.0099999998 5583290.779999999, 401620.2400000002 5583305.699999999, 401615.4199999999 5583323.720000001, 401612.11000000034 5583336.359999999, 401606.2000000002 5583359.02, 401604.2000000002 5583366.65, 401593.7999999998 5583399.57, 401582.0099999998 5583433.59, 401578.8499999996 5583433.52, 401559.3300000001 5583486.4, 401554.54000000004 5583498.15, 401542.20999999996 5583528.43, 401543.4900000002 5583532.74, 401522.4000000004 5583569.48, 401491.5599999996 5583614.09, 401457.1799999997 5583660.300000001, 401431.11000000034 5583685.26, 401437.61000000034 5583691.35, 401410.5599999996 5583718.9, 401404.1500000004 5583713.09, 401392.2999999998 5583725.49, 401384.03000000026 5583734.300000001, 401376.78000000026 5583742.880000001, 401369.1699999999 5583750.220000001, 401338.88999999966 5583774.84, 401321.73000000045 5583794.9, 401308.2400000002 5583812.289999999, 401307.20999999996 5583813.16, 401293.1799999997 5583824.93, 401291.9900000002 5583824.75, 401279.33999999985 5583835.460000001, 401277.41000000015 5583837.550000001, 401263.8099999996 5583849.66, 401264.2999999998 5583850.109999999, 401242.78000000026 5583869.33, 401242.41000000015 5583869.869999999, 401233.9299999997 5583882.220000001, 401188.86000000034 5583924.109999999, 401128.66000000015 5583982.57, 401089.79000000004 5584026.85, 401052.9900000002 5584066.539999999, 401026.29000000004 5584099.52, 401001.73000000045 5584137.130000001, 400978.9500000002 5584165.9399999995, 400959.1500000004 5584195.710000001, 400952.11000000034 5584206.039999999, 400928.11000000034 5584241.470000001, 400904.8799999999 5584273.77, 400860.3200000003 5584320.4, 400840.75 5584342.23, 400830.6299999999 5584355.619999999, 400818.9500000002 5584365.9, 400804.8200000003 5584383.02, 400716.3099999996 5584451.789999999, 400561.75 5584555.66, 400552.2400000002 5584566.949999999, 400510.13999999966 5584593, 400464.2000000002 5584618.130000001, 400366.5999999996 5584671.039999999, 400355.61000000034 5584676.59, 400336.86000000034 5584688.18, 400297.2000000002 5584709.210000001, 400123.58999999985 5584799.5, 399889.23000000045 5584894.890000001, 399889.5499999998 5584895.84, 399890.88999999966 5584899.779999999, 399829.6500000004 5584928.15, 399804.8200000003 5584939.66, 399738.8099999996 5584971.279999999, 399713.5700000003 5584983.390000001, 399711.5999999996 5584979.5, 399675.86000000034 5584994.1, 399667.21999999974 5584998.890000001, 399659.5800000001 5585003.140000001, 399633.1799999997 5585017.779999999, 399631.73000000045 5585018.58, 399623.86000000034 5585021.890000001, 399616.01999999955 5585025.1899999995, 399612.3799999999 5585026.720000001, 399609.1900000004 5585028.0600000005, 399605.73000000045 5585029.52, 399602.20999999996 5585030.99, 399593.4400000004 5585034.67, 399584.04000000004 5585038.619999999, 399579.91000000015 5585040.359999999, 399575.45999999996 5585042.66, 399567.36000000034 5585046.84, 399562.16000000015 5585049.529999999, 399560.08999999985 5585050.6, 399551.1799999997 5585055.199999999, 399547.6299999999 5585056.66, 399536.6200000001 5585061.220000001, 399527.5499999998 5585067.449999999, 399519.25 5585071.359999999, 399488.0999999996 5585086.039999999, 399470.2400000002 5585094.449999999, 399469.3499999996 5585097.970000001, 399465.7999999998 5585100.119999999, 399443.58999999985 5585112.57, 399407.53000000026 5585134.09, 399399.21999999974 5585139.15, 399380.21999999974 5585150.98, 399364.21999999974 5585162.17, 399357.7000000002 5585166.73, 399352.5 5585170.380000001, 399321.8099999996 5585191.85, 399320.6799999997 5585190.25, 399319.3300000001 5585188.380000001, 399288.88999999966 5585212.550000001, 399276.71999999974 5585213.52, 399258.23000000045 5585228.640000001, 399249.8799999999 5585235.48, 399230.2999999998 5585252.83, 399222.2000000002 5585260.01, 399199.0499999998 5585280.539999999, 399194.8499999996 5585284.26, 399190.51999999955 5585288.15, 399185.5099999998 5585292.67, 399173.1299999999 5585303.800000001, 399167.1500000004 5585309.199999999, 399162.1500000004 5585313.6899999995, 399115.5700000003 5585359.050000001, 399106.8200000003 5585367.01, 399108.0999999996 5585369.16, 399094.08999999985 5585381.91, 399091.3200000003 5585379.23, 399074.7999999998 5585363.24, 399072.95999999996 5585364.390000001, 399034.38999999966 5585397.800000001, 399025.9500000002 5585401.699999999, 398993.3499999996 5585416.75, 398970.7400000002 5585427.25), (399195.9199999999 5584558.720000001, 399167.6699999999 5584589.789999999, 399158.78000000026 5584599.58, 399154.4400000004 5584604.359999999, 399099.0599999996 5584665.279999999, 399064.9199999999 5584702.85, 399059.3200000003 5584709.5, 399063.1699999999 5584713.630000001, 399070.51999999955 5584708.58, 399076.25 5584704.15, 399096.16000000015 5584688.8100000005, 399110.26999999955 5584679.41, 399120.0999999996 5584672.859999999, 399153.5599999996 5584652.85, 399160.7999999998 5584648.52, 399175.28000000026 5584640.789999999, 399183.5800000001 5584636.35, 399191.3799999999 5584632.17, 399202.1799999997 5584626.41, 399212.8099999996 5584620.720000001, 399224.53000000026 5584614.460000001, 399236.04000000004 5584608.300000001, 399252.2000000002 5584600.25, 399267.29000000004 5584592.73, 399286.41000000015 5584583.1899999995, 399303.0099999998 5584576.18, 399315.91000000015 5584570.720000001, 399317.5800000001 5584570.02, 399323.73000000045 5584567.779999999, 399332.79000000004 5584564.48, 399334 5584564.039999999, 399337.5499999998 5584562.75, 399338.7999999998 5584566.949999999, 399339.5499999998 5584566.279999999, 399342.9199999999 5584563.279999999, 399350.1900000004 5584556.84, 399397.1900000004 5584542.470000001, 399404.01999999955 5584540.390000001, 399410.48000000045 5584538.84, 399420.28000000026 5584536.49, 399432.4400000004 5584536.890000001, 399445.0800000001 5584538.5600000005, 399446.0800000001 5584538.6899999995, 399453.1299999999 5584537.539999999, 399465.1900000004 5584535.6, 399478.83999999985 5584533.380000001, 399491.29000000004 5584531.369999999, 399499.91000000015 5584529.970000001, 399507.13999999966 5584528.800000001, 399520 5584526.720000001, 399539.3300000001 5584523.59, 399554.8499999996 5584521.08, 399555.46999999974 5584520.98, 399562.7000000002 5584519.8100000005, 399569.7999999998 5584518.98, 399576.9500000002 5584518.140000001, 399585.7999999998 5584517.1, 399589.1799999997 5584516.699999999, 399592.16000000015 5584515.960000001, 399598.7400000002 5584514.34, 399604.11000000034 5584513.01, 399612.9400000004 5584510.82, 399616.98000000045 5584509.699999999, 399618.5599999996 5584509.26, 399634.11000000034 5584503.640000001, 399640.0599999996 5584501.49, 399643.25 5584500.52, 399661.2400000002 5584495.029999999, 399671.9000000004 5584490.859999999, 399684.4500000002 5584485.9399999995, 399693.33999999985 5584482.869999999, 399701.36000000034 5584480.1, 399708.58999999985 5584477.539999999, 399710.5800000001 5584476.84, 399718.8799999999 5584473.640000001, 399734.9199999999 5584467.460000001, 399740.2999999998 5584465.4, 399744.63999999966 5584463.380000001, 399750.0999999996 5584460.859999999, 399772.33999999985 5584450.58, 399783.7000000002 5584446.109999999, 399808.13999999966 5584435.130000001, 399817.8200000003 5584431.51, 399842.6699999999 5584420.789999999, 399843.5499999998 5584420.23, 399880.5800000001 5584396.85, 399890.71999999974 5584390.550000001, 399892.5700000003 5584389.41, 399997.8700000001 5584315.48, 400051.25 5584286.619999999, 400085.48000000045 5584263.01, 400086.9400000004 5584262.34, 400099.70999999996 5584256.48, 400140.53000000026 5584229.93, 400215.8099999996 5584184.949999999, 400363.7000000002 5584119.84, 400424.5499999998 5584090.67, 400430.7400000002 5584087.869999999, 400456.5999999996 5584075.039999999, 400490.08999999985 5584056.140000001, 400492.1699999999 5584060.5600000005, 400515.2999999998 5584051.970000001, 400562 5584034.949999999, 400597.98000000045 5584025.960000001, 400624.3099999996 5584020.41, 400630.28000000026 5584019.15, 400709.70999999996 5584015.66, 400772.8799999999 5584019.02, 400812.4500000002 5584012.119999999, 400875.3799999999 5583996.119999999, 400872.3700000001 5583987.380000001, 400883.0499999998 5583983.74, 400888.4500000002 5583981.9, 400894.1900000004 5583979.949999999, 400896.9000000004 5583978.460000001, 400904.8300000001 5583974.130000001, 400912.3799999999 5583969.99, 400920.16000000015 5583965.73, 400923.98000000045 5583963.630000001, 400931.9000000004 5583959.300000001, 400935.4900000002 5583957.34, 400936.7599999998 5583956.33, 400940.5599999996 5583953.35, 400944.08999999985 5583950.57, 400950.58999999985 5583945.449999999, 400957.38999999966 5583940.109999999, 400958.7599999998 5583939.029999999, 400963.46999999974 5583934.68, 400967.6500000004 5583930.82, 400972.4000000004 5583926.41, 400977.2000000002 5583921.98, 400978.2999999998 5583921.15, 400983.3300000001 5583917.380000001, 400989.4400000004 5583912.800000001, 400991.7000000002 5583911.109999999, 400994.7000000002 5583908.85, 401005.73000000045 5583899.960000001, 401006.78000000026 5583899.1, 401017.5099999998 5583891.050000001, 401022.0700000003 5583887.619999999, 401027.9299999997 5583882.550000001, 401028.7999999998 5583881.74, 401036.8200000003 5583874.26, 401039.6299999999 5583872.029999999, 401049.86000000034 5583863.84, 401052.0800000001 5583862.0600000005, 401054.1699999999 5583859.83, 401059.11000000034 5583854.550000001, 401062.0800000001 5583851.84, 401071.8099999996 5583842.91, 401073.7400000002 5583841.15, 401077.51999999955 5583837.1899999995, 401084.3499999996 5583830.01, 401086.0800000001 5583829.210000001, 401091.2599999998 5583834.220000001, 401148.51999999955 5583778.42, 401150.01999999955 5583776.390000001, 401155.6500000004 5583768.779999999, 401160.7999999998 5583761.800000001, 401168.6799999997 5583750.300000001, 401178 5583736.5600000005, 401190.28000000026 5583717.4399999995, 401192.91000000015 5583712.32, 401195.76999999955 5583707.01, 401199.8300000001 5583700.550000001, 401201.3799999999 5583700.970000001, 401214.4900000002 5583680.210000001, 401219.3300000001 5583669.67, 401229.86000000034 5583652.880000001, 401231.7400000002 5583653.8100000005, 401236.26999999955 5583646.82, 401240.6799999997 5583637.630000001, 401247.9500000002 5583628.52, 401254.6200000001 5583617.890000001, 401262.2000000002 5583604.18, 401272.5700000003 5583587.9399999995, 401275.66000000015 5583586.25, 401293.51999999955 5583559.460000001, 401297.33999999985 5583553.42, 401303.2599999998 5583542.58, 401307.88999999966 5583534.43, 401316.6900000004 5583519.789999999, 401318.3499999996 5583516.35, 401339.8099999996 5583481.300000001, 401348.53000000026 5583464.24, 401359.70999999996 5583442.869999999, 401362.5 5583442.85, 401382.46999999974 5583405.98, 401391.8300000001 5583387.76, 401399.51999999955 5583373.83, 401405.5999999996 5583362, 401411.54000000004 5583344.460000001, 401416.28000000026 5583341.199999999, 401421.9900000002 5583337.1, 401425.8099999996 5583333.27, 401431.13999999966 5583325.74, 401434.3200000003 5583316.640000001, 401448.86000000034 5583274.800000001, 401450.51999999955 5583270.119999999, 401456.58999999985 5583247.85, 401462.5099999998 5583230.42, 401481.28000000026 5583169.199999999, 401481.1900000004 5583178.49, 401499.7400000002 5583116.140000001, 401517.11000000034 5583037.51, 401526.8700000001 5582994.84, 401532.6900000004 5582965.91, 401550.5599999996 5582890.27, 401570.78000000026 5582815.5, 401592.83999999985 5582748.720000001, 401615.3200000003 5582690.609999999, 401637.2999999998 5582637.27, 401665.9500000002 5582573.470000001, 401670.7400000002 5582562.789999999, 401677.7400000002 5582545.0600000005, 401681.61000000034 5582532.42, 401686.8799999999 5582512.779999999, 401688.73000000045 5582500.789999999, 401693.6799999997 5582448.029999999, 401692.75 5582442.029999999, 401692.3200000003 5582439.9399999995, 401691.1699999999 5582434.4, 401689.26999999955 5582425.1899999995, 401687.86000000034 5582416.23, 401686.3099999996 5582406.859999999, 401686.03000000026 5582405.210000001, 401684.5599999996 5582399.970000001, 401682.1799999997 5582391.460000001, 401680.26999999955 5582384.6899999995, 401678.3200000003 5582377.73, 401676.0999999996 5582371.43, 401673.1799999997 5582363.15, 401670.6799999997 5582356.07, 401668.13999999966 5582348.869999999, 401665.8099999996 5582342.25, 401662.4299999997 5582332.66, 401657.8700000001 5582319.75, 401649.9000000004 5582297.119999999, 401634.9500000002 5582256.5, 401633.4199999999 5582252.35, 401616.4400000004 5582206.48, 401606.46999999974 5582179.85, 401605.5800000001 5582178.32, 401603.70999999996 5582176.4, 401601.7599999998 5582175.82, 401581.58999999985 5582206.460000001, 401540.78000000026 5582268.23, 401529.3799999999 5582285.220000001, 401525.6799999997 5582290.74, 401522.4900000002 5582295.48, 401517.2400000002 5582303.3100000005, 401511.83999999985 5582311.359999999, 401506.26999999955 5582319.65, 401500.1200000001 5582328.82, 401493.6900000004 5582338.42, 401490.70999999996 5582342.84, 401487.61000000034 5582347.470000001, 401483.98000000045 5582352.880000001, 401479.9900000002 5582358.82, 401475.66000000015 5582365.27, 401471.13999999966 5582372.01, 401468.7999999998 5582375.49, 401463.75 5582383.039999999, 401457.1200000001 5582392.91, 401454.33999999985 5582397.07, 401451.6799999997 5582401.029999999, 401449.03000000026 5582404.949999999, 401441.3200000003 5582416.460000001, 401435.9199999999 5582424.5, 401423.9500000002 5582442.33, 401416.8300000001 5582454.08, 401374.96999999974 5582517.1, 401353.9400000004 5582547.49, 401340.83999999985 5582567.630000001, 401313.13999999966 5582610.66, 401295 5582637.3100000005, 401243.3499999996 5582709.289999999, 401204.95999999996 5582759.83, 401151.4500000002 5582827.039999999, 401120.11000000034 5582864.0600000005, 401106.6699999999 5582879.710000001, 401072.71999999974 5582915.550000001, 401057.2400000002 5582932.890000001, 401041.70999999996 5582950.49, 401016.8099999996 5582982.66, 400997.73000000045 5583003.24, 400985.11000000034 5583019.99, 400982.78000000026 5583018.26, 400979.4199999999 5583022.42, 400946.20999999996 5583044.380000001, 400792.29000000004 5583215.41, 400756.38999999966 5583252.9399999995, 400721.04000000004 5583289.470000001, 400686.8700000001 5583325.140000001, 400652 5583361.92, 400616.4000000004 5583398.43, 400580.3099999996 5583435.27, 400542.8200000003 5583471.6899999995, 400507.21999999974 5583506.33, 400472.04000000004 5583538.9, 400435.0499999998 5583572.98, 400424.9000000004 5583582.039999999, 400429.1200000001 5583587.43, 400432.1799999997 5583585.859999999, 400437.54000000004 5583592.66, 400405.9500000002 5583626.99, 400408.9500000002 5583630.57, 400409.79000000004 5583631.57, 400401.26999999955 5583637.5600000005, 400394.4299999997 5583642.390000001, 400386.2400000002 5583648.17, 400376.21999999974 5583655.23, 400371.9299999997 5583658.369999999, 400365.75 5583662.93, 400357.0099999998 5583669.66, 400341.76999999955 5583681.42, 400334.26999999955 5583687.199999999, 400325.1500000004 5583694.23, 400316.5800000001 5583700.880000001, 400311.5599999996 5583704.779999999, 400297.41000000015 5583714.76, 400276.61000000034 5583729.26, 400264.86000000034 5583736.93, 400249.76999999955 5583746.77, 400246.25 5583749.220000001, 400237.13999999966 5583755.539999999, 400233.73000000045 5583757.91, 400231.36000000034 5583759.970000001, 400225.3200000003 5583765.210000001, 400221.8499999996 5583768.220000001, 400206.48000000045 5583781.57, 400201.79000000004 5583785.640000001, 400204.76999999955 5583789.3100000005, 400188.70999999996 5583806, 400163.83999999985 5583828.859999999, 400122.21999999974 5583875.68, 400106.36000000034 5583876.619999999, 400083.76999999955 5583905.92, 400076 5583901.789999999, 400071.3200000003 5583897.35, 400053.86000000034 5583911.390000001, 400037.4400000004 5583924.789999999, 400024.08999999985 5583935.83, 400015.78000000026 5583929.33, 400011.29000000004 5583933.23, 400006.9199999999 5583937.029999999, 399995.4199999999 5583947.02, 399988.4500000002 5583953.09, 399983.9000000004 5583957.039999999, 399981.03000000026 5583959.390000001, 399978.03000000026 5583961.84, 399972.71999999974 5583966.18, 399966.88999999966 5583970.949999999, 399962.66000000015 5583974.51, 399957.6299999999 5583978.609999999, 399947.1699999999 5583987.140000001, 399941.98000000045 5583991.359999999, 399936.9500000002 5583995.48, 399929.7000000002 5584001.380000001, 399922.73000000045 5584007.07, 399918.28000000026 5584010.6899999995, 399912.4900000002 5584015.41, 399906.8300000001 5584020.029999999, 399903.29000000004 5584022.91, 399900.2599999998 5584025.25, 399879.54000000004 5584041.279999999, 399875.28000000026 5584044.58, 399871.08999999985 5584047.779999999, 399862.9900000002 5584053.960000001, 399854.3300000001 5584060.57, 399850.25 5584063.68, 399841.4500000002 5584070.4, 399837.0800000001 5584073.75, 399828.83999999985 5584080.029999999, 399825.3799999999 5584082.67, 399821.28000000026 5584085.800000001, 399813.4000000004 5584093.630000001, 399801.0099999998 5584105.960000001, 399798.79000000004 5584108.17, 399793.9000000004 5584113.029999999, 399786.8799999999 5584120.01, 399736.29000000004 5584153.039999999, 399705.58999999985 5584173.08, 399688.96999999974 5584183.9399999995, 399673.5 5584194.029999999, 399645.58999999985 5584213.4399999995, 399622.8700000001 5584232.33, 399614.8700000001 5584239, 399605.2999999998 5584243.84, 399595.66000000015 5584248.710000001, 399590.9400000004 5584249.800000001, 399587.7599999998 5584250.529999999, 399522.36000000034 5584294.3100000005, 399528.4900000002 5584299.1, 399502.8799999999 5584310.91, 399500.1799999997 5584308.8100000005, 399486.0700000003 5584319.49, 399480.08999999985 5584324.02, 399477.03000000026 5584326.34, 399471.2000000002 5584330.470000001, 399465.7599999998 5584333.82, 399458.4400000004 5584338.289999999, 399435.0099999998 5584355.199999999, 399408.53000000026 5584374.3100000005, 399379.1900000004 5584395.449999999, 399350.6299999999 5584416.039999999, 399356.1200000001 5584421.119999999, 399355.29000000004 5584421.67, 399351.04000000004 5584424.470000001, 399346.9900000002 5584427.130000001, 399344.6299999999 5584428.65, 399336.21999999974 5584434.050000001, 399333.6699999999 5584435.720000001, 399324.95999999996 5584441.279999999, 399317.98000000045 5584445.76, 399315.1200000001 5584447.800000001, 399308.1799999997 5584452.73, 399305.29000000004 5584454.789999999, 399304.01999999955 5584455.68, 399293.53000000026 5584463.15, 399284.0099999998 5584469.3100000005, 399241.75 5584512.1, 399209.4400000004 5584544.66, 399195.9199999999 5584558.720000001)), ((392248.41000000015 5585715.359999999, 392191.0099999998 5585724.279999999, 392179.1699999999 5585726.24, 392098.9000000004 5585737.24, 392019.7400000002 5585749.1899999995, 392011.7000000002 5585750.84, 391978.9900000002 5585757.140000001, 391979.88999999966 5585762.109999999, 391980.1299999999 5585763.17, 391951.9500000002 5585766.74, 391883.6699999999 5585781.23, 391824.8700000001 5585795.390000001, 391784.29000000004 5585804.539999999, 391757.0800000001 5585809.66, 391731.8799999999 5585817.07, 391712.9299999997 5585825.07, 391698.5700000003 5585831.52, 391683.96999999974 5585838.880000001, 391658.8300000001 5585851.279999999, 391652.63999999966 5585854.33, 391629.0099999998 5585868.4, 391594.8700000001 5585890.02, 391573.1699999999 5585904.85, 391554.53000000026 5585917.41, 391547.6299999999 5585905.75, 391542.5 5585897.41, 391526.7400000002 5585909.34, 391519.66000000015 5585915.83, 391516.86000000034 5585918.390000001, 391509.6200000001 5585926.92, 391507.9900000002 5585927.960000001, 391458.25 5585975.58, 391457.63999999966 5585976.41, 391440.76999999955 5586000.02, 391366.8200000003 5586107.859999999, 391317.48000000045 5586170.1899999995, 391315.1500000004 5586172.9, 391306.36000000034 5586183.16, 391285.71999999974 5586207.26, 391259.71999999974 5586237.640000001, 391227.7999999998 5586271.630000001, 391205.4900000002 5586293.130000001, 391199.8700000001 5586299.02, 391181.76999999955 5586315.65, 391172.9000000004 5586322.73, 391160.6699999999 5586332.01, 391132.21999999974 5586353.630000001, 391058.70999999996 5586401.17, 391022.23000000045 5586425.880000001, 391002.21999999974 5586437.93, 390954.0700000003 5586469.42, 390826.76999999955 5586557.52, 390760.88999999966 5586611.800000001, 390748.9500000002 5586620.73, 390723.4500000002 5586639.84, 390700.8099999996 5586654.890000001, 390693.6200000001 5586658.66, 390655.2999999998 5586683.609999999, 390639.6500000004 5586694.699999999, 390624.2400000002 5586706.98, 390611.03000000026 5586717.68, 390597.29000000004 5586729.970000001, 390596.3099999996 5586730.84, 390573.04000000004 5586751.66, 390572.8499999996 5586753.640000001, 390562.6900000004 5586756.27, 390549.2400000002 5586772.039999999, 390550.25 5586774.460000001, 390526.1200000001 5586797.5600000005, 390503.6500000004 5586821.75, 390476.9400000004 5586852.5600000005, 390466.5 5586866.08, 390453.01999999955 5586885.470000001, 390444.0999999996 5586899.51, 390440.4199999999 5586901.369999999, 390429.6500000004 5586915.66, 390413.46999999974 5586944.92, 390407.96999999974 5586953.960000001, 390404.79000000004 5586964.85, 390379.6699999999 5587019.8100000005, 390375.7599999998 5587026.109999999, 390368.61000000034 5587023.41, 390352.6299999999 5587062.6, 390348.3499999996 5587070.43, 390323.1900000004 5587116.609999999, 390316.7999999998 5587127.0600000005, 390302.3200000003 5587153.25, 390313.6699999999 5587158.6, 390305.5800000001 5587174.380000001, 390299.88999999966 5587177.109999999, 390294.3099999996 5587188.050000001, 390288.78000000026 5587204.18, 390289.96999999974 5587204.77, 390285.8099999996 5587212.949999999, 390284.7999999998 5587212.59, 390250.8700000001 5587280.25, 390198.73000000045 5587382.43, 390200.7999999998 5587383.449999999, 390195.28000000026 5587396.34, 390172.79000000004 5587447.4399999995, 390146.7400000002 5587502.93, 390135.01999999955 5587528.41, 390142.9000000004 5587532.279999999, 390145.1699999999 5587533.26, 390150.11000000034 5587522.960000001, 390154.4299999997 5587524.99, 390155.45999999996 5587537.93, 390154.0800000001 5587548.640000001, 390151.29000000004 5587556.369999999, 390108.66000000015 5587646.91, 390089.86000000034 5587685.8100000005, 390065.98000000045 5587736.24, 390056.28000000026 5587756.73, 390001.1200000001 5587870.970000001, 389987.95999999996 5587915.619999999, 389982.0999999996 5587927.529999999, 389964.1500000004 5587961.42, 389956.79000000004 5587977.41, 389939.3099999996 5588024.3100000005, 389932.66000000015 5588042.039999999, 389915.28000000026 5588087.199999999, 389907.25 5588110.119999999, 389904.23000000045 5588121.289999999, 389900.91000000015 5588141.35, 389894.6299999999 5588156.33, 389870.9299999997 5588200.25, 389849.1900000004 5588245.140000001, 389830.36000000034 5588288.6, 389809.2999999998 5588336.720000001, 389760.7599999998 5588429.460000001, 389746.0999999996 5588457.85, 389738.51999999955 5588474.720000001, 389728.51999999955 5588498.85, 389726.0700000003 5588505.699999999, 389722.79000000004 5588512.35, 389719.38999999966 5588517.609999999, 389706.51999999955 5588531.640000001, 389698.41000000015 5588543.43, 389690.2400000002 5588558.82, 389682.3099999996 5588574.15, 389672.1500000004 5588592.08, 389</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5510-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5510-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5510-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5510-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -519,90 +519,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-023" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5510-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5510-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5510-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-023" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5510-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5510-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5510-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="74.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="9.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -676,51 +676,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108850</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.16567896801</v>
+        <v>46069.97399036493</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>