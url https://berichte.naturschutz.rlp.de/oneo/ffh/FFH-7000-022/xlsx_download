--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -142,51 +142,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5509-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((371605.9299999997 5592785, 371600.54000000004 5592785.029999999, 371594.0800000001 5592784.82, 371568.96999999974 5592784.02, 371559.3099999996 5592783.73, 371554.71999999974 5592783.4, 371529.63999999966 5592781.529999999, 371516.7599999998 5592780.5600000005, 371511.5700000003 5592780.18, 371501.95999999996 5592779.460000001, 371489.3099999996 5592778.51, 371474.75 5592773.289999999, 371459.1799999997 5592767.699999999, 371444.51999999955 5592762.4399999995, 371430.95999999996 5592757.59, 371430.3200000003 5592757.35, 371415.45999999996 5592756.67, 371413.9199999999 5592756.6, 371395.16000000015 5592762.59, 371377.29000000004 5592733.130000001, 371373.8300000001 5592727.529999999, 371370.95999999996 5592717.77, 371365.9199999999 5592700.66, 371365.1900000004 5592698.15, 371360.3300000001 5592681.67, 371359.20999999996 5592677.9, 371352.54000000004 5592655.33, 371345.78000000026 5592632.48, 371339.51999999955 5592611.32, 371338.73000000045 5592608.6, 371333.5 5592590.59, 371300.0800000001 5592571.6, 371294.61000000034 5592568.5, 371289.91000000015 5592571.369999999, 371196.03000000026 5592526.119999999, 371169.8799999999 5592513.539999999, 371162.45999999996 5592509.98, 371130.4299999997 5592494.57, 371113.1299999999 5592486.25, 371064.79000000004 5592463, 371059.0099999998 5592454.57, 371053.4000000004 5592448.9, 371036.8799999999 5592432.210000001, 371026.5099999998 5592421.74, 371011.26999999955 5592406.35, 370987.76999999955 5592382.6, 370980.2999999998 5592374.85, 370969.3099999996 5592398.300000001, 370945.1200000001 5592449.9399999995, 370943.8300000001 5592452.6899999995, 370940.83999999985 5592459.09, 370940.2000000002 5592460.4399999995, 370932.26999999955 5592463.27, 370888.9299999997 5592441.9, 370876.20999999996 5592437.630000001, 370866.91000000015 5592434.49, 370861.2000000002 5592432.57, 370835.9199999999 5592423.720000001, 370795.8799999999 5592409.68, 370778.76999999955 5592413.52, 370772.3499999996 5592414.960000001, 370713.4299999997 5592439.75, 370699.21999999974 5592445.74, 370694.5 5592447.51, 370687.04000000004 5592452.75, 370570.04000000004 5592530.91, 370562.6699999999 5592529.779999999, 370518.9900000002 5592476.789999999, 370506.23000000045 5592461.289999999, 370478.61000000034 5592427.779999999, 370469.3300000001 5592416.51, 370441.4900000002 5592382.6, 370427.63999999966 5592365.720000001, 370410.91000000015 5592345.32, 370412.48000000045 5592338.119999999, 370451.1200000001 5592319.869999999, 370497.6200000001 5592269.92, 370503.11000000034 5592251.82, 370507.1699999999 5592238.289999999, 370515.7999999998 5592209.279999999, 370519.5599999996 5592143.9, 370521.0800000001 5592117.5, 370525.7400000002 5592110.050000001, 370523.16000000015 5592106.970000001, 370516.3700000001 5592105.01, 370489.4400000004 5592055.68, 370491.3799999999 5592048.93, 370488.0099999998 5592046.23, 370479.4000000004 5592045.960000001, 370468.9299999997 5592039.289999999, 370455.8099999996 5592030.949999999, 370439.8300000001 5592020.77, 370423.71999999974 5592010.52, 370400.3099999996 5591995.609999999, 370394.3300000001 5591991.800000001, 370349.16000000015 5591931.210000001, 370338.71999999974 5591904.68, 370340.75 5591896.84, 370327.70999999996 5591899.470000001, 370306.6500000004 5591907.82, 370241.1299999999 5591933.800000001, 370210.9400000004 5591945.779999999, 370197.6799999997 5591951.039999999, 370186.33999999985 5591955.529999999, 370181.54000000004 5591956.109999999, 370151.6799999997 5591959.720000001, 370144.86000000034 5591955.67, 370137.75 5591956.609999999, 370134.53000000026 5591961.84, 370094.79000000004 5591966.67, 370030.6699999999 5591974.5, 370017.61000000034 5591971.960000001, 370017.61000000034 5591981.859999999, 370023.1900000004 5591986.48, 370028.3300000001 5592027.93, 370032.6299999999 5592062.6899999995, 370035.2999999998 5592084.32, 370040.04000000004 5592122.5, 370045.1200000001 5592163.65, 370046.36000000034 5592173.529999999, 370047 5592178.48, 370051.8099999996 5592217.23, 370064.48000000045 5592319.48, 370071.23000000045 5592373.5600000005, 370066.86000000034 5592379.279999999, 369984.53000000026 5592392.199999999, 369959.73000000045 5592416.02, 369967.4199999999 5592478.67, 369962.25 5592485.6899999995, 369932.7999999998 5592490.74, 369935.1500000004 5592553.6899999995, 369924.2400000002 5592583.039999999, 369831.5099999998 5592598.67, 369795.04000000004 5592604.83, 369778.63999999966 5592607.59, 369727.6699999999 5592616.18, 369721.86000000034 5592612.029999999, 369713.0499999998 5592558.949999999, 369661.5700000003 5592522.41, 369656.75 5592472, 369626.8799999999 5592415.119999999, 369627.0499999998 5592382.609999999, 369627.21999999974 5592349.68, 369634.03000000026 5592277.880000001, 369638.98000000045 5592270.68, 369637.95999999996 5592265.5, 369624.78000000026 5592267.58, 369586.2999999998 5592261.199999999, 369567.20999999996 5592258.050000001, 369561.36000000034 5592257.07, 369558.86000000034 5592249.92, 369543.5099999998 5592244.619999999, 369538.4400000004 5592240.449999999, 369530.9000000004 5592234.25, 369523.83999999985 5592203, 369523.75 5592200.35, 369565.2599999998 5592153.029999999, 369576.7400000002 5592139.9399999995, 369600.45999999996 5592112.890000001, 369619.95999999996 5592090.66, 369629.8200000003 5592079.43, 369643.6500000004 5592059.4, 369650.58999999985 5592049.34, 369652.9299999997 5592045.949999999, 369656.8700000001 5592040.210000001, 369673.48000000045 5592027, 369676.96999999974 5592024.210000001, 369694.3499999996 5592011.779999999, 369708.3200000003 5592001.77, 369711.4400000004 5591999.529999999, 369724.73000000045 5591995.58, 369740.21999999974 5591990.98, 369747.6699999999 5591988.77, 369756.1500000004 5591984.279999999, 369766.48000000045 5591978.82, 369771.78000000026 5591976.02, 369776.78000000026 5591973.369999999, 369798.46999999974 5591960.0600000005, 369823.45999999996 5591944.73, 369827.26999999955 5591943.550000001, 369868.6200000001 5591930.66, 369872.96999999974 5591929.300000001, 369897.9199999999 5591919.289999999, 369911.08999999985 5591914.039999999, 369918.2000000002 5591911.220000001, 369925.9500000002 5591908.119999999, 369927.95999999996 5591904.25, 369937.13999999966 5591892.279999999, 369954.7999999998 5591881.52, 369956.7400000002 5591868.550000001, 369955.98000000045 5591863.33, 369953.8099999996 5591856.16, 369971.38999999966 5591847.66, 369974.3700000001 5591862.73, 369992.1500000004 5591856.5600000005, 369990.8499999996 5591851.859999999, 369988.8700000001 5591846.16, 370018.5499999998 5591834.390000001, 370018.48000000045 5591839.57, 370030.63999999966 5591858.91, 370041.53000000026 5591876.220000001, 370044.7000000002 5591876.619999999, 370058.29000000004 5591884.34, 370063.2599999998 5591887.17, 370085.9199999999 5591900.0600000005, 370090.8200000003 5591900.970000001, 370115.0999999996 5591897.5, 370125.5800000001 5591896, 370178.51999999955 5591855.359999999, 370229.54000000004 5591809.74, 370275.1699999999 5591786.890000001, 370296.6299999999 5591771.539999999, 370308.11000000034 5591763.34, 370314.5999999996 5591764.800000001, 370330.76999999955 5591793.83, 370341.78000000026 5591793.050000001, 370360.11000000034 5591791.75, 370373.23000000045 5591790.85, 370378.21999999974 5591780.48, 370476.16000000015 5591659.449999999, 370543.0999999996 5591576.710000001, 370564.70999999996 5591550.01, 370584 5591539.18, 370613.5 5591522.630000001, 370642.2400000002 5591506.5, 370677.2599999998 5591463.5600000005, 370680.8799999999 5591457.529999999, 370724.6299999999 5591384.529999999, 370737.2000000002 5591363.550000001, 370779.0800000001 5591293.67, 370781.5499999998 5591289.529999999, 370783.3499999996 5591286.529999999, 370850.9500000002 5591319.42, 370851.5099999998 5591320.9399999995, 370851.79000000004 5591323.710000001, 370852.3799999999 5591329.34, 370854.70999999996 5591351.73, 370833.8099999996 5591383.02, 370826.0700000003 5591406.800000001, 370824.3700000001 5591412, 370832.0499999998 5591422.82, 370836.0700000003 5591425.789999999, 370817.4500000002 5591450.98, 370703.20999999996 5591612.25, 370676.9500000002 5591633.890000001, 370665.3499999996 5591643.4399999995, 370652.01999999955 5591651.710000001, 370644.13999999966 5591654.75, 370635.54000000004 5591658.07, 370609.46999999974 5591668.130000001, 370532.29000000004 5591732.710000001, 370525.23000000045 5591738.619999999, 370492.23000000045 5591758.050000001, 370467.91000000015 5591773.91, 370490.88999999966 5591781.859999999, 370491.3099999996 5591781.83, 370510.6900000004 5591777.23, 370524.3700000001 5591782.210000001, 370541.20999999996 5591799.779999999, 370556.9199999999 5591816.16, 370560.0700000003 5591819.460000001, 370577.8700000001 5591834.529999999, 370596.98000000045 5591850.699999999, 370615.9000000004 5591866.57, 370634.51999999955 5591882.279999999, 370636.5700000003 5591890.199999999, 370605.1900000004 5591974.33, 370599.54000000004 5591989.48, 370600.21999999974 5591994.359999999, 370601.83999999985 5592005.4, 370609.0800000001 5592054.5600000005, 370605.53000000026 5592061.880000001, 370606.1299999999 5592066.039999999, 370610.5 5592063.6899999995, 370619 5592060.49, 370726.1699999999 5592019.279999999, 370752.16000000015 5592009.369999999, 370856.48000000045 5591969.609999999, 370864.8300000001 5591966.34, 370869.36000000034 5591964.26, 371040.96999999974 5591887.1, 371045.54000000004 5591884.970000001, 371054.26999999955 5591882.5600000005, 371052.1699999999 5591879.15, 371044.5999999996 5591876.09, 370995.78000000026 5591800.369999999, 371041.38999999966 5591779.890000001, 371058.41000000015 5591798.32, 371081.23000000045 5591788.09, 371096.9500000002 5591809.800000001, 371101.70999999996 5591816.369999999, 371123.9199999999 5591859.68, 371166.16000000015 5591848.380000001, 371135.2400000002 5591801.539999999, 371173.9199999999 5591784.32, 371201.1299999999 5591834.01, 371206.83999999985 5591846.619999999, 371212.9199999999 5591858.1, 371228.5800000001 5591887.59, 371241.7000000002 5591912.33, 371248.8799999999 5591925.699999999, 371308.21999999974 5592037.199999999, 371323.66000000015 5592066.210000001, 371363.3200000003 5592093.35, 371455.13999999966 5592156.1899999995, 371456.2999999998 5592163.0600000005, 371467.28000000026 5592161.65, 371469.4199999999 5592158.699999999, 371496.4299999997 5592122.4399999995, 371526.2000000002 5592086.300000001, 371553.36000000034 5592057.35, 371557.96999999974 5592060.0600000005, 371581.20999999996 5592073.75, 371648.4000000004 5592114.039999999, 371660.2400000002 5592117.9399999995, 371675.6299999999 5592123.01, 371698.3200000003 5592130.49, 371727.58999999985 5592140.140000001, 371749.13999999966 5592147.25, 371770.20999999996 5592153.83, 371787.3799999999 5592159.1899999995, 371799.9299999997 5592163.1, 371818.1900000004 5592168.8100000005, 371822.3700000001 5592170.119999999, 371836.0499999998 5592174.390000001, 371846.2999999998 5592176.93, 371909.9299999997 5592192.65, 371927.4299999997 5592196.960000001, 371973.2599999998 5592207.58, 371995.8099999996 5592212.800000001, 372009.88999999966 5592216.050000001, 372027.8200000003 5592220.210000001, 372030.26999999955 5592220.77, 372047.9900000002 5592187.130000001, 372052.95999999996 5592174.65, 372066.0999999996 5592174.6899999995, 372070.03000000026 5592170.949999999, 372065.28000000026 5592158.6899999995, 372064.48000000045 5592156.640000001, 372064.36000000034 5592145.859999999, 372071.5599999996 5592143.609999999, 372076.71999999974 5592140.92, 372078.5700000003 5592135.449999999, 372156.61000000034 5592131.529999999, 372158.0499999998 5592131.460000001, 372191.6699999999 5592115.23, 372203.0599999996 5592113.16, 372238.86000000034 5592116.57, 372246.0700000003 5592112.26, 372238.9900000002 5592107.32, 372218.4199999999 5592063.35, 372188.6500000004 5592032.050000001, 372189.3799999999 5592025.710000001, 372234.8700000001 5591996.9399999995, 372262.78000000026 5591979.4, 372266.26999999955 5591979.08, 372324.3099999996 5591973.779999999, 372356.8700000001 5591970.8100000005, 372360.75 5591970.460000001, 372372.3799999999 5591969.4, 372382.0099999998 5591968.52, 372473.71999999974 5591960.15, 372476.7400000002 5591959.15, 372561.8799999999 5591930.779999999, 372571.33999999985 5591933.550000001, 372580.5 5591945.07, 372594.4400000004 5591962.59, 372631.70999999996 5591957.76, 372637.1200000001 5591967.289999999, 372611.6299999999 5591984.699999999, 372580.6500000004 5592018.119999999, 372541.9500000002 5592056.6, 372522.78000000026 5592071.1, 372491.76999999955 5592094.52, 372462.1200000001 5592116.92, 372415.2400000002 5592152.34, 372385.5499999998 5592164.699999999, 372354.13999999966 5592182.3100000005, 372338.1699999999 5592189.869999999, 372321.7599999998 5592199.119999999, 372313.5999999996 5592202.789999999, 372305.0099999998 5592206.65, 372294.83999999985 5592211.220000001, 372238.04000000004 5592215.52, 372229.86000000034 5592216.140000001, 372215.5499999998 5592225.960000001, 372207.20999999996 5592238.51, 372204.5700000003 5592249.33, 372204.9000000004 5592259.380000001, 372205.0599999996 5592264.029999999, 372211.2999999998 5592276.93, 372230.76999999955 5592294.720000001, 372236.0599999996 5592301.640000001, 372238 5592312.99, 372224.4199999999 5592327.050000001, 372210.3499999996 5592341.630000001, 372212 5592347.65, 372214.16000000015 5592354.83, 372216.6299999999 5592361.76, 372224.2400000002 5592360.67, 372237.33999999985 5592368.76, 372263.79000000004 5592385.1, 372285.7599999998 5592398.67, 372306.3099999996 5592411.380000001, 372320.8300000001 5592420.35, 372332.4299999997 5592427.42, 372339.4299999997 5592426.619999999, 372354.3700000001 5592424.8100000005, 372375.9500000002 5592422.18, 372402.3300000001 5592418.99, 372423.6500000004 5592416.390000001, 372434.9199999999 5592415.029999999, 372463.6699999999 5592411.529999999, 372441.5999999996 5592561.48, 372446.9900000002 5592568.640000001, 372492.7599999998 5592592.529999999, 372509.5999999996 5592601.33, 372514.9500000002 5592603.970000001, 372522.38999999966 5592601.130000001, 372592.83999999985 5592573.460000001, 372618.2999999998 5592563.470000001, 372624.8700000001 5592560.880000001, 372633.4900000002 5592557.5, 372639.98000000045 5592554.960000001, 372687.7400000002 5592536.140000001, 372697.3700000001 5592532.35, 372718.61000000034 5592523.970000001, 372735.7999999998 5592499.85, 372745.53000000026 5592486.210000001, 372751.23000000045 5592478.210000001, 372770.2000000002 5592451.6, 372778.73000000045 5592439.619999999, 372782.8499999996 5592433.85, 372790.0700000003 5592423.73, 372803.3300000001 5592405.130000001, 372808.0800000001 5592398.49, 372815.8200000003 5592387.699999999, 372827.0999999996 5592371.92, 372858.16000000015 5592328.550000001, 372869.1799999997 5592313.140000001, 372883.1799999997 5592293.59, 372891.08999999985 5592290.16, 373021.1299999999 5592307.789999999, 373024.2999999998 5592313.27, 373024.16000000015 5592313.619999999, 373030.3300000001 5592313.9399999995, 373030.3499999996 5592313.890000001, 373037.1299999999 5592310.720000001, 373113.9299999997 5592333.33, 373170.8499999996 5592350.130000001, 373284.9199999999 5592383.800000001, 373285.79000000004 5592391.58, 373299.08999999985 5592382.83, 373312.21999999974 5592383.6, 373323.26999999955 5592370.779999999, 373367 5592319.970000001, 373422.86000000034 5592255.08, 373433.8799999999 5592242.289999999, 373439.4299999997 5592235.83, 373435.45999999996 5592232.779999999, 373427.41000000015 5592234.9, 373410.03000000026 5592229.3100000005, 373294.51999999955 5592192.109999999, 373280.3499999996 5592187.5600000005, 373224.13999999966 5592169.460000001, 373201.79000000004 5592162.26, 373129.70999999996 5592139.050000001, 373104.26999999955 5592130.859999999, 373096.61000000034 5592128.390000001, 373093.38999999966 5592122.09, 373125.0999999996 5592024.609999999, 373130.8300000001 5592017.18, 373144.1200000001 5592008.34, 373179.98000000045 5591984.48, 373220.53000000026 5591957.51, 373236.98000000045 5591945.369999999, 373281.9400000004 5591911.109999999, 373293.70999999996 5591902.16, 373307.9299999997 5591889.210000001, 373324.71999999974 5591873.93, 373335.0700000003 5591864.48, 373347.95999999996 5591852.74, 373367.7400000002 5591834.699999999, 373376.0099999998 5591835.27, 373403.73000000045 5591869.27, 373420.48000000045 5591889.8100000005, 373433.9299999997 5591906.300000001, 373455.1699999999 5591932.34, 373458.0599999996 5591914.640000001, 373469.3099999996 5591849.08, 373472.03000000026 5591833.23, 373478.28000000026 5591796.800000001, 373488.2599999998 5591759.890000001, 373492.5 5591744.23, 373494.23000000045 5591737.82, 373499.58999999985 5591733.77, 373503.1200000001 5591731.1, 373509.5 5591727.220000001, 373548.1200000001 5591703.710000001, 373593.01999999955 5591676.380000001, 373612.79000000004 5591671.17, 373636.7000000002 5591664.869999999, 373655.2000000002 5591660, 373662.2999999998 5591658.130000001, 373678.53000000026 5591653.859999999, 373706.0499999998 5591646.6, 373706.36000000034 5591647.550000001, 373708.26999999955 5591653.390000001, 373719.1299999999 5591686.43, 373728.4199999999 5591714.98, 373731.23000000045 5591724.57, 373761.4000000004 5591704.1899999995, 373793.78000000026 5591689.01, 373856.0800000001 5591672.08, 373905.0599999996 5591672.210000001, 373987.66000000015 5591670.43, 374060.0499999998 5591676.18, 374076.45999999996 5591678.52, 374082.96999999974 5591680.4399999995, 374092.4000000004 5591683.24, 374107.4900000002 5591690.1, 374118.1200000001 5591695.8100000005, 374126.36000000034 5591701.710000001, 374133.0800000001 5591709.49, 374137.9500000002 5591717.26, 374139.61000000034 5591719.9, 374143.91000000015 5591723.92, 374149.4900000002 5591725.65, 374155.21999999974 5591724.640000001, 374159.76999999955 5591721.140000001, 374163.7000000002 5591721.359999999, 374166.8499999996 5591724.380000001, 374170.5 5591727.890000001, 374185.8300000001 5591740.5, 374230.9000000004 5591777.57, 374225.53000000026 5591787.130000001, 374223.0099999998 5591791.59, 374251.5999999996 5591812.9, 374279.8300000001 5591833.949999999, 374290.9900000002 5591842.460000001, 374344.1900000004 5591883.25, 374360 5591908.42, 374365.9900000002 5591926.779999999, 374365.73000000045 5591932.1899999995, 374365.4500000002 5591937.92, 374364.63999999966 5591954.33, 374364.1900000004 5591963.6, 374363.5099999998 5591977.74, 374363.4299999997 5591979.289999999, 374358.71999999974 5591981.890000001, 374359.0999999996 5591989, 374363.83999999985 5591996.470000001, 374365.76999999955 5592030.93, 374353.6200000001 5592104.050000001, 374332.88999999966 5592168.029999999, 374329.7999999998 5592177.5600000005, 374327.7599999998 5592182.130000001, 374305.48000000045 5592232.1, 374289.9000000004 5592267.039999999, 374278.4000000004 5592306.289999999, 374268.1799999997 5592341.23, 374243.11000000034 5592397.32, 374236.2000000002 5592400.76, 374234.1299999999 5592405.41, 374237.3700000001 5592411.27, 374214.6900000004 5592477.5, 374203.51999999955 5592510.109999999, 374201.8499999996 5592514.83, 374197.3700000001 5592524.039999999, 374186.78000000026 5592545.4, 374183.8700000001 5592551.24, 374175.66000000015 5592567.8100000005, 374169.5999999996 5592580.029999999, 374162.5999999996 5592583.07, 374160.2000000002 5592587.529999999, 374164.2999999998 5592595.109999999, 374153.1200000001 5592635.01, 374134.96999999974 5592680.23, 374130.8200000003 5592688.41, 374117.5099999998 5592713.800000001, 374115.29000000004 5592716.9399999995, 374109.9400000004 5592724.51, 374098.0700000003 5592761.01, 374093.7999999998 5592774.15, 374092.36000000034 5592780.539999999, 374089.66000000015 5592792.529999999, 374085.8099999996 5592822.4, 374083.9500000002 5592836.83, 374083.61000000034 5592842.41, 374083.6699999999 5592852.91, 374083.75 5592869.6, 374079.28000000026 5592881.470000001, 374077.9299999997 5592883.9, 374070.2999999998 5592897.5600000005, 374066.4000000004 5592903.789999999, 374041.3300000001 5592943.800000001, 374023.20999999996 5592965.34, 374015.63999999966 5592974.34, 374013 5592977.470000001, 373991.6500000004 5593004.59, 373972.70999999996 5593031.800000001, 373969.88999999966 5593036.32, 373916.1799999997 5593122.380000001, 373911.1699999999 5593131.550000001, 373908.2999999998 5593136.84, 373903.26999999955 5593146.050000001, 373898.21999999974 5593155.32, 373884.9400000004 5593182.1899999995, 373873.51999999955 5593210.449999999, 373868.51999999955 5593225.99, 373866.6900000004 5593231.699999999, 373862.95999999996 5593243.3100000005, 373860.76999999955 5593250.09, 373807.86000000034 5593289.07, 373804.5 5593291.529999999, 373801.5 5593315.140000001, 373797.23000000045 5593329.140000001, 373786.7599999998 5593363.49, 373771.1699999999 5593396.369999999, 373768.45999999996 5593402.08, 373768.6699999999 5593412.07, 373737.66000000015 5593462.609999999, 373734.73000000045 5593466.84, 373731.3499999996 5593471.77, 373724.71999999974 5593481.359999999, 373687.3200000003 5593535.66, 373680.6500000004 5593545.33, 373672.16000000015 5593543.58, 373670.83999999985 5593546.289999999, 373677.53000000026 5593554.6, 373668.6500000004 5593581.6, 373660.95999999996 5593585.960000001, 373637.5 5593580.35, 373585.6900000004 5593567.949999999, 373554.96999999974 5593560.59, 373550.1900000004 5593558.35, 373532.0499999998 5593549.83, 373510.78000000026 5593539.85, 373498.2000000002 5593534.710000001, 373454.61000000034 5593516.9399999995, 373433.4000000004 5593503.01, 373418.7599999998 5593494.109999999, 373413.1699999999 5593490.6899999995, 373389 5593475.84, 373373.54000000004 5593480.8100000005, 373376.45999999996 5593488.07, 373340.3200000003 5593557.369999999, 373390.66000000015 5593609.630000001, 373484.3200000003 5593676.890000001, 373486.7400000002 5593685.82, 373457.6799999997 5593749.27, 373498.6200000001 5593757.1899999995, 373570.16000000015 5593771.029999999, 373596.1200000001 5593783.4399999995, 373600.58999999985 5593791.970000001, 373593.6699999999 5593837.539999999, 373584.0800000001 5593889.289999999, 373583.58999999985 5593911.609999999, 373583.4000000004 5593921.65, 373583.08999999985 5593933.630000001, 373582.8700000001 5593942.65, 373594.8700000001 5593942.880000001, 373596.88999999966 5593986.9, 373592.21999999974 5593986.75, 373591.86000000034 5593991.359999999, 373591.2599999998 5594007.6899999995, 373591.0499999998 5594013.33, 373589.96999999974 5594037.25, 373589.91000000015 5594051.18, 373589.79000000004 5594075.789999999, 373589.7599999998 5594083.18, 373591.29000000004 5594129.029999999, 373592.95999999996 5594152.32, 373593.48000000045 5594160.66, 373594.5099999998 5594174.93, 373599.4500000002 5594220.5, 373601.51999999955 5594234.390000001, 373602.4199999999 5594240.380000001, 373606.0700000003 5594265.99, 373615.5 5594316.140000001, 373618.0700000003 5594329.800000001, 373620.33999999985 5594342.3100000005, 373579.3799999999 5594354.59, 373550.1699999999 5594363.359999999, 373543.91000000015 5594365.1899999995, 373492.5099999998 5594380.6, 373445.6500000004 5594393.1899999995, 373425.76999999955 5594395.33, 373427.9400000004 5594401.470000001, 373427.8200000003 5594407.35, 373423.4500000002 5594412.57, 373441.16000000015 5594429.449999999, 373455.8700000001 5594423.039999999, 373459.96999999974 5594426.43, 373454.4400000004 5594448.9, 373444.4900000002 5594489.300000001, 373429.46999999974 5594550.34, 373422.45999999996 5594554.220000001, 373425.66000000015 5594565.9399999995, 373454.25 5594576.1899999995, 373446.9000000004 5594622.1899999995, 373438.63999999966 5594673.91, 373437.53000000026 5594679.300000001, 373482.6900000004 5594695.65, 373535.8499999996 5594711.800000001, 373616.4400000004 5594751.17, 373730.16000000015 5594806.58, 373789.6200000001 5594843.48, 373859.9000000004 5594887.220000001, 373866.5700000003 5594894.199999999, 373873.88999999966 5594897.710000001, 373905.25 5594900.369999999, 373921.38999999966 5594926.380000001, 373958.58999999985 5594992.109999999, 373976.9400000004 5595028.550000001, 374005.1299999999 5595089.73, 373979.7599999998 5595097.890000001, 373975.4400000004 5595099.279999999, 373970.8499999996 5595089.26, 373967.6699999999 5595096.6899999995, 373944.3200000003 5595104.07, 373925.88999999966 5595103.5, 373911.3700000001 5595103.0600000005, 373865.79000000004 5595093.029999999, 373811.41000000015 5595081.0600000005, 373794.1799999997 5595077.27, 373772.6200000001 5595069.300000001, 373759 5595064.26, 373708.4299999997 5595045.57, 373666.4199999999 5595018.130000001, 373649.11000000034 5595006.699999999, 373582.1699999999 5594965.01, 373527.9199999999 5594930.9399999995, 373452.4299999997 5594880.07, 373371.3499999996 5594849.42, 373291.5 5594815.140000001, 373231.5 5594813.130000001, 373206.73000000045 5594831.76, 373197 5594831.859999999, 373194 5594837.09, 373195.4500000002 5594845.460000001, 373178.6799999997 5594871.15, 373155.9299999997 5594902.84, 373149.33999999985 5594911.76, 373119.0599999996 5594945.300000001, 373116.70999999996 5594946.73, 373073.54000000004 5594972.779999999, 373060.11000000034 5594975.41, 373019.38999999966 5594983.369999999, 372983.3099999996 5594997.199999999, 372978.28000000026 5594999.119999999, 372967.46999999974 5594993.359999999, 372945.4199999999 5594986.08, 372941.95999999996 5594985.039999999, 372922.98000000045 5594978.6, 372918.53000000026 5594976.25, 372895.3300000001 5594964.029999999, 372887.9900000002 5594960.16, 372867.3099999996 5594949.27, 372865.0099999998 5594948.050000001, 372802.45999999996 5594915.09, 372800.21999999974 5594913.91, 372786.75 5594900.779999999, 372774.01999999955 5594888.619999999, 372766.46999999974 5594881.41, 372760.53000000026 5594875.84, 372747.73000000045 5594863.85, 372730.5599999996 5594847.76, 372716.7999999998 5594834.949999999, 372714.1299999999 5594832.470000001, 372684.1500000004 5594861.960000001, 372650.33999999985 5594895.18, 372630.23000000045 5594893.609999999, 372599.78000000026 5594891.23, 372566.1699999999 5594888.609999999, 372564.91000000015 5594891.77, 372556.01999999955 5594914.119999999, 372555 5594916.4, 372474.0700000003 5594895.51, 372474.3300000001 5594895.359999999, 372468.1900000004 5594894, 372423.26999999955 5594882.25, 372422.36000000034 5594882.01, 372419.63999999966 5594889.08, 372409.28000000026 5594880.9, 372405.9400000004 5594878.699999999, 372385.03000000026 5594864.91, 372378.5099999998 5594860.619999999, 372364.9199999999 5594851.25, 372354.0700000003 5594840.02, 372349.7400000002 5594835.529999999, 372336.5099999998 5594821.84, 372316.3799999999 5594800.99, 372314.25 5594798.779999999, 372290.63999999966 5594779.3100000005, 372286.1500000004 5594779.26, 372277.51999999955 5594780.08, 372231.71999999974 5594784.710000001, 372234.29000000004 5594780.42, 372222.9000000004 5594778.369999999, 372203.5 5594774.9, 372187.1799999997 5594766.890000001, 372171.95999999996 5594759.42, 372167.4400000004 5594757.199999999, 372140.3200000003 5594741.35, 372133.75 5594737.51, 372100.54000000004 5594721.66, 372128.2599999998 5594687.49, 372148.4500000002 5594648.92, 372162.21999999974 5594631.369999999, 372172.71999999974 5594615.98, 372141.91000000015 5594601.869999999, 372154.3799999999 5594574.6, 372167.9900000002 5594553.1, 372171.7400000002 5594547.199999999, 372173.33999999985 5594544.66, 372183.76999999955 5594528.1899999995, 372186.2000000002 5594525.75, 372156.2000000002 5594503.369999999, 372163.8799999999 5594494.91, 372152.3300000001 5594484.59, 372127.46999999974 5594473.52, 372123.5099999998 5594498.32, 372120.8499999996 5594513.59, 372119.8700000001 5594519.23, 372114.41000000015 5594550.550000001, 372113.48000000045 5594555.890000001, 372108.4400000004 5594566.279999999, 372099.0800000001 5594577.9, 372096.75 5594580.73, 372087.23000000045 5594590.050000001, 372077.61000000034 5594599.48, 372060.88999999966 5594615.85, 372054.9000000004 5594621.74, 372034.8099999996 5594641.34, 372029.2599999998 5594646.779999999, 372015.3499999996 5594660.42, 372003.46999999974 5594672.0600000005, 371998.20999999996 5594677.210000001, 372019.96999999974 5594686.630000001, 372006.25 5594716.539999999, 371991.9299999997 5594708.779999999, 371958.9500000002 5594699.58, 371945.26999999955 5594694.32, 371911.6500000004 5594680.85, 371901.3499999996 5594694.369999999, 371887.9000000004 5594688.960000001, 371886.11000000034 5594688.07, 371885.4400000004 5594693.08, 371887.3499999996 5594693.640000001, 371882.03000000026 5594726.9, 371863.9500000002 5594747.5, 371838.9299999997 5594728.300000001, 371822.96999999974 5594713.710000001, 371806.8499999996 5594703.630000001, 371799.4299999997 5594698.98, 371753.4400000004 5594671.42, 371742.8300000001 5594674.960000001, 371745.9900000002 5594685.93, 371746.86000000034 5594704.050000001, 371743.7999999998 5594724.9399999995, 371730 5594730.17, 371728.0099999998 5594729.960000001, 371725.6699999999 5594747.65, 371719.03000000026 5594776.83, 371718.11000000034 5594794.529999999, 371720.01999999955 5594796.279999999, 371751.0700000003 5594787.109999999, 371761.5800000001 5594799.76, 371757 5594805.52, 371770.96999999974 5594822.4399999995, 371774.11000000034 5594819.9, 371787.96999999974 5594833.82, 371791.5 5594842.619999999, 371796.7400000002 5594849.970000001, 371803.53000000026 5594854.6, 371805.2400000002 5594879.779999999, 371774.5999999996 5594911.85, 371744.41000000015 5594886.1, 371719.36000000034 5594860.4, 371718.8099999996 5594859.83, 371706.0999999996 5594849.390000001, 371646.1900000004 5594808.359999999, 371640.3799999999 5594805.84, 371637.8200000003 5594809.699999999, 371636.5999999996 5594808.66, 371632.38999999966 5594805.039999999, 371632.0499999998 5594804.75, 371629.5499999998 5594802.6, 371620.1299999999 5594818.75, 371608.98000000045 5594833.17, 371599.9299999997 5594843.93, 371599.7000000002 5594843.66, 371559.9199999999 5594819.25, 371549.36000000034 5594822.15, 371532.79000000004 5594827.109999999, 371511.9199999999 5594808.43, 371511.66000000015 5594800.039999999, 371531.88999999966 5594779.4399999995, 371540.73000000045 5594766.6899999995, 371552.66000000015 5594715.48, 371546.11000000034 5594663.779999999, 371541.0700000003 5594663.6, 371533.98000000045 5594663.48, 371513.16000000015 5594663.15, 371512.4400000004 5594663.140000001, 371497.9299999997 5594636.890000001, 371489.58999999985 5594621.800000001, 371484.0999999996 5594621.59, 371459.83999999985 5594617.050000001, 371454.4000000004 5594606.529999999, 371445.5499999998 5594589.4, 371439.23000000045 5594577.16, 371384.76999999955 5594557.77, 371381.61000000034 5594553.76, 371356.4199999999 5594565.9, 371348.7000000002 5594564.279999999, 371331.71999999974 5594544.130000001, 371317.5700000003 5594527.34, 371302.08999999985 5594508.98, 371293.8200000003 5594499.18, 371244.6699999999 5594440.800000001, 371239.51999999955 5594434.6899999995, 371200.45999999996 5594398.02, 371176.0700000003 5594369.029999999, 371147.0800000001 5594334.5600000005, 371143.5700000003 5594336.67, 371112.53000000026 5594354.6, 371106.6900000004 5594357.960000001, 371099.4400000004 5594346.380000001, 371092.66000000015 5594335.720000001, 371083.86000000034 5594321.85, 371081.28000000026 5594322.720000001, 371080.4199999999 5594320.92, 371069.04000000004 5594297.15, 371063.9500000002 5594286.52, 371062.33999999985 5594277.48, 371091.08999999985 5594266.09, 371114.70999999996 5594253.609999999, 371129.03000000026 5594232.33, 371139.9299999997 5594206.970000001, 371131.3700000001 5594204.630000001, 371131.26999999955 5594204.58, 371131.2400000002 5594204.65, 371108.6799999997 5594196.859999999, 371101.0800000001 5594194.23, 371103.9400000004 5594186.33, 371105.7599999998 5594181.539999999, 371081.61000000034 5594177.76, 371066.3499999996 5594176.699999999, 371052.5599999996 5594175.74, 371024.5999999996 5594171.359999999, 371012.6200000001 5594165.4, 370987.33999999985 5594159.82, 370979.71999999974 5594159.48, 370955.4400000004 5594158.43, 370849.03000000026 5594176.08, 370848.8300000001 5594163.300000001, 370848.6799999997 5594148.92, 370846.03000000026 5594147.880000001, 370832.0700000003 5594142.41, 370813.3799999999 5594135.09, 370794.5800000001 5594127.720000001, 370760.4000000004 5594116.220000001, 370755.66000000015 5594114.619999999, 370700.70999999996 5594074.52, 370715.3700000001 5594046.779999999, 370709.6200000001 5594043.74, 370697.3799999999 5594032.16, 370699.0599999996 5594026.92, 370706.28000000026 5594004.359999999, 370724.54000000004 5594017.67, 370758.76999999955 5594042.640000001, 370765.4299999997 5594047.49, 370768.4900000002 5594049.720000001, 370783.9900000002 5594061.029999999, 370795.04000000004 5594066.869999999, 370802.7400000002 5594052.23, 370804.0099999998 5594053.07, 370808.01999999955 5594055.710000001, 370824.83999999985 5594066.8100000005, 370833.0800000001 5594072.25, 370835.5 5594068.460000001, 370881.5</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5509-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5509-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5509-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5509-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -520,90 +520,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-022" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5509-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5509-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5509-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-022" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5509-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5509-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5509-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="71.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -677,51 +677,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108849</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.126967012</v>
+        <v>46067.82067207669</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>