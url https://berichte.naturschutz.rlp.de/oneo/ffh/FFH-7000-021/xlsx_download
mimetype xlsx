--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -138,51 +138,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5509-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((380642.3499999996 5585140.57, 380667.3499999996 5585151.77, 380670.41000000015 5585156, 380672.0499999998 5585157.91, 380683.1200000001 5585172.59, 380688.2400000002 5585185.48, 380696.21999999974 5585204.4399999995, 380699.5099999998 5585212.15, 380711.8700000001 5585219.789999999, 380715.7999999998 5585222.220000001, 380723.5499999998 5585228.08, 380707.78000000026 5585274.65, 380701.4400000004 5585304.789999999, 380692.4000000004 5585347.039999999, 380677.46999999974 5585421.970000001, 380676.83999999985 5585425.08, 380669.9900000002 5585418.49, 380665.4199999999 5585438.5, 380642.71999999974 5585517.17, 380673.51999999955 5585514.630000001, 380677.1900000004 5585514.33, 380683.46999999974 5585513.82, 380688.9500000002 5585513.369999999, 380694.0599999996 5585512.9, 380693.9299999997 5585519.34, 380693.6299999999 5585537.380000001, 380693.3099999996 5585555.449999999, 380693 5585573.5600000005, 380692.66000000015 5585591.619999999, 380692.36000000034 5585609.710000001, 380692.2000000002 5585617.380000001, 380690.63999999966 5585628.6, 380687.9900000002 5585647.380000001, 380685.33999999985 5585666.18, 380681.1900000004 5585695.57, 380676.4299999997 5585694.699999999, 380675.61000000034 5585699.34, 380679.1299999999 5585699.470000001, 380676.4199999999 5585718.5600000005, 380671.01999999955 5585753.140000001, 380665.54000000004 5585787.49, 380664.9199999999 5585792.24, 380621.98000000045 5585797.92, 380582.8700000001 5585799.550000001, 380553.0599999996 5585795.57, 380522.8300000001 5585791.43, 380399.3099999996 5585835.300000001, 380389.66000000015 5585842.390000001, 380345.63999999966 5585877.67, 380325.4900000002 5585896.67, 380318.7000000002 5585902.77, 380245.66000000015 5585934.8100000005, 380241.7400000002 5585934.49, 380240.21999999974 5585942.27, 380233.8099999996 5585953.07, 380230.9299999997 5585957.890000001, 380229.6500000004 5585959.68, 380226.2400000002 5585964.359999999, 380220.1299999999 5585972.779999999, 380218.7400000002 5585974.66, 380217.5800000001 5585976.23, 380201.5099999998 5585998.039999999, 380198.0499999998 5586002.460000001, 380183.5999999996 5586020.91, 380189.9199999999 5586024.460000001, 380193.6699999999 5586026.449999999, 380199.8099999996 5586029.710000001, 380196.4199999999 5586034.5, 380194.08999999985 5586037.789999999, 380191.33999999985 5586035.75, 380165.04000000004 5586066.35, 380165.9500000002 5586073.960000001, 380174.63999999966 5586085.41, 380175.46999999974 5586088.58, 380186.7599999998 5586131.73, 380194.4199999999 5586142.470000001, 380190.9000000004 5586147.609999999, 380197.0599999996 5586171.119999999, 380277.88999999966 5586180.74, 380281.9400000004 5586180.949999999, 380296.21999999974 5586182.880000001, 380311.6500000004 5586194.199999999, 380322.0700000003 5586182.77, 380330.1200000001 5586190.15, 380327.7000000002 5586193.0600000005, 380318.0599999996 5586204.73, 380305.04000000004 5586219.380000001, 380296.7999999998 5586230.77, 380287.0099999998 5586243.619999999, 380284.5 5586246.99, 380283.88999999966 5586248.380000001, 380278.5499999998 5586257.640000001, 380264.86000000034 5586290.630000001, 380264.23000000045 5586292.039999999, 380254.6799999997 5586311.73, 380246.0800000001 5586324.83, 380238.48000000045 5586333.869999999, 380232.01999999955 5586339.210000001, 380229.6500000004 5586341.73, 380228.13999999966 5586342.460000001, 380227.38999999966 5586342.82, 380226.70999999996 5586343.15, 380226.3300000001 5586373.1, 380226.3300000001 5586377.3100000005, 380226.11000000034 5586380.49, 380225.3700000001 5586391.25, 380229.5499999998 5586390.6, 380237.98000000045 5586389.390000001, 380244.5599999996 5586388.449999999, 380245.2400000002 5586388.35, 380250.29000000004 5586386.58, 380256.1200000001 5586384.539999999, 380268.4400000004 5586380.220000001, 380269.51999999955 5586379.85, 380281.2000000002 5586371.550000001, 380286.6299999999 5586367.35, 380303.5099999998 5586398.880000001, 380327.0099999998 5586442.77, 380350.83999999985 5586486.550000001, 380371.7400000002 5586475.119999999, 380397.7599999998 5586505.01, 380423.4299999997 5586535.130000001, 380424.28000000026 5586536.130000001, 380437.71999999974 5586550.42, 380453.28000000026 5586566.970000001, 380461.7000000002 5586575.9399999995, 380474.3700000001 5586590.640000001, 380479.91000000015 5586597.07, 380486.78000000026 5586610.039999999, 380499.75 5586634.800000001, 380504.9900000002 5586650.02, 380507.1200000001 5586663.25, 380514.21999999974 5586662.9399999995, 380517.91000000015 5586662.779999999, 380517.6900000004 5586657.82, 380520.9500000002 5586662.65, 380574.7599999998 5586742.0600000005, 380588.88999999966 5586762.42, 380573.0099999998 5586796.9, 380574.79000000004 5586800.800000001, 380577.2000000002 5586806.4399999995, 380584.5 5586823.49, 380592.79000000004 5586842.67, 380595 5586847.789999999, 380599.46999999974 5586862.15, 380611.76999999955 5586901.73, 380618.3099999996 5586922.800000001, 380622.4900000002 5586936.33, 380628.58999999985 5586946.699999999, 380633.9299999997 5586955.779999999, 380643.5700000003 5586990.710000001, 380648.8700000001 5587009.9399999995, 380652.3799999999 5587022.6899999995, 380652.96999999974 5587028.4, 380654.7400000002 5587045.550000001, 380654.8499999996 5587046.539999999, 380656.4299999997 5587061.949999999, 380656.83999999985 5587065.92, 380653.8700000001 5587079.029999999, 380637.0700000003 5587082.1899999995, 380602.4900000002 5587083.6, 380588.6699999999 5587085.779999999, 380572.1299999999 5587088.82, 380551.0800000001 5587103.17, 380541.75 5587111.43, 380531.6699999999 5587120.380000001, 380520.46999999974 5587130.3100000005, 380511.79000000004 5587135.960000001, 380501.6699999999 5587142.539999999, 380489.78000000026 5587150.279999999, 380481.5599999996 5587155.630000001, 380474.78000000026 5587158.859999999, 380467.2599999998 5587161.76, 380462.7999999998 5587163.470000001, 380461.33999999985 5587163.58, 380444.6200000001 5587164.789999999, 380427.70999999996 5587153.470000001, 380426.3799999999 5587152.199999999, 380415.2599999998 5587141.68, 380400.3700000001 5587128.699999999, 380379.13999999966 5587104.16, 380374.0599999996 5587095.710000001, 380369.71999999974 5587088.48, 380365.9000000004 5587082.380000001, 380361.5499999998 5587075.24, 380355.76999999955 5587065.76, 380352.0099999998 5587059.779999999, 380350.26999999955 5587056.949999999, 380348 5587056.23, 380337.79000000004 5587052.970000001, 380330.4900000002 5587050.949999999, 380328.58999999985 5587050.3100000005, 380326.76999999955 5587049.279999999, 380312.26999999955 5587044.880000001, 380305.0499999998 5587042.470000001, 380297.88999999966 5587039.85, 380281.4299999997 5587044.41, 380272.8099999996 5587046.970000001, 380265.2400000002 5587049.220000001, 380259.2999999998 5587052.609999999, 380239.8200000003 5587063.75, 380236.45999999996 5587066.58, 380212.1500000004 5587087.08, 380202.9400000004 5587100.26, 380194.1799999997 5587112.82, 380178.8799999999 5587132.85, 380161.3200000003 5587146.359999999, 380153.75 5587149.66, 380139.95999999996 5587155.68, 380101.4199999999 5587163.449999999, 380054.5099999998 5587155.18, 380017.6200000001 5587141.529999999, 379987.1799999997 5587154.59, 379968.83999999985 5587156.93, 379926.63999999966 5587153.91, 379921.1299999999 5587152.8100000005, 379883.0499999998 5587145.1899999995, 379861.3099999996 5587140.67, 379850.3700000001 5587138.1899999995, 379838.61000000034 5587135.74, 379835.6500000004 5587135.119999999, 379827.29000000004 5587135.050000001, 379826.66000000015 5587135.050000001, 379816.5599999996 5587134.5600000005, 379813.16000000015 5587134.630000001, 379785.4199999999 5587134.66, 379776.0599999996 5587134.640000001, 379748.21999999974 5587132.550000001, 379698.8499999996 5587128.85, 379656.9400000004 5587119.09, 379645.8099999996 5587158.08, 379624.1699999999 5587238.710000001, 379616.53000000026 5587267.449999999, 379611.4500000002 5587285, 379612.5099999998 5587285.75, 379590.0999999996 5587317.8100000005, 379558.73000000045 5587354.16, 379545.7000000002 5587349.609999999, 379533.70999999996 5587346.390000001, 379525.4000000004 5587344.51, 379470.5499999998 5587332.08, 379448.70999999996 5587326.529999999, 379437.54000000004 5587323.68, 379426.98000000045 5587321, 379409.3099999996 5587316.51, 379402.9900000002 5587315.6, 379386.95999999996 5587313.300000001, 379369.83999999985 5587310.84, 379352.9199999999 5587308.41, 379351.7599999998 5587308.25, 379336.8300000001 5587308.51, 379320.4299999997 5587308.800000001, 379309.1200000001 5587309, 379301.9199999999 5587310.34, 379271.9199999999 5587315.91, 379248.79000000004 5587320.199999999, 379229.33999999985 5587238.83, 379209.1699999999 5587241.630000001, 379174.48000000045 5587251.92, 379133.45999999996 5587263.99, 379087.75 5587277.91, 379035.36000000034 5587293.34, 379032.71999999974 5587290.869999999, 379001.9000000004 5587300.24, 378961.0700000003 5587312.26, 378921.04000000004 5587324.029999999, 378877.03000000026 5587337.08, 378834.21999999974 5587349.359999999, 378800.98000000045 5587358.98, 378806.33999999985 5587361.050000001, 378823.66000000015 5587364.359999999, 378815.13999999966 5587368.75, 378811.4299999997 5587370.65, 378775.79000000004 5587388.85, 378722.2400000002 5587382.01, 378636.0499999998 5587338.51, 378598.6699999999 5587332.1899999995, 378598.4500000002 5587332.32, 378593.29000000004 5587329.779999999, 378583.23000000045 5587335.550000001, 378576.51999999955 5587328.01, 378571.1500000004 5587319.49, 378561.0099999998 5587313.99, 378553.3799999999 5587315.779999999, 378549.6200000001 5587315.039999999, 378541.38999999966 5587318.9399999995, 378520.6500000004 5587328.77, 378478.36000000034 5587387.4399999995, 378464.16000000015 5587414.970000001, 378403.66000000015 5587482.93, 378378.4199999999 5587526.51, 378302.2400000002 5587623.08, 378297.0599999996 5587621.85, 378294.8799999999 5587621.32, 378293.4400000004 5587620.970000001, 378255.16000000015 5587611.460000001, 378223.08999999985 5587603.529999999, 378155.3200000003 5587604.619999999, 378144.25 5587606.699999999, 378103.83999999985 5587614.34, 378097.91000000015 5587605.27, 378078.98000000045 5587576.359999999, 378065.54000000004 5587572.35, 378057.08999999985 5587569.83, 378053.3300000001 5587568.720000001, 378050.0599999996 5587571.17, 378047.0999999996 5587573.390000001, 378029.4000000004 5587586.6899999995, 378024.4500000002 5587590.4, 378013.4900000002 5587597.3100000005, 377988.7599999998 5587613.0600000005, 377983.6200000001 5587616.32, 377967.04000000004 5587611.26, 377954.9199999999 5587619.68, 377948.53000000026 5587624.119999999, 377945.0999999996 5587626.49, 377942.04000000004 5587628.619999999, 377933.7599999998 5587621.109999999, 377930.13999999966 5587617.85, 377930.04000000004 5587612.029999999, 377929.9299999997 5587606.210000001, 377929.8200000003 5587600.18, 377929.75 5587596.82, 377928.45999999996 5587590.16, 377925.7999999998 5587576.720000001, 377925.1699999999 5587573.460000001, 377923.4299999997 5587562.210000001, 377921.0599999996 5587547.07, 377869.83999999985 5587545.42, 377832.04000000004 5587526.789999999, 377833.6900000004 5587506.6899999995, 377831.1200000001 5587507.220000001, 377766.48000000045 5587514.49, 377743.6799999997 5587515.779999999, 377706.3700000001 5587517.699999999, 377696.5999999996 5587485.02, 377696.08999999985 5587485.1, 377664.8099999996 5587489.699999999, 377651.6699999999 5587491.529999999, 377642.38999999966 5587492.84, 377633.5099999998 5587494.09, 377623.20999999996 5587495.51, 377617.8200000003 5587496.17, 377618.6200000001 5587499.09, 377615.21999999974 5587499.9399999995, 377608.75 5587501.65, 377600.8799999999 5587503.76, 377586.25 5587507.710000001, 377572.53000000026 5587506.4399999995, 377551.21999999974 5587486.68, 377548.6900000004 5587484.369999999, 377530.0800000001 5587461.35, 377508.7000000002 5587448.539999999, 377507.63999999966 5587448.630000001, 377495.54000000004 5587449.66, 377481.04000000004 5587450.880000001, 377480.0499999998 5587449.34, 377475.23000000045 5587441.17, 377471.9299999997 5587435.75, 377464.58999999985 5587423.99, 377461.73000000045 5587425.23, 377456.04000000004 5587427.68, 377448.3200000003 5587431.1899999995, 377451.01999999955 5587450.08, 377451.75 5587455.24, 377451.7999999998 5587465.09, 377449.41000000015 5587483.6899999995, 377447.9000000004 5587495, 377445.86000000034 5587514.390000001, 377443.8200000003 5587536.720000001, 377443.2400000002 5587542.970000001, 377442.76999999955 5587549.26, 377441.9299999997 5587561.42, 377443.4199999999 5587585.380000001, 377447.6500000004 5587609.050000001, 377452.54000000004 5587627.279999999, 377464.54000000004 5587663.529999999, 377469.0700000003 5587682.4, 377477.0099999998 5587706.199999999, 377485.9199999999 5587734.470000001, 377487.91000000015 5587740.1899999995, 377498.1200000001 5587769.390000001, 377501.6200000001 5587786.970000001, 377501.98000000045 5587789.359999999, 377502.8700000001 5587795.220000001, 377504.4000000004 5587805.289999999, 377505.23000000045 5587810.800000001, 377505.8799999999 5587820.68, 377505.96999999974 5587821.92, 377506.63999999966 5587832.17, 377506.5599999996 5587833.880000001, 377505.71999999974 5587847.18, 377505.4500000002 5587854.84, 377504.3200000003 5587873.109999999, 377504.3099999996 5587878.8100000005, 377504.3200000003 5587895.880000001, 377504.3300000001 5587908.539999999, 377504.3300000001 5587918.65, 377504.76999999955 5587936.9, 377505.01999999955 5587948.83, 377505.2400000002 5587958.8100000005, 377505.33999999985 5587960.300000001, 377506.6900000004 5587981.1899999995, 377506.98000000045 5587985.960000001, 377506.9199999999 5587993.25, 377506.8499999996 5588002.9399999995, 377506.58999999985 5588037.91, 377506.5099999998 5588045.199999999, 377506.3499999996 5588057.130000001, 377507.4400000004 5588075.48, 377507.7000000002 5588081.109999999, 377508.21999999974 5588084.0600000005, 377513.0099999998 5588112.039999999, 377513.51999999955 5588113.73, 377514.73000000045 5588118, 377515.7599999998 5588121.449999999, 377516.6299999999 5588124.59, 377519.8499999996 5588133.050000001, 377527.58999999985 5588153.369999999, 377525.61000000034 5588154.380000001, 377528.4199999999 5588161.43, 377545.2599999998 5588197.800000001, 377561.6699999999 5588233.27, 377563.63999999966 5588237.529999999, 377566.1699999999 5588236.9399999995, 377570.9500000002 5588246.93, 377580.0999999996 5588266.800000001, 377581.0599999996 5588269.4, 377583.96999999974 5588277.199999999, 377587.0499999998 5588285.48, 377588.7999999998 5588290.210000001, 377591.25 5588299.130000001, 377594.0800000001 5588309.300000001, 377595.76999999955 5588315.300000001, 377596.2000000002 5588319.289999999, 377594.3300000001 5588318.800000001, 377596.08999999985 5588337.23, 377596.3099999996 5588338.949999999, 377596.4000000004 5588340.789999999, 377596.5800000001 5588343.130000001, 377596.9400000004 5588348.039999999, 377597.29000000004 5588354.24, 377597 5588360.640000001, 377596.26999999955 5588379.359999999, 377594.6900000004 5588389.32, 377593.5999999996 5588396.23, 377592.53000000026 5588403.029999999, 377592.26999999955 5588404.18, 377594.1200000001 5588404.619999999, 377591.88999999966 5588413.199999999, 377589.25 5588423.41, 377494.9199999999 5588399.33, 377479.8499999996 5588395.4399999995, 377467.58999999985 5588392.3100000005, 377392.48000000045 5588373.16, 377385.83999999985 5588371.460000001, 377346.96999999974 5588362.09, 377307.46999999974 5588352.539999999, 377302.7000000002 5588351.49, 377275.61000000034 5588345.51, 377252.75 5588341.67, 377237.6200000001 5588339.130000001, 377234.26999999955 5588339.08, 377228.38999999966 5588338.99, 377224.51999999955 5588338.9399999995, 377209.2599999998 5588338.73, 377191.08999999985 5588338.48, 377185.0999999996 5588338.390000001, 377179.03000000026 5588338.3100000005, 377178.5800000001 5588338.300000001, 377172.5 5588339.67, 377165.70999999996 5588341.1899999995, 377153.4400000004 5588343.949999999, 377139.78000000026 5588347.029999999, 377136.76999999955 5588347.699999999, 377133.7599999998 5588348.369999999, 377131.0999999996 5588348.98, 377126.8200000003 5588349.93, 377117.9500000002 5588351.93, 377108.2999999998 5588354.1, 377099.0700000003 5588356.17, 377097.9900000002 5588356.41, 377094.2999999998 5588356.880000001, 377089.5499999998 5588357.49, 377085.26999999955 5588358.050000001, 377080.51999999955 5588358.65, 377076.0099999998 5588359.25, 377060.46999999974 5588361.23, 377050.0499999998 5588362.58, 377045.78000000026 5588363.130000001, 376972.5599999996 5588370.07, 376966.3499999996 5588370.66, 376949.21999999974 5588371.369999999, 376906.8700000001 5588373.460000001, 376853.28000000026 5588381.130000001, 376838.9299999997 5588383.5600000005, 376808.2400000002 5588388.76, 376780.86000000034 5588392.890000001, 376769.21999999974 5588394.640000001, 376714.70999999996 5588401.99, 376656.2599999998 5588408.550000001, 376653.70999999996 5588408.83, 376613.2599999998 5588412.01, 376609.01999999955 5588412.34, 376561.7599999998 5588415.01, 376545.20999999996 5588414.9, 376508.48000000045 5588409.75, 376462.08999999985 5588403.24, 376449.5 5588399.99, 376414.9900000002 5588390.9, 376386.03000000026 5588384.26, 376384.11000000034 5588383.85, 376375.33999999985 5588381.949999999, 376363.5800000001 5588379.83, 376351.4000000004 5588377.300000001, 376341.54000000004 5588375.289999999, 376318.3300000001 5588370.550000001, 376304.2999999998 5588367.699999999, 376288.4400000004 5588364.470000001, 376276.03000000026 5588361.92, 376266.61000000034 5588360, 376256.48000000045 5588357.9399999995, 376248.95999999996 5588356.4, 376235.7599999998 5588353.73, 376220.7599999998 5588350.65, 376214.2400000002 5588349.3100000005, 376204.61000000034 5588347.34, 376198.29000000004 5588346.050000001, 376188.2999999998 5588344, 376181.08999999985 5588342.5600000005, 376174.5499999998 5588341.25, 376166.8499999996 5588339.699999999, 376159.48000000045 5588338.23, 376152.4000000004 5588336.8100000005, 376138.9400000004 5588333.449999999, 376128.4500000002 5588331.380000001, 376120.5 5588329.720000001, 376110.4000000004 5588327.710000001, 376086.53000000026 5588322.84, 376072.1200000001 5588319.9, 376045.73000000045 5588314.49, 376006.76999999955 5588310.470000001, 375998.86000000034 5588309.65, 375979.0499999998 5588307.609999999, 375951.9299999997 5588304.800000001, 375949.4400000004 5588304.359999999, 375941.5499999998 5588302.970000001, 375933.1900000004 5588301.5, 375927.9900000002 5588300.57, 375902.88999999966 5588296.15, 375877.51999999955 5588291.66, 375855.4299999997 5588287.77, 375831.38999999966 5588283.52, 375821.08999999985 5588280.15, 375785.58999999985 5588268.5600000005, 375763.9900000002 5588264.720000001, 375643.2400000002 5588075, 375707.0099999998 5588054.57, 375723.29000000004 5588049.35, 375742 5588043.35, 375748.86000000034 5588036.98, 375768.28000000026 5587886.75, 375773.0499999998 5587885.02, 375805.71999999974 5587873.1, 375804.6500000004 5587869.369999999, 375804.26999999955 5587852.5, 375804.0999999996 5587845.130000001, 375803.03000000026 5587798.52, 375802.7000000002 5587784.199999999, 375800.58999999985 5587691.83, 375800.4400000004 5587684.949999999, 375800.25 5587676.6, 375799.73000000045 5587653.85, 375839.38999999966 5587635.85, 375838.38999999966 5587630.859999999, 375812.8099999996 5587569.630000001, 375761.5599999996 5587505.699999999, 375769.5499999998 5587497.43, 375799.04000000004 5587459.42, 375800.83999999985 5587439.630000001, 375795.75 5587437.4, 375787.9400000004 5587433.960000001, 375781.98000000045 5587431.34, 375764.0800000001 5587438.369999999, 375758.91000000015 5587436.5, 375740.73000000045 5587444.33, 375740.5099999998 5587444.41, 375714.5599999996 5587400.869999999, 375712.76999999955 5587397.279999999, 375709.36000000034 5587399.43, 375659.0499999998 5587431.369999999, 375650.0099999998 5587432.77, 375604.01999999955 5587420.52, 375567.1799999997 5587410.699999999, 375558.41000000015 5587408.300000001, 375552.41000000015 5587418.210000001, 375503.3099999996 5587498.52, 375495.7000000002 5587502.48, 375481.16000000015 5587501.460000001, 375468.08999999985 5587500.550000001, 375445.45999999996 5587498.960000001, 375440.25 5587504.630000001, 375427.63999999966 5587499.4, 375432.0599999996 5587514.48, 375454.7400000002 5587593.33, 375425.4199999999 5587583.300000001, 375290.03000000026 5587537, 375283.4500000002 5587534.76, 375271.6200000001 5587556.82, 375254.7599999998 5587605.279999999, 375255.38999999966 5587557.41, 375225.0700000003 5587476.52, 375158.66000000015 5587443.65, 375115.7999999998 5587483.390000001, 375118.1900000004 5587462.109999999, 375125.03000000026 5587430.640000001, 375184.9400000004 5587414.15, 375209.66000000015 5587388.609999999, 375130.1799999997 5587310.41, 375090.53000000026 5587271.390000001, 375074.23000000045 5587255.41, 375028.63999999966 5587219.25, 375016.6699999999 5587207.789999999, 374973.4299999997 5587166.41, 374957.7000000002 5587154.0600000005, 374900.7599999998 5587109.369999999, 374853.7999999998 5587073.279999999, 374801.51999999955 5587033.699999999, 374765.21999999974 5587005.42, 374762.78000000026 5587003.51, 374716.01999999955 5586967.07, 374708.1699999999 5586960.82, 374676.8700000001 5586936.82, 374647.5499999998 5586914.35, 374618.7999999998 5586892.289999999, 374596.7999999998 5586875.43, 374579.46999999974 5586862.15, 374566.36000000034 5586859.8100000005, 374475.0999999996 5586873.84, 374452.8799999999 5586877.26, 374446.4900000002 5586872.359999999, 374452.83999999985 5586844.539999999, 374459.11000000034 5586824.91, 374472.5599999996 5586792.23, 374507.3300000001 5586704.6899999995, 374515.75 5586678.050000001, 374519.6500000004 5586662.6, 374521.45999999996 5586655.369999999, 374521.70999999996 5586654.4399999995, 374523.9299999997 5586645.630000001, 374527.5599999996 5586631.24, 374530.3099999996 5586622.789999999, 374548.88999999966 5586565.789999999, 374550.3799999999 5586561.25, 374553.26999999955 5586560.289999999, 374553.76999999955 5586559.67, 374551.3799999999 5586557.33, 374552.13999999966 5586552.67, 374555.16000000015 5586555.539999999, 374553.03000000026 5586548.77, 374561.7400000002 5586502.43, 374569.63999999966 5586472.1, 374573.1299999999 5586471.3100000005, 374570.58999999985 5586468.109999999, 374571.9000000004 5586463.27, 374572.9299999997 5586459.529999999, 374580.54000000004 5586431.93, 374589.73000000045 5586398.59, 374602.8700000001 5586343.4, 374610.5700000003 5586303.300000001, 374610.6299999999 5586298.66, 374612.20999999996 5586294.77, 374618.26999999955 5586273.380000001, 374619.33999999985 5586269.59, 374638.8300000001 5586223.779999999, 374639.95999999996 5586220.52, 374650.5700000003 5586189.800000001, 374661.53000000026 5586141.48, 374671.8799999999 5586134.1899999995, 374677.83999999985 5586077.029999999, 374678 5586075.529999999, 374680.1799999997 5586072.25, 374681.01999999955 5586070.98, 374676.9900000002 5586068.199999999, 374675.66000000015 5586063.210000001, 374683.0800000001 5586020.789999999, 374685.26999999955 5586010.59, 374687.7599999998 5585999.050000001, 374694.9299999997 5585974.630000001, 374698.0800000001 5585964.98, 374700.33999999985 5585958.07, 374705.78000000026 5585950.02, 374720.5 5585928.1899999995, 374735.9500000002 5585903.8100000005, 374753.5599999996 5585885.4, 374770.6200000001 5585870.289999999, 374776.3499999996 5585868.73, 374767.3099999996 5585865.460000001, 374774.70999999996 5585859.630000001, 374795.1900000004 5585840.68, 374795.98000000045 5585839.25, 374814.2000000002 5585806.27, 374817.0499999998 5585799.16, 374825.1200000001 5585779.029999999, 374832.6699999999 5585744.43, 374832.6799999997 5585727.710000001, 374832.6799999997 5585716.57, 374823.66000000015 5585679.130000001, 374818.4299999997 5585667.880000001, 374808.4900000002 5585646.449999999, 374770.78000000026 5585597.029999999, 374762.73000000045 5585586.49, 374755.86000000034 5585577.49, 374750.3799999999 5585570.300000001, 374754.1900000004 5585534.960000001, 374767.48000000045 5585458.15, 374788.9000000004 5585381.76, 374796.23000000045 5585373.369999999, 374821.4400000004 5585344.49, 374831.0499999998 5585333.470000001, 374831.5999999996 5585332.85, 374836.70999999996 5585327.01, 374842.5599999996 5585320.300000001, 374851.2599999998 5585290.970000001, 374852.73000000045 5585267.42, 374855.5599999996 5585221.890000001, 374857.38999999966 5585192.630000001, 374859.95999999996 5585152.25, 374861.8700000001 5585121.77, 374862.1299999999 5585105.82, 374862.4900000002 5585088.02, 374862.83999999985 5585079.68, 374863.1699999999 5585065.52, 374867.5800000001 5585032.720000001, 374870.9299999997 5585015.83, 374877.03000000026 5584985.51, 374887.8200000003 5584950.210000001, 374888.8099999996 5584946.76, 374892.95999999996 5584933.470000001, 374904.21999999974 5584900.960000001, 374910.25 5584883.58, 374928.1900000004 5584840.9, 374932.4900000002 5584830.67, 374936.3200000003 5584821.57, 374939.1900000004 5584814.74, 374940.4299999997 5584811.789999999, 374941.9000000004 5584807.619999999, 374944.9000000004 5584799.039999999, 374947.75 5584790.9, 374950.33999999985 5584783.52, 374952.63999999966 5584779.99, 374955.0800000001 5584776.26, 374956.41000000015 5584774.24, 374959.5099999998 5584769.49, 374973.9500000002 5584759.35, 374977.95999999996 5584756.539999999, 374988.0700000003 5584749.4399999995, 375000.53000000026 5584734.48, 375007.2000000002 5584725.91, 375022.21999999974 5584698.18, 375024.04000000004 5584694.83, 375025.1299999999 5584692.8100000005, 375030.16000000015 5584689.8100000005, 375028.88999999966 5584684.26, 375028.2400000002 5584681.42, 375026.70999999996 5584674.720000001, 375028.53000000026 5584653.23, 375048.7400000002 5584603.789999999, 375054.5599999996 5584566.98, 375052.0099999998 5584561.1, 375046.70999999996 5584548.869999999, 375057.9400000004 5584525.960000001, 375063.33999999985 5584520.49, 375068.9199999999 5584509.710000001, 375082.8099999996 5584478.32, 375098.36000000034 5584447.75, 375114.73000000045 5584417.67, 375122.9299999997 5584408.6899999995, 375127.61000000034 5584403.640000001, 375126.1900000004 5584401.15, 375122.7999999998 5584401.52, 375124.4199999999 5584399.529999999, 375128.11000000034 5584392.99, 375134.88999999966 5584381.300000001, 375148.28000000026 5584358.02, 375163.71999999974 5584338.970000001, 375166.13999999966 5584335.98, 375172.5599999996 5584328.050000001, 375177.3099999996 5584327.039999999, 375177.20999999996 5584322.3100000005, 375189.46999999974 5584307.199999999, 375206.76999999955 5584280.279999999, 375213.6299999999 5584269.3100000005, 375218.63999999966 5584261.3100000005, 375224.1299999999 5584252.5600000005, 375226.6799999997 5584249.67, 375257.5499999998 5584214.66, 375265.5499999998 5584203.029999999, 375271.73000000045 5584194.039999999, 375273.0099999998 5584192.16, 375285.33999999985 5584169.66, 375289.0800000001 5584162.83, 375290.86000000034 5584159.77, 375294.16000000015 5584154.119999999, 375295.3200000003 5584152.109999999, 375296.2400000002 5584150.25, 375300.2000000002 5584151.18, 375328.8499999996 5584093.609999999, 375356.76999999955 5584052.08, 375363.41000000015 5584042.18, 375391.53000000026 5584008.91, 375393.3300000001 5584006.18, 375392.11000000034 5584000.76, 375454.7599999998 5583926.5600000005, 375471.1299999999 5583911.92, 375479.70999999996 5583904.26, 375485.54000000004 5583890.109999999, 375584.91000000015 5583781.279999999, 375642.4500000002 5583724.039999999, 375756.8200000003 5583621.8100000005, 375760.5 5583618.539999999, 375768.54000000004 5583611.4, 375771.76999999955 5583616.09, 375776.53000000026 5583610.27, 375803.70999999996 5583589.58, 375812.1500000004 5583585.91, 375823.5800000001 5583578.34, 375826.5 5583578.65, 375835.03000000026 5583587.380000001, 375839.3799999999 5583591.8100000005, 375845.6900000004 5583596.77, 375852.58999999985 5583598.220000001, 375854.5099999998 5583598.619999999, 375861.4900000002 5583596.48, 375862.9199999999 5583596.039999999, 375864.0099999998 5583595.25, 375907.3300000001 5583563.220000001, 375911.2000000002 5583560.369999999, 375912.9500000002 5583558.9, 375938.6500000004 5583537.32, 375964.5 5583515.6, 375985.3200000003 5583497.460000001, 375996.61000000034 5583486.609999999, 376006.71999999974 5583476.9, 376022.11000000034 5583464.119999999, 376023.7599999998 5583464.16, 376025.6799999997 5583464.220000001, 376028.83999999985 5583461.77, 376030.75 5583460.289999999, 376032.03000000026 5583459.4399999995, 376071.28000000026 5583433.470000001, 376074.75 5583431.17, 376078.54000000004 5583427.66, 376087.5099999998 5583419.32, 376100.5499999998 5583404.43, 376105.4000000004 5583399.699999999, 376112.33999999985 5583392.9399999995, 376124.9400000004 5583382.609999999, 376145.9299999997 5583367.76, 376164 5583354.970000001, 376171.3499999996 5583349.77, 376186.63999999966 5583332.699999999, 376191.83999999985 5583325.789999999, 376198.36000000034 5583313.4399999995, 376204.51999999955 5583304.1, 376211.1200000001 5583296.0600000005, 376218.0499999998 5583289.92, 376228.6900000004 5583281.960000001, 376247.1500000004 5583269.5, 376267.9000000004 5583256.49, 376273.6200000001 5583253.3100000005, 376295.95999999996 5583240.859999999, 376321.5800000001 5583226.58, 376323.0800000001 5583225.74, 376355.98000000045 5583209.8100000005, 376388.0599999996 5583194.91, 376391.78000000026 5583193.41, 376408.7599999998 5583186.52, 376410.73000000045 5583185.800000001, 376429.3300000001 5583179.01, 376446.9199999999 5583172.9, 376456.23000000045 5583169.67, 376466.48000000045 5583166.1, 376484.3300000001 5583160.77, 376492.9000000004 5583158.210000001, 376494.5 5583157.73, 376498.1799999997 5583156.539999999, 376516.8499999996 5583150.51, 376524.04000000004 5583147.9, 376538.9000000004 5583142.52, 376540.2999999998 5583141.960000001, 376546.7400000002 5583139.4, 376553.3799999999 5583136.75, 376561.25 5583133.630000001, 376562.08999999985 5583133.279999999, 376568.2400000002 5583130.75, 376621.9500000002 5583108.630000001, 376646.8099999996 5583098.4, 376670.6699999999 5583088.5, 376677.4000000004 5583085.710000001, 376692.1200000001 5583079.609999999, 376700.36000000034 5583076.199999999, 376727.3099999996 5583065.199999999, 376753.11000000034 5583054.6899999995, 376759.9400000004 5583051.91, 376766.86000000034 5583049.09, 376776.9900000002 5583045.130000001, 376789.75 5583040.140000001, 376793.96999999974 5583038.67, 376808.1200000001 5583033.74, 376827.54000000004 5583026.960000001, 376834.0099999998 5583024.970000001, 376850.8300000001 5583019.800000001, 376856.86000000034 5583018.119999999, 376881.1500000004 5583011.35, 376898.5599999996 5583006.5, 376907.0599999996 5583004.140000001, 376922.5 5582999.83, 376964.3499999996 5582988.1899999995, 376977.0499999998 5582984.65, 376980.3700000001 5582984.33, 376982.8700000001 5582984.91, 376983.4199999999 5582985.029999999, 376985.4500000002 5582987.4, 376984.6699999999 5582989.5, 376983.45999999996 5582992.779999999, 376978.9199999999 5583005.0600000005, 376967.63999999966 5583035.619999999, 376963.54000000004 5583047.619999999, 376958.5499999998 5583062.25, 376954.46999999974 5583074.199999999, 376949.11000000034 5583090.369999999, 376943.0999999996 5583107.619999999, 376929.71999999974 5583147.550000001, 376920.8700000001 5583178.550000001, 376913.61000000034 5583203.98, 376894.2000000002 5583273.68, 376876.63999999966 5583289.09, 376870.16000000015 5583294.76, 376883.5599999996 5583314.15, 376884.9900000002 5583317.960000001, 376889.41000000015 5583329.789999999, 376916.08999999985 5583357.710000001, 376918.91000000015 5583351.92, 376922.4299999997 5583353.890000001, 376949.13999999966 5583379.52, 376952.0599999996 5583382.32, 376959.78000000026 5583409.74, 376973.71999999974 5583438.5, 376987.45999999996 5583466.869999999, 377001.0999999996 5583494.17, 377004.41000000015 5583500.800000001, 377005.8200000003 5583504.140000001, 377010.01999999955 5583514.16, 377013.8700000001 5583523.34, 377017.8499999996 5583532.83, 377026.6699999999 5583553.83, 377017.6200000001 5583563.65, 377010.1799999997 5583571.4, 377006.95999999996 5583575.140000001, 376983.1500000004 5583602.800000001, 376981.1900000004 5583605.07, 376976.11000000034 5583610.970000001, 376973.9900000002 5583613.43, 376972.2400000002 5583615.460000001, 376965.5700000003 5583623.199999999, 376961.58999999985 5583627.84, 376960.83999999985 5583628.220000001, 376953.26999999955 5583640.65, 376947.21999999974 5583649.949999999, 376943.13999999966 5583656.26, 376939.29000000004 5583662.029999999, 376938.9400000004 5583662.720000001, 376937.21999999974 5583665.74, 376936.6500000004 5583666.9399999995, 376936.26999999955 5583667.82, 376932.0599999996 5583675.869999999, 376950.4500000002 5583694.42, 377018.8499999996 5583763.43, 377030.2400000002 5583774</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5509-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5509-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5509-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5509-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -516,90 +516,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-021" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5509-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5509-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5509-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-021" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5509-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5509-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5509-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -673,51 +673,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108848</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.25024991629</v>
+        <v>46068.4473676686</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>