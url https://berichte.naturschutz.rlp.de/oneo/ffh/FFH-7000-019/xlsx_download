--- v0 (2025-11-10)
+++ v1 (2026-02-14)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5506-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((344941.53000000026 5588509.140000001, 344941.04000000004 5588508.41, 344937.41000000015 5588502.949999999, 344933.83999999985 5588497.57, 344932.0599999996 5588494.9, 344922.1299999999 5588479.960000001, 344918.2000000002 5588474.029999999, 344905.7000000002 5588455.24, 344901.6900000004 5588447.76, 344897.3099999996 5588449.720000001, 344872.6699999999 5588455.449999999, 344870.2400000002 5588458.289999999, 344859.6900000004 5588470.640000001, 344848.9000000004 5588492.17, 344829.1299999999 5588512.0600000005, 344806.33999999985 5588527.119999999, 344819.3300000001 5588491.77, 344834.5 5588450.539999999, 344835.70999999996 5588441.300000001, 344839.88999999966 5588409.6, 344784.88999999966 5588339.26, 344711.1299999999 5588244.710000001, 344641.8700000001 5588084.6899999995, 344641.4400000004 5588083.710000001, 344639.96999999974 5588079.550000001, 344614.0800000001 5587998.74, 344597.6699999999 5587900.18, 344596.61000000034 5587893.8100000005, 344371.4900000002 5587813.1899999995, 344366.08999999985 5587805.199999999, 344359.01999999955 5587805.58, 344337.41000000015 5587797.550000001, 344335.3099999996 5587796.77, 344320.2999999998 5587791.4399999995, 344314.63999999966 5587786.76, 344306.26999999955 5587747.800000001, 344309.5099999998 5587732.49, 344301.13999999966 5587720.16, 344276.63999999966 5587727.76, 344278.7000000002 5587767.66, 344267.9199999999 5587800.51, 344212.46999999974 5587739.619999999, 344248.6799999997 5587649.51, 344214.8200000003 5587615.85, 344213.6500000004 5587614.220000001, 344174.4400000004 5587669.59, 344142.5 5587639.859999999, 344166.53000000026 5587612.949999999, 344192.6500000004 5587583.720000001, 344191.53000000026 5587582.1, 344196.83999999985 5587579.369999999, 344198.1799999997 5587578.68, 344219.0800000001 5587567.4, 344244.2999999998 5587553.779999999, 344252.13999999966 5587549.550000001, 344263.04000000004 5587543.68, 344276.9900000002 5587536.17, 344292.8099999996 5587527.65, 344313.45999999996 5587516.529999999, 344317.2400000002 5587514.5, 344325.5800000001 5587510.029999999, 344306.5800000001 5587460.43, 344291.20999999996 5587381.43, 344289.3499999996 5587369.880000001, 344285.61000000034 5587346.720000001, 344275.53000000026 5587284.49, 344276.2400000002 5587278.0600000005, 344283.6799999997 5587270.42, 344306.13999999966 5587314.5, 344313.4000000004 5587328.779999999, 344321.1699999999 5587323.77, 344330.7000000002 5587317.619999999, 344340.8700000001 5587334.27, 344383.11000000034 5587318.16, 344391.28000000026 5587314.960000001, 344393.9000000004 5587330.199999999, 344398.9199999999 5587327.9, 344449.4900000002 5587303.83, 344445.6500000004 5587296, 344429.21999999974 5587262.99, 344426.0099999998 5587209.109999999, 344431.3200000003 5587195.300000001, 344438.8799999999 5587185.039999999, 344436.83999999985 5587181.34, 344434.20999999996 5587176.85, 344426.4900000002 5587162.890000001, 344417.4000000004 5587146.460000001, 344411.3200000003 5587135.48, 344407.5599999996 5587128.710000001, 344406.20999999996 5587119.789999999, 344401.9299999997 5587091.449999999, 344399.3200000003 5587074.1899999995, 344399.8499999996 5587070.32, 344401.4500000002 5587058.82, 344404.91000000015 5587033.91, 344408.5999999996 5587007.3100000005, 344410.78000000026 5586991.59, 344418.66000000015 5586998.720000001, 344429.9299999997 5586993.210000001, 344426.1900000004 5586984.08, 344478.9199999999 5586958.390000001, 344556.1299999999 5586916.1899999995, 344557.61000000034 5586907.130000001, 344550.2000000002 5586860.289999999, 344548.0800000001 5586846.9399999995, 344546.1699999999 5586834.91, 344617.8099999996 5586843.59, 344632.3300000001 5586845.34, 344738.0499999998 5586854.27, 344738.4000000004 5586849.800000001, 344748.66000000015 5586719.380000001, 344746 5586708.630000001, 344778.11000000034 5586649.380000001, 344675.3099999996 5586607.84, 344675.13999999966 5586607.76, 344676.48000000045 5586602.18, 344619.6699999999 5586578.460000001, 344615.1200000001 5586576.73, 344599.3099999996 5586565.5600000005, 344588.0099999998 5586542.75, 344587.79000000004 5586536.460000001, 344587.8300000001 5586524.630000001, 344605.4400000004 5586382.4, 344617.9500000002 5586282.9399999995, 344632.23000000045 5586169.470000001, 344800.53000000026 5586256.07, 344803.5599999996 5586259.98, 344913.95999999996 5586408.0600000005, 344918.70999999996 5586402.050000001, 344934.5499999998 5586382.08, 344956.46999999974 5586346.07, 344982.38999999966 5586305.869999999, 344983.3300000001 5586307.460000001, 345049.6699999999 5586412.199999999, 345090.3099999996 5586414.07, 345220.4299999997 5586452.119999999, 345247.29000000004 5586432.710000001, 345275.58999999985 5586451.33, 345279.04000000004 5586445.3100000005, 345282.98000000045 5586437.800000001, 345341.5 5586475.279999999, 345351.51999999955 5586482.02, 345356.3099999996 5586485.23, 345369.78000000026 5586494.220000001, 345403.5700000003 5586518.41, 345400.2400000002 5586523.49, 345395.8700000001 5586530.279999999, 345375.25 5586562.380000001, 345376.96999999974 5586566.16, 345393.75 5586603.08, 345409.6299999999 5586638.029999999, 345430.96999999974 5586682.029999999, 345445.98000000045 5586674.73, 345446.1699999999 5586670.91, 345428.86000000034 5586626.1, 345422.98000000045 5586533.6899999995, 345438.54000000004 5586551.890000001, 345456.78000000026 5586573.23, 345462.2599999998 5586582.630000001, 345466.79000000004 5586589.710000001, 345471.86000000034 5586594.9, 345485.61000000034 5586594.609999999, 345485.38999999966 5586584.59, 345495.3300000001 5586582.33, 345503.2400000002 5586577.02, 345549.61000000034 5586533.279999999, 345552.9000000004 5586530.140000001, 345561.11000000034 5586522.42, 345575.8300000001 5586535.460000001, 345597.25 5586554.52, 345567.78000000026 5586587.890000001, 345562.8499999996 5586593.49, 345543.2400000002 5586616.27, 345538.5800000001 5586629, 345538.21999999974 5586629.960000001, 345535.48000000045 5586649.140000001, 345538.28000000026 5586667.5, 345551.48000000045 5586682.210000001, 345570.61000000034 5586698.449999999, 345599.83999999985 5586710.76, 345634.75 5586715.359999999, 345687.0800000001 5586717.710000001, 345702.13999999966 5586718.67, 345874.29000000004 5586728.73, 345878.9500000002 5586738.01, 345887.70999999996 5586741.470000001, 345902.3799999999 5586745.83, 345925.75 5586730.550000001, 345936.0099999998 5586722.289999999, 345928.4199999999 5586749.49, 345923.9299999997 5586747.73, 345918.7599999998 5586748.289999999, 345914.5700000003 5586750.859999999, 345911.9199999999 5586755.08, 345912.73000000045 5586759.73, 345935.08999999985 5586772.970000001, 345939.36000000034 5586777.619999999, 345941.5 5586785.4, 345941.9900000002 5586791.75, 345752.1500000004 5586807.109999999, 345744.01999999955 5586852.699999999, 345748.6699999999 5586861, 345785.78000000026 5586892.9, 345847.3200000003 5587002.35, 345853.25 5587022.720000001, 345852.01999999955 5587031.93, 345824.7400000002 5587077.220000001, 345810.2400000002 5587091.550000001, 345735.58999999985 5587111.119999999, 345723.5800000001 5587113.77, 345719.4900000002 5587119.32, 345720.9400000004 5587128.42, 345725.98000000045 5587133.33, 345736.1299999999 5587137.779999999, 345753.2999999998 5587142.470000001, 345810.03000000026 5587159.84, 345826.79000000004 5587167.789999999, 345838 5587178.380000001, 345862.9500000002 5587202.5600000005, 345908.5499999998 5587204.220000001, 345968.2400000002 5587274.82, 345971.71999999974 5587287.75, 345979.86000000034 5587382.51, 345992.78000000026 5587435.609999999, 345997.9299999997 5587449.68, 346007.41000000015 5587464.390000001, 346022.2000000002 5587483.720000001, 346041.1699999999 5587499.66, 346064.01999999955 5587518.67, 346073.98000000045 5587531.470000001, 346077.0999999996 5587547.550000001, 346078.4000000004 5587554.1899999995, 346079.23000000045 5587568.029999999, 346085.3700000001 5587586.91, 346112.0800000001 5587594.449999999, 346111.28000000026 5587648.1, 346076.5999999996 5587683.26, 346075.7999999998 5587684.17, 346075.7000000002 5587685.07, 346052.2999999998 5587716.52, 346006.1699999999 5587831.76, 345967.88999999966 5587819.66, 345859.6500000004 5587802.779999999, 345735.9299999997 5587783.74, 345622.66000000015 5587766.960000001, 345613.5599999996 5587764.960000001, 345615.4500000002 5587775.57, 345513.1200000001 5587732.48, 345501.6799999997 5587732, 345484.58999999985 5587736.890000001, 345436.6299999999 5587779.65, 345386.9400000004 5587823.33, 345362.4000000004 5587845.050000001, 345341.2000000002 5587856.02, 345436.38999999966 5588159.550000001, 345435.8700000001 5588167.640000001, 345449.96999999974 5588228.84, 345454.0999999996 5588302.32, 345463.7599999998 5588307.08, 345463.36000000034 5588312.8100000005, 345477.8099999996 5588395.68, 345482.5499999998 5588403.91, 345486.91000000015 5588419.0600000005, 345491.9500000002 5588426.609999999, 345493.20999999996 5588428.890000001, 345490.3799999999 5588431.9399999995, 345481.71999999974 5588434.380000001, 345476.9400000004 5588438.109999999, 345469.0999999996 5588439.77, 345464.16000000015 5588446.58, 345458.0099999998 5588450.369999999, 345454.1299999999 5588450.16, 345452.63999999966 5588449.43, 345451.7000000002 5588448.970000001, 345446.4299999997 5588446.380000001, 345441.25 5588438.949999999, 345434.6799999997 5588430.779999999, 345426.9199999999 5588426.0600000005, 345419.20999999996 5588421.380000001, 345408.4400000004 5588416.199999999, 345390.28000000026 5588421.119999999, 345381.8300000001 5588427.16, 345372.20999999996 5588431.48, 345357.29000000004 5588440, 345354.8700000001 5588440.960000001, 345353.3300000001 5588437.8100000005, 345351.75 5588434.390000001, 345350.16000000015 5588431.119999999, 345348.86000000034 5588428.43, 345341 5588412.199999999, 345329.01999999955 5588387.48, 345330.51999999955 5588366.92, 345347.75 5588355.720000001, 345344.5700000003 5588350.68, 345337.96999999974 5588340.460000001, 345336.1200000001 5588337.57, 345318.4500000002 5588310.16, 345308 5588314.41, 345281.01999999955 5588340.57, 345315.03000000026 5588351.0600000005, 345320.8099999996 5588362.82, 345280.1299999999 5588371.26, 345229.5 5588384.27, 345224.36000000034 5588387.17, 345180.1900000004 5588412.16, 345145.04000000004 5588430.039999999, 345147.2599999998 5588425.369999999, 345187.5499999998 5588381.07, 345209.83999999985 5588365.1, 345223.1699999999 5588355.539999999, 345224.8499999996 5588353.5600000005, 345268 5588302.73, 345263.2999999998 5588293.75, 345243.04000000004 5588307.710000001, 345236.41000000015 5588312.710000001, 345168.04000000004 5588364.33, 345163.29000000004 5588358.52, 345154.53000000026 5588358.550000001, 345102.5800000001 5588371.17, 345095.4400000004 5588371.789999999, 345063.5499999998 5588374.57, 345045.9000000004 5588376.1, 345011.0099999998 5588379.130000001, 345003.3200000003 5588384.76, 344998.1799999997 5588388.49, 345001.70999999996 5588394.32, 345014.3799999999 5588413.5, 345028.8099999996 5588435.33, 345041.36000000034 5588454.33, 345038.1299999999 5588456.99, 345017.6799999997 5588473.92, 345012.1299999999 5588478.51, 345004.9199999999 5588474.4, 344996.8499999996 5588476.35, 344985.9199999999 5588484.890000001, 344971.33999999985 5588498.82, 344970.3799999999 5588499.3100000005, 344959.7999999998 5588504.800000001, 344947 5588506.52, 344941.53000000026 5588509.140000001)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5506-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5506-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5506-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5506-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-019" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5506-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5506-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5506-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-019" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5506-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5506-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5506-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108846</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.07868143149</v>
+        <v>46067.03291208453</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>