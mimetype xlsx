--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5410-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((391516.5800000001 5592404.289999999, 391524.5599999996 5592393.99, 391529.3200000003 5592387.85, 391527.96999999974 5592383.68, 391535.4500000002 5592379.74, 391545.1699999999 5592374.66, 391566 5592363.67, 391570.98000000045 5592361.42, 391582.23000000045 5592352.35, 391560.2999999998 5592308.550000001, 391569.41000000015 5592302.77, 391583.79000000004 5592293.58, 391598.83999999985 5592286.800000001, 391615.2599999998 5592278.9, 391640.2999999998 5592295.77, 391641.54000000004 5592296.83, 391645.8200000003 5592299.73, 391646.6299999999 5592300.289999999, 391665.0700000003 5592317.73, 391676.41000000015 5592308.539999999, 391677.70999999996 5592308.199999999, 391711.9000000004 5592344.41, 391722.23000000045 5592354.529999999, 391741.08999999985 5592380.75, 391745.48000000045 5592387.869999999, 391747.83999999985 5592391.8100000005, 391749.3200000003 5592397.24, 391750.38999999966 5592399.9, 391750.8099999996 5592402.68, 391750.1200000001 5592404.34, 391754.13999999966 5592414.720000001, 391755.78000000026 5592410.68, 391756.38999999966 5592408.32, 391757.20999999996 5592404.4, 391757.0999999996 5592400.199999999, 391755.03000000026 5592394, 391752.96999999974 5592389.140000001, 391753.4400000004 5592388.99, 391770.79000000004 5592382.779999999, 391780.0499999998 5592379.35, 391779.04000000004 5592369.119999999, 391773.5999999996 5592336.470000001, 391805.0800000001 5592327.6899999995, 391803.8099999996 5592335.59, 391805.1799999997 5592348.890000001, 391813.7000000002 5592359.390000001, 391819.01999999955 5592371.800000001, 391843.8700000001 5592429.720000001, 391857.0700000003 5592506.5, 391850.8799999999 5592565.84, 391849.70999999996 5592577.02, 391854.6699999999 5592595.75, 391864.26999999955 5592609.710000001, 391882.2999999998 5592624.470000001, 391882.63999999966 5592625.359999999, 391884.4000000004 5592629.6899999995, 391886.95999999996 5592661.66, 391887.16000000015 5592679.3100000005, 391882.76999999955 5592701.720000001, 391850.5999999996 5592696.460000001, 391845.1799999997 5592722.050000001, 391830.4900000002 5592722.359999999, 391805.0800000001 5592717.1, 391805.36000000034 5592715.470000001, 391811.01999999955 5592684.91, 391814.4400000004 5592663.359999999, 391799.7999999998 5592662.6, 391799.4000000004 5592662.57, 391789.98000000045 5592669.26, 391766.3300000001 5592702.34, 391754.1299999999 5592719.390000001, 391752.4000000004 5592721.8100000005, 391745.1699999999 5592735.34, 391739.7999999998 5592745.4, 391734.46999999974 5592754.57, 391729.2999999998 5592765.07, 391725.71999999974 5592771.02, 391723.9000000004 5592775, 391716.83999999985 5592788.779999999, 391709.78000000026 5592802.550000001, 391703.75 5592811.52, 391699.1699999999 5592820.91, 391694.4900000002 5592830.48, 391691.95999999996 5592829.58, 391687.51999999955 5592839.869999999, 391683.23000000045 5592849.98, 391685.86000000034 5592850.83, 391681.1799999997 5592862.390000001, 391676.5499999998 5592873.66, 391672.53000000026 5592872.24, 391668.1500000004 5592885.15, 391666.88999999966 5592888.34, 391666.5599999996 5592889.289999999, 391665.4400000004 5592892.74, 391660.1200000001 5592906.98, 391658.11000000034 5592912.77, 391656.28000000026 5592918.0600000005, 391653.4400000004 5592925.960000001, 391649.9299999997 5592939.5, 391646.76999999955 5592951.41, 391646.53000000026 5592952.33, 391642.9400000004 5592965.9, 391638.8799999999 5592980.41, 391635.1699999999 5592993.539999999, 391635.0999999996 5592993.789999999, 391633.6299999999 5592998.49, 391631.3799999999 5593006.18, 391628.26999999955 5593017.15, 391628.20999999996 5593017.26, 391626.7400000002 5593022.99, 391629.54000000004 5593024.289999999, 391625.3499999996 5593036.26, 391616.6500000004 5593063.49, 391612.3499999996 5593076.35, 391610.04000000004 5593083.25, 391607.4500000002 5593091, 391601.4900000002 5593118.76, 391603.73000000045 5593125.85, 391614.38999999966 5593126.8100000005, 391614.26999999955 5593128.08, 391614.0599999996 5593133.3100000005, 391600.4400000004 5593132.01, 391565.58999999985 5593110.890000001, 391565.48000000045 5593110.9, 391578.04000000004 5593153.16, 391576.6699999999 5593153.32, 391576 5593153.449999999, 391560.1500000004 5593155, 391556.9900000002 5593155.699999999, 391559.04000000004 5593168.18, 391551.20999999996 5593168.6899999995, 391550.5700000003 5593175.34, 391529.9000000004 5593175.93, 391523.0800000001 5593176.390000001, 391523.7599999998 5593180.449999999, 391526.61000000034 5593197.300000001, 391526.8099999996 5593200.74, 391526.88999999966 5593211.34, 391527.6200000001 5593215.130000001, 391529.29000000004 5593222.92, 391528.83999999985 5593223.359999999, 391530.25 5593232.41, 391529.9199999999 5593234.449999999, 391527.2999999998 5593234.529999999, 391511.2599999998 5593234.49, 391497.91000000015 5593231.34, 391492.9000000004 5593246.1, 391496.0099999998 5593248.4399999995, 391499.71999999974 5593255.550000001, 391502.2599999998 5593260.65, 391502.6699999999 5593263.539999999, 391503.3200000003 5593269.09, 391503.9000000004 5593274.15, 391506.1299999999 5593283.17, 391508.79000000004 5593290.789999999, 391535.1699999999 5593292.68, 391537.1500000004 5593300.390000001, 391538.86000000034 5593307.01, 391542.9299999997 5593312.16, 391550.5800000001 5593313.699999999, 391543.0499999998 5593324.43, 391534.8700000001 5593330.460000001, 391513.96999999974 5593333.35, 391467.8200000003 5593330.16, 391460.79000000004 5593329.109999999, 391452.3300000001 5593334.49, 391461.6299999999 5593342.1899999995, 391466.38999999966 5593342.5, 391468.6799999997 5593343.41, 391467.4400000004 5593355.960000001, 391465.48000000045 5593357.039999999, 391467.0599999996 5593358.98, 391466.0700000003 5593371.529999999, 391464.58999999985 5593372.09, 391457.5599999996 5593371.369999999, 391447.3200000003 5593376.41, 391404.76999999955 5593379.289999999, 391385.13999999966 5593382.220000001, 391383.53000000026 5593382.59, 391367.7999999998 5593386.1, 391366.8799999999 5593377.529999999, 391327.3700000001 5593380.52, 391303.1500000004 5593382.42, 391294.26999999955 5593383.43, 391278.4900000002 5593384.6, 391277.0999999996 5593384.710000001, 391251.0099999998 5593390.82, 391211.76999999955 5593399.630000001, 391212.51999999955 5593403.68, 391169.38999999966 5593418.51, 391166.45999999996 5593420.039999999, 391152.9299999997 5593427.130000001, 391143.66000000015 5593432.550000001, 391133.5800000001 5593438.210000001, 391124.73000000045 5593443.1899999995, 391120.26999999955 5593445.6899999995, 391112.8300000001 5593449.869999999, 391110.78000000026 5593451.029999999, 391109.16000000015 5593451.869999999, 391087.70999999996 5593463.02, 391067.6900000004 5593477.02, 391062.0099999998 5593481.85, 391059.04000000004 5593484.380000001, 391056.8099999996 5593481.27, 391050.6900000004 5593487, 391050.3799999999 5593487.609999999, 391047.5999999996 5593492.9399999995, 391045.95999999996 5593493.9399999995, 391038.2999999998 5593509.43, 391037.70999999996 5593510.58, 391035.0099999998 5593515.98, 391036.4000000004 5593516.93, 391033.6299999999 5593521.869999999, 391032.3099999996 5593524.210000001, 391025.8300000001 5593532.949999999, 391019.6799999997 5593543.380000001, 391017.98000000045 5593546.210000001, 391013.8099999996 5593563, 391010.5800000001 5593576.050000001, 391011.71999999974 5593576.74, 391012.4900000002 5593577.83, 391012.7400000002 5593579.15, 391012.4400000004 5593580.449999999, 391011.63999999966 5593581.52, 391010.8700000001 5593582.01, 391009.9900000002 5593582.279999999, 391010.0499999998 5593583.029999999, 391010.96999999974 5593610.109999999, 391033.98000000045 5593632.380000001, 391040.78000000026 5593638.960000001, 391073.3200000003 5593633.34, 391157.26999999955 5593587.539999999, 391175.98000000045 5593574.91, 391176.29000000004 5593573.470000001, 391175.1299999999 5593573.050000001, 391152.95999999996 5593577.279999999, 391151.0599999996 5593573.699999999, 391317.61000000034 5593514.6899999995, 391326.71999999974 5593521.1899999995, 391330.4400000004 5593522.66, 391338.96999999974 5593529.9, 391341.4900000002 5593527.640000001, 391341.2999999998 5593527.199999999, 391344.4900000002 5593525.5600000005, 391355.79000000004 5593522.869999999, 391356.0800000001 5593523.380000001, 391365.6799999997 5593518.210000001, 391369.2999999998 5593518.16, 391369.29000000004 5593518, 391381.95999999996 5593541.02, 391381.98000000045 5593541.199999999, 391383.7000000002 5593533.130000001, 391388.3300000001 5593531.07, 391390.9500000002 5593529.9399999995, 391399.1299999999 5593530.119999999, 391424.4500000002 5593539.35, 391516.9900000002 5593570.85, 391539.48000000045 5593580.51, 391561.4900000002 5593592.49, 391578.3300000001 5593602.529999999, 391583.61000000034 5593607.109999999, 391584.4000000004 5593607.800000001, 391589.75 5593615.76, 391594.5599999996 5593639.08, 391596.98000000045 5593650.880000001, 391600.4400000004 5593665.390000001, 391604.95999999996 5593689.9399999995, 391600.78000000026 5593691.130000001, 391592.9299999997 5593693.300000001, 391582.5 5593696.18, 391574.38999999966 5593698.41, 391572.29000000004 5593699, 391568.3300000001 5593700.220000001, 391554.7999999998 5593704.41, 391552.53000000026 5593705.109999999, 391544.41000000015 5593707.619999999, 391538.21999999974 5593709.539999999, 391529.7400000002 5593712.16, 391525.16000000015 5593728.42, 391522.0800000001 5593739.35, 391519.51999999955 5593748.390000001, 391512.8700000001 5593767.800000001, 391507.0599999996 5593784.029999999, 391505.4400000004 5593789.529999999, 391507.3099999996 5593808.75, 391507.58999999985 5593811.539999999, 391509.5 5593831.01, 391510.78000000026 5593844.34, 391499.51999999955 5593850.17, 391491.0599999996 5593850.09, 391488.2599999998 5593850.050000001, 391487.01999999955 5593850.050000001, 391483.7599999998 5593859.93, 391480.6900000004 5593869.23, 391475.1299999999 5593885.99, 391474.1900000004 5593887.51, 391473.0800000001 5593889.300000001, 391465.20999999996 5593901.9399999995, 391459.86000000034 5593906.470000001, 391453.96999999974 5593911.460000001, 391446.71999999974 5593920.68, 391445.1699999999 5593922.640000001, 391442.4199999999 5593929.970000001, 391441.38999999966 5593932.710000001, 391435.2000000002 5593949.16, 391430.5599999996 5593961.470000001, 391428.66000000015 5593966.51, 391428.61000000034 5593969.17, 391428.5 5593976.33, 391428.4400000004 5593979.960000001, 391431.9299999997 5593995.74, 391432.21999999974 5593997.029999999, 391438.1799999997 5594024.039999999, 391438.41000000015 5594050.109999999, 391423.4000000004 5594071.59, 391421.6900000004 5594074.25, 391307.9900000002 5593972.550000001, 391305.3099999996 5593970.279999999, 391301.04000000004 5593967.17, 391299.3799999999 5593966.1, 391289.5800000001 5593981.210000001, 391274.3799999999 5594003.65, 391214.04000000004 5594102.51, 391170.8499999996 5594173.27, 391165.63999999966 5594183.57, 391161.4500000002 5594190.609999999, 391160.7000000002 5594193.359999999, 391154.28000000026 5594211.539999999, 391149.0700000003 5594232.8100000005, 391146.20999999996 5594253.199999999, 391142.58999999985 5594268.1, 391143.9299999997 5594283.26, 391143.3799999999 5594293.289999999, 391143.9400000004 5594317.24, 391147.8099999996 5594348.220000001, 391151.1699999999 5594362.76, 391151.75 5594365.279999999, 391153.5700000003 5594373.109999999, 391155.51999999955 5594381.52, 391175.4400000004 5594431.92, 391185.3099999996 5594449.01, 391195.01999999955 5594461.539999999, 391199.3499999996 5594467.109999999, 391204.4400000004 5594472.460000001, 391221.23000000045 5594489.77, 391237.28000000026 5594504.3100000005, 391267.70999999996 5594528.789999999, 391286.58999999985 5594541.220000001, 391314.4199999999 5594556.859999999, 391327.70999999996 5594562.5600000005, 391335.9199999999 5594566.199999999, 391353.71999999974 5594572.49, 391372.4000000004 5594578.23, 391388.96999999974 5594581.73, 391411.41000000015 5594585.609999999, 391429.78000000026 5594591.18, 391452.9299999997 5594603.09, 391466.83999999985 5594613.67, 391468.61000000034 5594615.029999999, 391488.8099999996 5594637.140000001, 391501.0800000001 5594655.640000001, 391504.23000000045 5594660.390000001, 391520.7400000002 5594696.33, 391522.5599999996 5594706.91, 391523.4299999997 5594710.289999999, 391526.8700000001 5594719.539999999, 391528.2999999998 5594722.369999999, 391531.61000000034 5594721.890000001, 391538.75 5594720.9, 391540.25 5594720.6, 391546.48000000045 5594719.390000001, 391605.45999999996 5594708.210000001, 391674.6299999999 5594652.26, 391676.20999999996 5594652.3100000005, 391678.4000000004 5594652.380000001, 391708.0099999998 5594653.369999999, 391755.9299999997 5594617.630000001, 391771.91000000015 5594645.289999999, 391779.6799999997 5594658.67, 391811.2599999998 5594626.07, 391813.0999999996 5594665.699999999, 391811.6200000001 5594679.970000001, 391815.0999999996 5594693.869999999, 391824.5099999998 5594704.91, 391837.95999999996 5594711.029999999, 391846.33999999985 5594712.9, 391856.6200000001 5594709.77, 391865.26999999955 5594703.99, 391921.4500000002 5594699.1, 391956.5 5594727.08, 391974.3799999999 5594751.300000001, 392000.5800000001 5594789.34, 392025.3099999996 5594796.1899999995, 392054.7400000002 5594815.15, 392063.1799999997 5594826.039999999, 392078.95999999996 5594861.15, 392084.4400000004 5594884.119999999, 392098.23000000045 5594911.76, 392103.21999999974 5594950.1, 392096.48000000045 5594973.140000001, 392089.0099999998 5594990.4, 392092.71999999974 5594990.369999999, 392113.9299999997 5594993.02, 392108.9000000004 5595023.199999999, 392117.8099999996 5595035.24, 392128.1200000001 5595043, 392134.58999999985 5595047.77, 392147.95999999996 5595065.34, 392154.98000000045 5595084.1899999995, 392157.26999999955 5595105.27, 392152.3799999999 5595116.449999999, 392147.0999999996 5595116.17, 392085.6299999999 5595112.99, 392061.4500000002 5595115.82, 392036.41000000015 5595126.460000001, 392019.38999999966 5595139.08, 392013.6500000004 5595146.73, 392009.7000000002 5595151.960000001, 391993.6900000004 5595186.539999999, 391997.5999999996 5595221.57, 391995.0800000001 5595238.34, 391985.73000000045 5595238.0600000005, 391982.63999999966 5595236.01, 391978.8200000003 5595241.34, 391969.3300000001 5595247.33, 391936.3300000001 5595261.51, 391920.7599999998 5595263.390000001, 391902.48000000045 5595263.140000001, 391892.4500000002 5595265.539999999, 391872.0700000003 5595270.43, 391829.3300000001 5595297.119999999, 391822.2599999998 5595306.84, 391816.04000000004 5595337.640000001, 391834.5700000003 5595378.33, 391826.61000000034 5595417.1899999995, 391826.58999999985 5595434.699999999, 391831.9500000002 5595446.91, 391852.28000000026 5595462.68, 391860.4299999997 5595476.390000001, 391862.2999999998 5595499.01, 391865.16000000015 5595498.699999999, 391868.08999999985 5595514.210000001, 391873.08999999985 5595539.02, 391884.1299999999 5595564.58, 391894.9900000002 5595579.65, 391914.51999999955 5595592.369999999, 391938.7999999998 5595605.390000001, 391953.79000000004 5595617.289999999, 391972.5 5595634.539999999, 391979.3300000001 5595639.1899999995, 391979.54000000004 5595639.34, 391979.61000000034 5595639.26, 391991 5595646.800000001, 392005.45999999996 5595664.220000001, 392020.8700000001 5595674.1, 392033.8700000001 5595674.08, 392040.41000000015 5595687.32, 392071.86000000034 5595710.5600000005, 392092.58999999985 5595722.220000001, 392095.9400000004 5595737.1, 392107.78000000026 5595739.119999999, 392106.51999999955 5595751.17, 392113.0999999996 5595759.41, 392125.91000000015 5595766.9, 392141.04000000004 5595763.779999999, 392167.2400000002 5595793.24, 392186.63999999966 5595808.960000001, 392191.5 5595813.9399999995, 392205.9400000004 5595828.6899999995, 392210.29000000004 5595843.52, 392210.41000000015 5595862.029999999, 392210.28000000026 5595868.029999999, 392208.58999999985 5595875.6, 392185.5599999996 5595875.029999999, 392164.6200000001 5595876.880000001, 392149.1500000004 5595902.52, 392157.5800000001 5595919.18, 392166.33999999985 5595919.33, 392171.2000000002 5595928.140000001, 392174.0999999996 5595950.529999999, 392168.3200000003 5595968.27, 392148.63999999966 5596013.59, 392139.0099999998 5596028.98, 392113.5800000001 5596012.51, 392122.8499999996 5596037.640000001, 392118.8700000001 5596062.8100000005, 392111.9900000002 5596084.6, 392088.86000000034 5596112.550000001, 392072.96999999974 5596096.68, 392062.61000000034 5596088.1, 392052.03000000026 5596086.029999999, 392039.33999999985 5596081.539999999, 392010.2400000002 5596079.9, 391995.53000000026 5596075.16, 391993.7000000002 5596074.57, 391981.4500000002 5596070.630000001, 391968.9199999999 5596066.609999999, 391962.8700000001 5596065.49, 391932.73000000045 5596061.34, 391939.7000000002 5596042.050000001, 391944.21999999974 5596023.859999999, 391947.5999999996 5595996.210000001, 391943.95999999996 5595975.029999999, 391948.29000000004 5595957.66, 391955.13999999966 5595941.380000001, 391957.3700000001 5595922.279999999, 391844.73000000045 5595895.32, 391834.91000000015 5595875.210000001, 391823.91000000015 5595856.65, 391812.71999999974 5595833.59, 391809.0999999996 5595818.23, 391787.5700000003 5595793.09, 391764.3700000001 5595776.02, 391746.20999999996 5595759.75, 391728.3200000003 5595750.460000001, 391717.5800000001 5595744.4399999995, 391703.4400000004 5595716.449999999, 391700.08999999985 5595695.58, 391693.48000000045 5595674.34, 391680.9500000002 5595661.34, 391663.20999999996 5595655.550000001, 391650.41000000015 5595654.57, 391553.2000000002 5595656.5, 391542.76999999955 5595645.92, 391536.8799999999 5595629.34, 391536.83999999985 5595629.15, 391535.0999999996 5595617.220000001, 391537.13999999966 5595599.630000001, 391541.38999999966 5595580.949999999, 391545.20999999996 5595570.289999999, 391553.48000000045 5595545.9399999995, 391561.0599999996 5595529.130000001, 391568.5800000001 5595515.48, 391573.61000000034 5595505.609999999, 391579.5099999998 5595496.869999999, 391583.7400000002 5595490.1899999995, 391588.9400000004 5595476.48, 391591.9000000004 5595469.35, 391594.8700000001 5595456.23, 391596.58999999985 5595449.16, 391600.4900000002 5595427.99, 391605.48000000045 5595409.279999999, 391614.28000000026 5595391.92, 391628.96999999974 5595371, 391648.3700000001 5595383.960000001, 391614.4299999997 5595361.15, 391576.78000000026 5595341.279999999, 391572.21999999974 5595291.140000001, 391600.3700000001 5595227.619999999, 391634.9000000004 5595173.789999999, 391646.2400000002 5595157.83, 391649.3300000001 5595151.960000001, 391633.75 5595150.58, 391622.63999999966 5595155.07, 391601.88999999966 5595168.699999999, 391578.48000000045 5595174.76, 391570.2599999998 5595179.67, 391556.7400000002 5595200.890000001, 391528.7599999998 5595230.880000001, 391526.1699999999 5595240.68, 391524.3099999996 5595268.449999999, 391516.25 5595291.529999999, 391522.3499999996 5595294.800000001, 391511.4199999999 5595309.09, 391497.8700000001 5595319.220000001, 391486.9500000002 5595325.74, 391424.66000000015 5595344.68, 391395.13999999966 5595347.16, 391384 5595350.699999999, 391375.23000000045 5595357.77, 391371.91000000015 5595365.15, 391369.9900000002 5595381.210000001, 391367.45999999996 5595392.16, 391359.61000000034 5595400.91, 391389.4299999997 5595456.609999999, 391390.5599999996 5595480.640000001, 391392.3200000003 5595511.4399999995, 391414.9299999997 5595519.630000001, 391428.66000000015 5595525.720000001, 391392.9500000002 5595589.380000001, 391378.7400000002 5595587.73, 391362.4199999999 5595617.9, 391354.03000000026 5595633.390000001, 391311.13999999966 5595628.93, 391305.1200000001 5595635.460000001, 391301.6200000001 5595669.24, 391220.8200000003 5595674.66, 391190.76999999955 5595684.08, 391186.45999999996 5595680.460000001, 391190.63999999966 5595616.75, 391194.8099999996 5595608.699999999, 391186.21999999974 5595615.83, 391182.2400000002 5595619.119999999, 391179.6799999997 5595621.24, 391172.3799999999 5595622.18, 391162.0999999996 5595630.85, 391149.71999999974 5595636.08, 391088.6299999999 5595644.5, 391078.91000000015 5595644.390000001, 391042.88999999966 5595638.98, 390996.13999999966 5595645.630000001, 390991.91000000015 5595646.24, 390965.48000000045 5595650.0600000005, 390941.6699999999 5595668.6899999995, 390929.4400000004 5595669.24, 390904.8300000001 5595706.949999999, 390885.9199999999 5595738.800000001, 390879.20999999996 5595780.24, 390860.21999999974 5595792.5, 390852.1900000004 5595822.5600000005, 390860.9199999999 5595856.98, 390863.7000000002 5595879.380000001, 390858.61000000034 5595887.300000001, 390884.23000000045 5595935.869999999, 390884.16000000015 5595936.880000001, 390883.71999999974 5595943.199999999, 390883.1900000004 5595950.73, 390855.1900000004 5595975.01, 390861.76999999955 5595991.0600000005, 390869.08999999985 5596008.93, 390873.0599999996 5596018.619999999, 390883.4299999997 5596039.039999999, 390894.1699999999 5596053.470000001, 390908.78000000026 5596063.98, 390917.79000000004 5596078.119999999, 390921.0800000001 5596084.1899999995, 390927.9000000004 5596096.800000001, 390974.4900000002 5596082, 390934.8200000003 5596126.35, 390902.6699999999 5596162.300000001, 390887.6200000001 5596179.109999999, 390825.2400000002 5596186.869999999, 390798.36000000034 5596262.289999999, 390737.5499999998 5596255.24, 390738.46999999974 5596278.220000001, 390747.5999999996 5596315.869999999, 390742.54000000004 5596341.58, 390725 5596344.77, 390724.0999999996 5596347.4399999995, 390723.75 5596360.07, 390723.54000000004 5596367.43, 390730.70999999996 5596385.449999999, 390743.3799999999 5596406.050000001, 390738.2000000002 5596407.550000001, 390715.1900000004 5596418.33, 390724.8200000003 5596425.550000001, 390721.2000000002 5596429.210000001, 390677.76999999955 5596472.859999999, 390632.3099999996 5596519.58, 390587.1200000001 5596566.41, 390511.9199999999 5596517.3100000005, 390469.91000000015 5596498.1, 390448.2400000002 5596531.75, 390434.6299999999 5596552.26, 390408.5999999996 5596592.050000001, 390401.21999999974 5596603.720000001, 390392.8300000001 5596613.3100000005, 390388.86000000034 5596629.51, 390383.3300000001 5596650.51, 390372.73000000045 5596677.73, 390360.5499999998 5596696.6, 390258.21999999974 5596718.3100000005, 390247.8700000001 5596725.789999999, 390225.53000000026 5596732.07, 390213.8300000001 5596697.75, 390222.9400000004 5596628.83, 390221.5099999998 5596582.65, 390208.88999999966 5596573.82, 390193.6299999999 5596574.029999999, 390186.0599999996 5596574.289999999, 390173.45999999996 5596578.779999999, 390165.8700000001 5596579.84, 390172.4199999999 5596594.27, 390176.8700000001 5596648.1899999995, 390135.7599999998 5596656.85, 390108.41000000015 5596521.050000001, 390106.9199999999 5596490.0600000005, 390117.51999999955 5596454.3100000005, 390120.8300000001 5596443.51, 390135.2999999998 5596408.23, 390139.41000000015 5596389.27, 390144.7000000002 5596328.130000001, 390112.76999999955 5596324.369999999, 390118.6699999999 5596308.76, 390120.25 5596281.41, 390128.3099999996 5596214.619999999, 390168.76999999955 5596098.66, 390183.6799999997 5596068.08, 390192.1900000004 5596055.25, 390209.8300000001 5596035.33, 390240.4500000002 5595994.51, 390250.0599999996 5595980.300000001, 390264.2400000002 5595974.720000001, 390286.6799999997 5595964.210000001, 390319.61000000034 5595942.33, 390327.7000000002 5595941.960000001, 390343.5099999998 5595944.4399999995, 390365.36000000034 5595942.98, 390376.9199999999 5595943.67, 390379.48000000045 5595940.49, 390379.78000000026 5595933.949999999, 390373.25 5595924.220000001, 390349.91000000015 5595903.07, 390350.5499999998 5595899.77, 390382.61000000034 5595889.84, 390392.54000000004 5595888.369999999, 390400.25 5595888.74, 390417.0700000003 5595901.119999999, 390421.75 5595907.470000001, 390450.3099999996 5595962.800000001, 390455.29000000004 5595962.41, 390463.7000000002 5595947.08, 390473.29000000004 5595913.460000001, 390485.0599999996 5595876.859999999, 390506.6699999999 5595831.619999999, 390508.1900000004 5595807.539999999, 390506.5599999996 5595791.09, 390499.0599999996 5595776.4, 390488.38999999966 5595750.130000001, 390490.7000000002 5595713.84, 390490.96999999974 5595709.49, 390490.6799999997 5595688.789999999, 390449.98000000045 5595592.390000001, 390452.1799999997 5595591.1899999995, 390463.3799999999 5595580.210000001, 390468.29000000004 5595571.380000001, 390468.86000000034 5595563.6899999995, 390475.71999999974 5595561.470000001, 390480.0999999996 5595541.82, 390480.71999999974 5595526.890000001, 390472.03000000026 5595507.779999999, 390475.3300000001 5595486.9, 390463.96999999974 5595454.83, 390475.0999999996 5595438.43, 390493.0599999996 5595405.550000001, 390500.0999999996 5595396.48, 390509.73000000045 5595383.57, 390509.88999999966 5595381.119999999, 390507.3499999996 5595378.68, 390501.5499999998 5595373.15, 390499.6799999997 5595371.33, 390498.9500000002 5595370.75, 390497.78000000026 5595371.8100000005, 390493.7000000002 5595367.119999999, 390488.9400000004 5595362.67, 390483.4199999999 5595357.51, 390483.3499999996 5595357.449999999, 390477.53000000026 5595368.49, 390439.1900000004 5595406.4399999995, 390417.71999999974 5595424.029999999, 390396.13999999966 5595421.199999999, 390395.8799999999 5595421.359999999, 390329.04000000004 5595426.390000001, 390326.9299999997 5595414.550000001, 390197.3200000003 5595379.09, 390173.20999999996 5595371.23, 390054.20999999996 5595340.68, 389985.5499999998 5595355.6, 389952.8200000003 5595270.67, 389941.7999999998 5595242.0600000005, 389925.7999999998 5595243.41, 389846.0099999998 5595272.109999999, 389764.70999999996 5595307.91, 389763.36000000034 5595308.199999999, 389750.9900000002 5595318.369999999, 389733.4000000004 5595332.82, 389694.6699999999 5595319.300000001, 389702.8099999996 5595303.57, 389728.9199999999 5595301.74, 389738.03000000026 5595283.529999999, 389670.0499999998 5595213.15, 389654.6200000001 5595178.050000001, 389701.98000000045 5595134.73, 389696.1500000004 5595112.17, 389646.3200000003 5595117.74, 389580.51999999955 5595083.960000001, 389584.4299999997 5595066.73, 389575.78000000026 5595050.6, 389543.6799999997 5595037.73, 389550.20999999996 5595016.220000001, 389617.8300000001 5595024.42, 389663.70999999996 5594927.199999999, 389657.54000000004 5594862.720000001, 389673.9000000004 5594827.43, 389719.8300000001 5594779.24, 389720.5999999996 5594748.710000001, 389726.6500000004 5594735.08, 389745.23000000045 5594734.1899999995, 389871.03000000026 5594774.76, 389925.1699999999 5594756.300000001, 389919.58999999985 5594754.33, 389892.8799999999 5594744.93, 389837.0800000001 5594711.970000001, 389781.8300000001 5594682.779999999, 389726.0599999996 5594645.73, 389667.53000000026 5594594.720000001, 389602.5499999998 5594541.98, 389525.45999999996 5594503.300000001, 389517.4400000004 5594497.5, 389518.79000000004 5594493.8100000005, 389520.23000000045 5594489.869999999, 389536.8700000001 5594438.82, 389543.3300000001 5594419.550000001, 389572.36000000034 5594432.529999999, 389609.96999999974 5594459.52, 389666.95999999996 5594477.23, 389689.5999999996 5594480.3100000005, 389739.73000000045 5594538.8100000005, 389785.83999999985 5594559.460000001, 389813.1900000004 5594567.859999999, 389852.1799999997 5594585.789999999, 389894.6799999997 5594610.08, 389928.95999999996 5594622.699999999, 389966.38999999966 5594602.449999999, 390048.66000000015 5594610.83, 390185.7999999998 5594696.18, 390240.3700000001 5594725.18, 390244.1200000001 5594725.029999999, 390242.9299999997 5594710.74, 390252.54000000004 5594652.26, 390263.9199999999 5594560.359999999, 390265.9199999999 5594528.9399999995, 390318.26999999955 5594524.130000001, 390374.3799999999 5594516.49, 390432.1799999997 5594513.34, 390467.46999999974 5594511.619999999, 390485.53000000026 5594507.449999999, 390526.4299999997 5594464.99, 390572.83999999985 5594400.57, 390633.5700000003 5594362.960000001, 390705.5499999998 5594555.27, 390690.38999999966 5594569.529999999, 390671.79000000004 5594608.9399999995, 390679.16000000015 5594644.960000001, 390715.23000000045 5594721.9, 390716.38999999966 5594762.15, 390714.23000000045 5594816.42, 390729.8799999999 5594837.43, 390745.0800000001 5594826.59, 390833.0499999998 5594885.16, 390877.11000000034 5594918.449999999, 390931.96999999974 5594995.4, 391143.6500000004 5594933.01, 391147.1799999997 5594940.42, 391201.25 5594915.130000001, 391208.03000000026 5594912.75, 391173.45999999996 5594850.5, 391153.3099999996 5594840.8100000005, 391120.1500000004 5594837.15, 391038.1900000004 5594793.1, 391050.8499999996 5594786.82, 391081.9299999997 5594778.869999999, 391177.6900000004 5594750.119999999, 391169.3200000003 5594706.41, 391165.3799999999 5594687.779999999, 391188.53000000026 5594685.51, 391189.70999999996 5594682.359999999, 391189.01999999955 5594649.58, 391205.23000000045 5594617.199999999, 391140.2400000002 5594570.99, 391117.96999999974 5594559.99, 391113.73000000045 5594557.91, 391112.0599999996 5594554.880000001, 391105.51999999955 5594543.039999999, 391104.6200000001 5594541.41, 391088.0599999996 5594522.33, 391078.3099999996 5594511.1, 391074.0499999998 5594506.18, 391063.1500000004 5594476.35, 390994.53000000026 5594493.76, 390905.3799999999 5594527.369999999, 390893.5800000001 5594528.67, 390892.8099999996 5594509.6899999995, 390897.13999999966 5594493.01, 390897.9299999997 5594475.470000001, 390896.8499999996 5594461.01, 390899.4500000002 5594444.9, 390904.01999999955 5594434.210000001, 390896.0999999996 5594411.52, 390910.8300000001 5594379.91, 390942.76999999955 5594347.1, 390902.7999999998 5594292.6899999995, 390894.9299999997 5594265, 390896.4500000002 5594240.93, 390899.3200000003 5594225.300000001, 390893.25 5594205.039999999, 390891.20999999996 5594191.619999999, 390905.76999999955 5594193.029999999, 390920.28000000026 5594192.9399999995, 390923.36000000034 5594188.82, 390931.29000000004 5594149.98, 390940.88999999966 5594133.58, 390953.3799999999 5594127.08, 390966.76999999955 5594118.029999999, 390974.79000000004 5594106.199999999, 390977.4500000002 5594091.59, 390978.11000000034 5594064.550000001, 390982.29000000004 5594037.869999999, 390994.23000000045 5594017.880000001, 391014.21999999974 5594005.0600000005, 391059.5 5593986.73, 391076.98000000045 5593973.51, 391098.20999999996 5593929.640000001, 391112.33999999985 5593914.0600000005, 391141.5 5593892.869999999, 391152.96999999974 5593885.9, 391221.9900000002 5593867.109999999, 391237.1900000004 5593859.49, 391248.20999999996 5593847.539999999, 391267.2000000002 5593831.9399999995, 391270.71999999974 5593827.02, 391278.36000000034 5593809.73, 391302.48000000045 5593765.789999999, 391316.0999999996 5593739.76, 391315.79000000004 5593729.84, 391317.7400000002 5593732.890000001, 391345.6699999999 5593661.51, 391339.4400000004 5593648.01, 391336.1200000001 5593640.93, 391325.1299999999 5593625.33, 391307.46999999974 5593600.67, 391305.38999999966 5593597.77, 391290.78000000026 5593604.699999999, 391272.9400000004 5593608.050000001, 391256.1900000004 5593606.58, 391243.61000000034 5593608.26, 391233.58999999985 5593614.720000001, 391217.0599999996 5593633.52, 391208.83999999985 5593641.210000001, 391202.21999999974 5593645.6, 391193.73000000045 5593650.3100000005, 391173.76999999955 5593657.699999999, 391177.9199999999 5593664.35, 391157.29000000004 5593684.859999999, 391135.78000000026 5593714.3100000005, 391118.2400000002 5593722.960000001, 391118.3700000001 5593735.880000001, 391133.1200000001 5593740.67, 391127.28000000026 5593748.970000001, 391136.5099999998 5593764.66, 391141.1200000001 5593775.98, 391138.45999999996 5593788.26, 391088.3499999996 5593778.449999999, 391063.28000000026 5593778.1, 391034.8200000003 5593783.390000001, 391025.0999999996 5593778.960000001, 390957.0099999998 5593807.18, 390930.0700000003 5593827.039999999, 390897.70999999996 5593784.23, 390821.7400000002 5593750.75, 390768.3300000001 5593735.630000001, 390724.8700000001 5593723.6, 390662.1799999997 5593696.93, 390660.1900000004 5593648.369999999, 390660.23000000045 5593609.109999999, 390656.75 5593569.43, 390678.6200000001 5593537.0600000005, 390697.6500000004 5593510.640000001, 390719.53000000026 5593479.050000001, 390812.54000000004 5593326.73, 390867.9500000002 5593304.4399999995, 390863 5593295.859999999, 390851.9000000004 5593287.3100000005, 390823.01999999955 5593284.470000001, 390799.5999999996 5593280.42, 390745.1799999997 5593285.16, 390731.8799999999 5593286.3100000005, 390706.6299999999 5593308.029999999, 390570.13999999966 5593426.890000001, 390457.95999999996 5593525.99, 390400.96999999974 5593579.699999999, 390384.28000000026 5593542.119999999, 390367.5700000003 5593514.33, 390325.7400000002 5593460.4399999995, 390307.91000000015 5593438.460000001, 390299.16000000015 5593431.9, 390284.0099999998 5593445.1</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5410-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5410-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5410-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5410-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-016" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5410-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5410-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5410-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-016" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5410-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5410-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5410-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108843</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.66334652666</v>
+        <v>46067.03291304129</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>