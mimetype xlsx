--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5409-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((376685.3099999996 5601592.199999999, 376710.45999999996 5601531.82, 376716.71999999974 5601516.75, 376728.86000000034 5601473.15, 376746.11000000034 5601411.210000001, 376751.48000000045 5601413.4399999995, 376756.48000000045 5601415.52, 376760.5 5601417.1899999995, 376766.1500000004 5601419.539999999, 376771.98000000045 5601421.960000001, 376782.91000000015 5601426.51, 376788.2999999998 5601402.77, 376799.6799999997 5601408, 376813.61000000034 5601364.210000001, 376831.23000000045 5601371.57, 376838.5700000003 5601375.16, 376856.58999999985 5601384.119999999, 376860.95999999996 5601386.300000001, 376868.91000000015 5601390.119999999, 376886.98000000045 5601399.050000001, 376898.78000000026 5601404.85, 376899.76999999955 5601401.130000001, 376914.26999999955 5601347.210000001, 376925.6799999997 5601309.130000001, 376930.95999999996 5601292.27, 376944.41000000015 5601249.35, 376948.04000000004 5601250.529999999, 376952.75 5601234.76, 376968.9000000004 5601180.77, 376980.29000000004 5601183.050000001, 376991.4500000002 5601185.279999999, 376997.28000000026 5601186.4399999995, 376999.79000000004 5601186.9399999995, 377002.2400000002 5601187.43, 377004.16000000015 5601187.82, 377016.3300000001 5601190.24, 377029.11000000034 5601192.800000001, 377023.29000000004 5601218.449999999, 377035.8099999996 5601221.380000001, 377036.2000000002 5601219.9399999995, 377063.0700000003 5601226.52, 377070.8799999999 5601200.67, 377079.63999999966 5601202.279999999, 377087.08999999985 5601203.640000001, 377094.75 5601205.76, 377106.8799999999 5601209.1, 377114.0599999996 5601211.09, 377120.54000000004 5601212.880000001, 377127.8799999999 5601214.91, 377135.16000000015 5601217.18, 377134.2999999998 5601219.57, 377127.2000000002 5601239.33, 377142.45999999996 5601245.26, 377151.5 5601222.27, 377160.2000000002 5601225.4399999995, 377170.8799999999 5601229.33, 377171.8499999996 5601223.07, 377180.11000000034 5601226.67, 377183.9199999999 5601229.220000001, 377189.48000000045 5601233.01, 377194.4199999999 5601236.390000001, 377203.3300000001 5601242.49, 377213.36000000034 5601249.35, 377228.95999999996 5601258.279999999, 377247.1500000004 5601222.289999999, 377247.7999999998 5601224.32, 377257.3700000001 5601241.09, 377306.1900000004 5601266.619999999, 377310.5 5601268.880000001, 377314.8799999999 5601270.609999999, 377322.5599999996 5601245.92, 377322.6500000004 5601242.92, 377324.13999999966 5601243.51, 377325.75 5601244.15, 377326.3799999999 5601244.390000001, 377335.28000000026 5601247.9, 377349.46999999974 5601253.49, 377354.4900000002 5601238.18, 377354.83999999985 5601237.119999999, 377357.3200000003 5601229.539999999, 377359.04000000004 5601224.27, 377360.79000000004 5601219, 377361.13999999966 5601217.93, 377362.51999999955 5601213.73, 377364.25 5601208.449999999, 377365.9500000002 5601203.25, 377367.1699999999 5601199.529999999, 377367.4000000004 5601198.8100000005, 377371.3200000003 5601186.84, 377372.9400000004 5601181.93, 377373.3700000001 5601180.59, 377373.71999999974 5601179.529999999, 377377.3799999999 5601168.380000001, 377378.29000000004 5601165.59, 377379.3200000003 5601162.449999999, 377381.04000000004 5601157.210000001, 377381.5 5601155.83, 377384.71999999974 5601145.24, 377387.48000000045 5601136.949999999, 377388.45999999996 5601134.039999999, 377390.48000000045 5601127.98, 377391.58999999985 5601124.68, 377396.1299999999 5601111.07, 377399.53000000026 5601100.68, 377401.8700000001 5601093.51, 377402.9400000004 5601090.199999999, 377406.38999999966 5601079.67, 377406.6799999997 5601078.76, 377409.3099999996 5601070.789999999, 377412.2999999998 5601061.789999999, 377416.6200000001 5601048.4, 377507.0700000003 5601088.8100000005, 377640.1799999997 5601148.15, 377653.4500000002 5601154.050000001, 377667.25 5601160.16, 377676.2999999998 5601164.15, 377680.7999999998 5601166.130000001, 377685.3200000003 5601168.140000001, 377689.0599999996 5601169.800000001, 377725 5601182.75, 377735.95999999996 5601186.699999999, 377743.20999999996 5601189.130000001, 377802.88999999966 5601209.26, 377829.03000000026 5601217.91, 377869.1699999999 5601232.23, 377890.78000000026 5601240.029999999, 377934.9299999997 5601255.890000001, 377956.0999999996 5601263.32, 377960.86000000034 5601263, 378003.79000000004 5601282.199999999, 378007.5 5601283.85, 378012.23000000045 5601266.51, 378018.0099999998 5601245.26, 378024.8499999996 5601231.58, 378026.2999999998 5601214.23, 378032.3300000001 5601191.5600000005, 378046.1699999999 5601143.68, 378094.8200000003 5600981.09, 378111.9199999999 5600923.960000001, 378154.63999999966 5600814.9399999995, 378155.9500000002 5600811.33, 378176.2400000002 5600755.18, 378188.95999999996 5600769.630000001, 378198.7400000002 5600780.74, 378204.76999999955 5600787.59, 378210.54000000004 5600793.710000001, 378174.88999999966 5600951.710000001, 378151.08999999985 5601078.279999999, 378131.9299999997 5601207.359999999, 378112.75 5601336.449999999, 378085.7599999998 5601344.369999999, 378058.3099999996 5601555.949999999, 378016.9900000002 5601833.27, 378013.4500000002 5601856.65, 377994.6299999999 5601981.140000001, 377978.6299999999 5601978.9, 377949.8300000001 5602168.35, 377941.38999999966 5602166.109999999, 377938.1500000004 5602179.92, 377909.4299999997 5602206.1899999995, 377937.01999999955 5602248.65, 377965.91000000015 5602315.33, 377959.88999999966 5602350.09, 377950.54000000004 5602363.710000001, 377941.86000000034 5602376.210000001, 377938.3200000003 5602381.0600000005, 377929.8099999996 5602417.27, 377915.61000000034 5602445.68, 377910.83999999985 5602468.880000001, 377903.1500000004 5602493.369999999, 377899.9299999997 5602490.9, 377889.51999999955 5602482.93, 377855.08999999985 5602456.5600000005, 377850.01999999955 5602452.74, 377859.5499999998 5602421.59, 377855.61000000034 5602418.85, 377845.91000000015 5602412.1899999995, 377844.8099999996 5602411.4399999995, 377839.3700000001 5602407.699999999, 377825.76999999955 5602398.34, 377787.26999999955 5602371.880000001, 377774.3200000003 5602362.970000001, 377756.1900000004 5602350.73, 377749.6200000001 5602346.289999999, 377742.0999999996 5602341.210000001, 377735.58999999985 5602336.8100000005, 377731.8499999996 5602334.15, 377730.7999999998 5602333.4, 377724.5999999996 5602329, 377715.5499999998 5602322.5600000005, 377709.20999999996 5602318.07, 377708.0999999996 5602317.27, 377692.71999999974 5602306.34, 377688.9299999997 5602303.640000001, 377685.1799999997 5602300.970000001, 377677.8499999996 5602295.76, 377670.0599999996 5602290.220000001, 377669.16000000015 5602289.58, 377664.9000000004 5602286.5600000005, 377660.75 5602283.619999999, 377655.36000000034 5602279.779999999, 377650.01999999955 5602275.99, 377644.95999999996 5602272.4, 377639.29000000004 5602268.35, 377633.5800000001 5602264.3100000005, 377628.51999999955 5602260.720000001, 377623.2000000002 5602256.9399999995, 377618.3099999996 5602249.43, 377608.5700000003 5602233.130000001, 377602.66000000015 5602223.51, 377598.1799999997 5602216.199999999, 377596.9299999997 5602214.390000001, 377590.01999999955 5602204.4399999995, 377585.8799999999 5602198.460000001, 377581.9299999997 5602192.75, 377577.7599999998 5602187.09, 377573.9900000002 5602181.3100000005, 377573.1900000004 5602180.4399999995, 377566.78000000026 5602173.529999999, 377560.9299999997 5602167.23, 377551.53000000026 5602157.1, 377546.23000000045 5602154.59, 377540.7999999998 5602152.02, 377537.79000000004 5602150.59, 377532.8799999999 5602148.27, 377520.53000000026 5602142.43, 377516.28000000026 5602140.41, 377508.4400000004 5602138.41, 377507.7999999998 5602138.24, 377499.4299999997 5602136.09, 377490.6699999999 5602133.84, 377423.46999999974 5602116.58, 377413.7400000002 5602114.130000001, 377404.8300000001 5602111.85, 377397.38999999966 5602109.9399999995, 377394.63999999966 5602109.24, 377389.4199999999 5602107.93, 377384.54000000004 5602106.710000001, 377380.25 5602105.640000001, 377375.8200000003 5602104.529999999, 377371.5800000001 5602103.470000001, 377365.7000000002 5602101.970000001, 377359.21999999974 5602100.3100000005, 377355.23000000045 5602099.289999999, 377338.9199999999 5602095.130000001, 377310.73000000045 5602087.08, 377281.98000000045 5602078.85, 377268.08999999985 5602074.619999999, 377254.73000000045 5602071.640000001, 377247.2400000002 5602069.960000001, 377239.5 5602068.23, 377226.8200000003 5602065.4, 377220.33999999985 5602063.9399999995, 377202.0599999996 5602059.98, 377194.5800000001 5602058.359999999, 377173.6500000004 5602053.8100000005, 377168.6200000001 5602052.720000001, 377163.54000000004 5602051.619999999, 377156.51999999955 5602050.09, 377149.28000000026 5602048.529999999, 377142.16000000015 5602045.65, 377130.6900000004 5602038.68, 377122.53000000026 5602033.74, 377116.9299999997 5602030.16, 377087.8499999996 5602011.57, 377058.3499999996 5602001.210000001, 377043.9400000004 5601996.15, 377030.3099999996 5601991.359999999, 377026.2599999998 5601990.699999999, 377010.78000000026 5601986.92, 377004.79000000004 5601985.460000001, 376998.4199999999 5601983.9, 376964.29000000004 5601975.57, 376946.9299999997 5601971.300000001, 376938.2400000002 5601969.26, 376929.0800000001 5601967.1, 376917.4900000002 5601963.470000001, 376910.96999999974 5601961.41, 376906.5499999998 5601960.02, 376901.9500000002 5601958.57, 376897.4400000004 5601957.16, 376888.3799999999 5601954.3100000005, 376879.53000000026 5601951.529999999, 376869.5599999996 5601947.23, 376855.70999999996 5601941.26, 376851.1299999999 5601939.32, 376843.70999999996 5601936.15, 376835.8300000001 5601932.789999999, 376826.66000000015 5601928.869999999, 376817.4000000004 5601924.93, 376804.5700000003 5601919.4399999995, 376792.8300000001 5601914.4399999995, 376786.2400000002 5601911.609999999, 376778.9000000004 5601908.49, 376771.23000000045 5601905.210000001, 376763.63999999966 5601901.960000001, 376743.3300000001 5601893.289999999, 376732.5099999998 5601888.66, 376724.63999999966 5601885.220000001, 376718.76999999955 5601882.85, 376713.73000000045 5601880.710000001, 376704.79000000004 5601876.75, 376699.16000000015 5601874.23, 376689.3799999999 5601869.949999999, 376686.16000000015 5601868.289999999, 376675.08999999985 5601862.3100000005, 376670.11000000034 5601859.609999999, 376659.3700000001 5601853.8100000005, 376652.7999999998 5601850.27, 376633.5999999996 5601839.93, 376621.7000000002 5601833.48, 376610.3799999999 5601827.35, 376610.23000000045 5601827.27, 376598.5099999998 5601820.92, 376598.3499999996 5601820.83, 376567.01999999955 5601803.859999999, 376570.9500000002 5601793.77, 376588.0800000001 5601791.539999999, 376587.8499999996 5601786.33, 376593.26999999955 5601772.1, 376596.78000000026 5601772.359999999, 376632.3799999999 5601676.67, 376639.03000000026 5601658.789999999, 376644.78000000026 5601643.140000001, 376650.6699999999 5601627.109999999, 376578.5700000003 5601610.640000001, 376561.6299999999 5601606.02, 376485.76999999955 5601585.199999999, 376399.2400000002 5601557.720000001, 376336.3799999999 5601537.98, 376344.29000000004 5601514.25, 376399.0700000003 5601534, 376431.0499999998 5601544.99, 376466.3099999996 5601556.890000001, 376472.08999999985 5601553.33, 376483.6799999997 5601556.1899999995, 376490.73000000045 5601556.640000001, 376501.3200000003 5601562.51, 376529.5999999996 5601566.18, 376545.61000000034 5601568.48, 376569.7400000002 5601579.720000001, 376601.9900000002 5601590.07, 376636.48000000045 5601601.26, 376685.41000000015 5601612.23, 376706.26999999955 5601615.83, 376717.76999999955 5601616.470000001, 376732.5499999998 5601615.869999999, 376751.6200000001 5601611.77, 376775.4000000004 5601605.08, 376821.6799999997 5601605.42, 376869.3099999996 5601602.76, 376889.6200000001 5601601.93, 376911.6799999997 5601598.449999999, 376933.4900000002 5601597.57, 376971.9299999997 5601605.630000001, 377013.7000000002 5601613.5600000005, 377046.9199999999 5601620.73, 377101.36000000034 5601639.99, 377144.6299999999 5601653.039999999, 377148.76999999955 5601654.279999999, 377157.6500000004 5601635.99, 377153.61000000034 5601634.800000001, 377117.3700000001 5601624.17, 377081.25 5601612.630000001, 377053.6299999999 5601603.800000001, 376970.48000000045 5601588.300000001, 376941.4199999999 5601583.369999999, 376909.54000000004 5601582.07, 376896.29000000004 5601583.210000001, 376885.2000000002 5601584.16, 376866.4500000002 5601587.140000001, 376839.5999999996 5601591.1899999995, 376814.48000000045 5601592.210000001, 376789.21999999974 5601589.710000001, 376753.71999999974 5601590.41, 376712.3300000001 5601591.710000001, 376685.3099999996 5601592.199999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5409-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5409-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5409-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5409-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-014" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5409-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5409-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5409-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-014" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5409-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5409-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5409-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="64.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108841</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.42003074016</v>
+        <v>46067.02562733726</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>