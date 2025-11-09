--- v0 (2025-11-08)
+++ v1 (2025-11-09)
@@ -674,51 +674,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108840</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.24095775647</v>
+        <v>45970.33815627897</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>