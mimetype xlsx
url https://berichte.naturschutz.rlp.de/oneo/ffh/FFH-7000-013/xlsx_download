--- v1 (2025-11-09)
+++ v2 (2026-02-14)
@@ -139,51 +139,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5408-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((345142.1200000001 5588524.15, 345143.88999999966 5588523.43, 345153.2999999998 5588519.68, 345155.8700000001 5588517.779999999, 345163.6900000004 5588516.75, 345171.53000000026 5588511.74, 345176.4000000004 5588505.02, 345192.9900000002 5588498.92, 345206.78000000026 5588493.859999999, 345213.33999999985 5588492.16, 345223.0700000003 5588494.1899999995, 345229.45999999996 5588499.880000001, 345237.38999999966 5588501.65, 345252.1699999999 5588499.75, 345257.76999999955 5588498.32, 345264.04000000004 5588494.640000001, 345263.73000000045 5588480.140000001, 345266.51999999955 5588475.35, 345283.1200000001 5588467.23, 345291.8700000001 5588465.859999999, 345299.7999999998 5588466.34, 345301.86000000034 5588466.470000001, 345309.2000000002 5588468.32, 345316.53000000026 5588466.58, 345330.0099999998 5588460.26, 345336.9199999999 5588453.33, 345341.21999999974 5588446.369999999, 345344.5700000003 5588445.039999999, 345354.8700000001 5588440.960000001, 345353.3300000001 5588437.8100000005, 345351.6299999999 5588437.779999999, 345335.6900000004 5588444.699999999, 345335.95999999996 5588449.24, 345333 5588452.779999999, 345331.11000000034 5588452.23, 345310.51999999955 5588446.17, 345305.5999999996 5588444.710000001, 345304.9000000004 5588444.51, 345292.1799999997 5588447.09, 345257.4400000004 5588454.1, 345248.2000000002 5588458.390000001, 345239.9199999999 5588462.24, 345226.6900000004 5588468.390000001, 345218.1500000004 5588472.359999999, 345218.6299999999 5588473.279999999, 345226.9400000004 5588469.42, 345240.45999999996 5588463.16, 345248.5 5588459.4399999995, 345257.98000000045 5588455.029999999, 345292.6500000004 5588448.109999999, 345301.20999999996 5588446.4, 345305.2400000002 5588445.6, 345309.0700000003 5588446.720000001, 345332.36000000034 5588453.5600000005, 345329.0499999998 5588457.52, 345314.63999999966 5588463.67, 345308.5800000001 5588464.949999999, 345300.11000000034 5588463.82, 345295.70999999996 5588463.23, 345288.61000000034 5588461.140000001, 345279.5099999998 5588463.08, 345276.3300000001 5588467.58, 345266.1900000004 5588472.369999999, 345262.96999999974 5588473.9, 345260.6200000001 5588481.710000001, 345261.0599999996 5588485.07, 345262.0599999996 5588492.68, 345256.5800000001 5588496.6, 345251.63999999966 5588497.199999999, 345240.4900000002 5588497.5600000005, 345235.8799999999 5588497.699999999, 345231.51999999955 5588496.59, 345226.88999999966 5588491.199999999, 345223.3499999996 5588490.34, 345217.96999999974 5588490.23, 345213.4199999999 5588490.119999999, 345202.45999999996 5588491.119999999, 345201.0499999998 5588491.630000001, 345191.28000000026 5588495.16, 345180.95999999996 5588498.890000001, 345175.6900000004 5588500.789999999, 345167.6799999997 5588507.970000001, 345162.45999999996 5588512.640000001, 345154.8300000001 5588513.52, 345147.23000000045 5588519.470000001, 345143.3099999996 5588521.289999999, 345128.4400000004 5588517.67, 345127.61000000034 5588517.48, 345116.0499999998 5588525.85, 345114.71999999974 5588526.210000001, 345107.7999999998 5588528.09, 345102.6200000001 5588531.640000001, 345099.36000000034 5588536.51, 345090.3700000001 5588537.470000001, 345086.3099999996 5588537.449999999, 345081.8200000003 5588534.16, 345075.5599999996 5588530.68, 345071.4900000002 5588526.74, 345069.4500000002 5588522.25, 345068.2400000002 5588519.59, 345064.58999999985 5588514.84, 345062.5700000003 5588511.07, 345061.03000000026 5588508.74, 345057.1500000004 5588502.9, 345054.4900000002 5588492.9, 345046.7999999998 5588490.66, 345033.7400000002 5588489.460000001, 345020.78000000026 5588483.449999999, 345012.1299999999 5588478.51, 345004.9199999999 5588474.4, 344996.8499999996 5588476.35, 344985.9199999999 5588484.890000001, 344971.33999999985 5588498.82, 344970.3799999999 5588499.3100000005, 344959.7999999998 5588504.800000001, 344947 5588506.52, 344941.53000000026 5588509.140000001, 344929.3200000003 5588515.02, 344925.7599999998 5588521.449999999, 344922.46999999974 5588536.859999999, 344916.8799999999 5588545.77, 344912.5099999998 5588549.210000001, 344907.61000000034 5588558.949999999, 344901.5800000001 5588564.550000001, 344884.48000000045 5588573.619999999, 344882.1200000001 5588574.17, 344877.3099999996 5588575.26, 344869.9299999997 5588576.380000001, 344865.0599999996 5588580.460000001, 344861.54000000004 5588584.83, 344859.3799999999 5588594.720000001, 344856.71999999974 5588606.98, 344853.9299999997 5588609.51, 344850.2400000002 5588609.199999999, 344839.41000000015 5588604.25, 344830.5999999996 5588607.65, 344828.01999999955 5588611.52, 344827.66000000015 5588612.07, 344827.0099999998 5588620.220000001, 344825.28000000026 5588625.26, 344821.5499999998 5588628.869999999, 344817.1299999999 5588635.119999999, 344813.8300000001 5588639.779999999, 344805.7400000002 5588644.83, 344794.0700000003 5588650.68, 344777.1900000004 5588661.630000001, 344774.2000000002 5588665.43, 344755.11000000034 5588676.380000001, 344742.70999999996 5588676.77, 344736.6200000001 5588676.960000001, 344722.9299999997 5588678.77, 344713.04000000004 5588680.07, 344692.9900000002 5588682.720000001, 344677.3499999996 5588682.109999999, 344653.63999999966 5588681.1899999995, 344653.1699999999 5588681.17, 344613.26999999955 5588688.15, 344608.03000000026 5588689.0600000005, 344608.1500000004 5588690.18, 344613.66000000015 5588689.23, 344653.08999999985 5588682.390000001, 344654.1500000004 5588682.43, 344677.83999999985 5588683.279999999, 344693.1699999999 5588683.82, 344713.5499999998 5588681.09, 344723.4299999997 5588679.77, 344735.23000000045 5588678.199999999, 344740.48000000045 5588677.960000001, 344753.3300000001 5588677.4, 344736.0800000001 5588687.27, 344720.9500000002 5588695.93, 344714.9199999999 5588699.380000001, 344705.2400000002 5588704.869999999, 344700.9400000004 5588704.18, 344694.11000000034 5588701.779999999, 344688.86000000034 5588705.8100000005, 344687.8799999999 5588707.26, 344684.4000000004 5588712.51, 344682 5588715, 344677.0599999996 5588717.18, 344670.23000000045 5588722.75, 344669.6900000004 5588721.380000001, 344665.4199999999 5588722.9, 344637.8499999996 5588726.029999999, 344628.66000000015 5588731.33, 344622.1200000001 5588735.109999999, 344588.70999999996 5588734.6899999995, 344578.96999999974 5588734.5600000005, 344577.08999999985 5588734.199999999, 344563.9500000002 5588731.619999999, 344550.5800000001 5588728.98, 344548.4500000002 5588728.57, 344540.4400000004 5588732.539999999, 344534.21999999974 5588734.75, 344525.9199999999 5588739.210000001, 344524.0599999996 5588739.710000001, 344517.5499999998 5588741.470000001, 344506.8700000001 5588743.16, 344504.73000000045 5588745.4, 344500 5588750.369999999, 344496.7000000002 5588751.33, 344495.4000000004 5588751.720000001, 344487.5499999998 5588748.869999999, 344481.70999999996 5588748.300000001, 344473.0800000001 5588749.890000001, 344467.3799999999 5588748.1, 344461.38999999966 5588742.17, 344458.4500000002 5588733.42, 344454.75 5588729.529999999, 344441.5499999998 5588724.140000001, 344439.7599999998 5588724.109999999, 344437.1500000004 5588724.09, 344438.3200000003 5588721.119999999, 344441.3200000003 5588718.66, 344456.9900000002 5588707.609999999, 344458.0499999998 5588703.5, 344456.4500000002 5588698.8100000005, 344454.54000000004 5588693.210000001, 344453.6699999999 5588690.67, 344447.53000000026 5588676.119999999, 344443.9400000004 5588673.279999999, 344444.53000000026 5588669.039999999, 344437.2400000002 5588645.1, 344432.91000000015 5588607.32, 344416.38999999966 5588577.68, 344404.6900000004 5588547.68, 344401.5 5588527.630000001, 344400.6699999999 5588528.74, 344403.8099999996 5588547.76, 344410.9000000004 5588566.75, 344415.28000000026 5588577.789999999, 344431.9299999997 5588607.76, 344436.13999999966 5588645.07, 344443.5499999998 5588669.23, 344442.76999999955 5588673.35, 344446.3700000001 5588676.449999999, 344452.51999999955 5588690.9, 344453.5599999996 5588693.789999999, 344455.5599999996 5588699.369999999, 344457.0700000003 5588703.58, 344456.1200000001 5588706.93, 344441.2599999998 5588717.18, 344437.38999999966 5588720.33, 344435.8099999996 5588724.07, 344434.3099999996 5588724.050000001, 344430.71999999974 5588723.66, 344427.0099999998 5588722.550000001, 344420.8200000003 5588712.32, 344410.1699999999 5588708.91, 344406.5700000003 5588703.41, 344405.5800000001 5588697.57, 344398.95999999996 5588697.369999999, 344386.1799999997 5588704.02, 344375.98000000045 5588702.15, 344364.88999999966 5588703.369999999, 344351.88999999966 5588709.539999999, 344348.1200000001 5588709.76, 344331.8499999996 5588705.66, 344323.2999999998 5588697.76, 344316.78000000026 5588691.720000001, 344298.3799999999 5588674.77, 344281.3700000001 5588669.92, 344259.6799999997 5588663.76, 344253.7400000002 5588662.07, 344236.23000000045 5588660.68, 344217.36000000034 5588656.449999999, 344209.5700000003 5588652.789999999, 344198.7999999998 5588641.640000001, 344190.6799999997 5588639.58, 344180.48000000045 5588641.17, 344175.6699999999 5588640.630000001, 344160.5800000001 5588637.15, 344151.4199999999 5588639.109999999, 344143.38999999966 5588633.4399999995, 344138.79000000004 5588631.640000001, 344121.7400000002 5588628.83, 344116.6699999999 5588631.550000001, 344112.1900000004 5588630.18, 344105.79000000004 5588623.220000001, 344092.7999999998 5588617.140000001, 344079.11000000034 5588617.16, 344073.88999999966 5588615.619999999, 344070.28000000026 5588611.59, 344068.0499999998 5588607.380000001, 344055.33999999985 5588598.43, 344056.3700000001 5588582.199999999, 344055.20999999996 5588577.93, 344054.1799999997 5588576.59, 344051.4299999997 5588572.98, 344048.8799999999 5588572.550000001, 344039.8799999999 5588572.119999999, 344026.0099999998 5588577.41, 344017.41000000015 5588575.9399999995, 344001.0700000003 5588565.98, 343987.9900000002 5588557.220000001, 343976.95999999996 5588546.24, 343959.26999999955 5588545.23, 343934.4400000004 5588538.24, 343922.01999999955 5588534.75, 343913.70999999996 5588535.119999999, 343909.3300000001 5588531.859999999, 343907.29000000004 5588523.99, 343900.6699999999 5588520.77, 343885.98000000045 5588517.039999999, 343870.48000000045 5588508.41, 343862.0700000003 5588512.65, 343859.9400000004 5588511.27, 343856.21999999974 5588508.859999999, 343852.3799999999 5588500.369999999, 343848.3799999999 5588488.02, 343842.0800000001 5588479.74, 343834.1900000004 5588475.02, 343808.11000000034 5588469.9, 343790.2599999998 5588454.57, 343765.8499999996 5588437.07, 343765.51999999955 5588436.539999999, 343760.7000000002 5588428.85, 343751.46999999974 5588421.73, 343743.79000000004 5588411.76, 343736.53000000026 5588404.01, 343737.01999999955 5588396.779999999, 343741.8799999999 5588391.449999999, 343740.04000000004 5588387.32, 343738.7999999998 5588384.42, 343727.4900000002 5588375.029999999, 343718.71999999974 5588363.98, 343701.1699999999 5588359.6899999995, 343696.46999999974 5588355.789999999, 343696.3300000001 5588343.68, 343698.5 5588337.109999999, 343695.4900000002 5588328.65, 343689.1500000004 5588325.390000001, 343679.1799999997 5588325.960000001, 343670.86000000034 5588319.1899999995, 343669 5588310.66, 343661.38999999966 5588300.880000001, 343657.95999999996 5588294.41, 343654.9299999997 5588271.98, 343656 5588264.0600000005, 343650.7000000002 5588251.41, 343645.58999999985 5588250.029999999, 343630.1299999999 5588255.380000001, 343625.1799999997 5588254.74, 343620.29000000004 5588250.0600000005, 343616.6500000004 5588233.6899999995, 343615.3499999996 5588227.4399999995, 343607.7400000002 5588213.039999999, 343601.71999999974 5588212.57, 343593.28000000026 5588212.82, 343576.5099999998 5588199.140000001, 343565.3300000001 5588192.630000001, 343564.9500000002 5588190.27, 343571.8499999996 5588180.699999999, 343577.41000000015 5588178.640000001, 343580.66000000015 5588174.890000001, 343580.4900000002 5588162.18, 343575.5499999998 5588154.49, 343574.53000000026 5588153.6899999995, 343578.70999999996 5588134.539999999, 343577.4500000002 5588129.15, 343563.3700000001 5588107.199999999, 343557.54000000004 5588111.9399999995, 343553.41000000015 5588116.699999999, 343551.08999999985 5588117.109999999, 343545.4400000004 5588106.130000001, 343539.1299999999 5588081.880000001, 343526.26999999955 5588077.24, 343514.3099999996 5588076.52, 343512.8799999999 5588073.859999999, 343515 5588065.07, 343496.83999999985 5588045.029999999, 343480.46999999974 5588000.109999999, 343474.2999999998 5587990.949999999, 343460.38999999966 5587979.76, 343457.4900000002 5587973.529999999, 343450.70999999996 5587954.42, 343440.03000000026 5587931.199999999, 343431.9400000004 5587917.41, 343430.98000000045 5587912.65, 343432.4199999999 5587909.630000001, 343437.5800000001 5587909.35, 343440.9000000004 5587905.48, 343440.75 5587901.640000001, 343434.88999999966 5587892.869999999, 343430.3799999999 5587890, 343423.3799999999 5587888.02, 343417.91000000015 5587883.3100000005, 343413.88999999966 5587877.6899999995, 343409.5099999998 5587869.4399999995, 343411.04000000004 5587859.699999999, 343412.6799999997 5587851.619999999, 343412.5599999996 5587848.109999999, 343409.1900000004 5587835.5600000005, 343406.9000000004 5587827.300000001, 343405.7999999998 5587819.93, 343410.8499999996 5587810.23, 343414.45999999996 5587805.789999999, 343413.4299999997 5587793.6899999995, 343413.6299999999 5587789.68, 343414.5599999996 5587785.25, 343418.41000000015 5587779.18, 343418.4299999997 5587773.140000001, 343422.96999999974 5587768.26, 343425.66000000015 5587760.57, 343430.8799999999 5587752.4, 343434.1200000001 5587750.119999999, 343434.51999999955 5587746.779999999, 343433.2400000002 5587742.470000001, 343434.3700000001 5587730.65, 343433.5099999998 5587719.08, 343436.66000000015 5587716.18, 343450.8099999996 5587713.75, 343457.3499999996 5587710.119999999, 343460.41000000015 5587701.18, 343458.6699999999 5587695.289999999, 343462.2400000002 5587684.34, 343461.1200000001 5587680.3100000005, 343452.33999999985 5587675.6, 343452.3200000003 5587671.130000001, 343461.1299999999 5587664.210000001, 343467.6900000004 5587661.73, 343469.0499999998 5587659.720000001, 343468.4400000004 5587657.119999999, 343464.0599999996 5587650.43, 343463.9900000002 5587643.77, 343465.08999999985 5587637.76, 343461.7000000002 5587633.67, 343457.8300000001 5587632.85, 343456.0099999998 5587627.539999999, 343459.54000000004 5587621.630000001, 343470.03000000026 5587614.369999999, 343483.86000000034 5587614.52, 343488.8099999996 5587609.550000001, 343488.66000000015 5587605.02, 343484.8499999996 5587590.92, 343485.25 5587587.24, 343482.25 5587580.59, 343483.1900000004 5587577.779999999, 343488.0599999996 5587573.529999999, 343495.48000000045 5587562.9, 343495.9500000002 5587558.859999999, 343494.4900000002 5587554.470000001, 343487.3700000001 5587549.029999999, 343484.75 5587545.02, 343486.9900000002 5587535.65, 343485.1900000004 5587531.210000001, 343479.91000000015 5587529.699999999, 343477.88999999966 5587526.9399999995, 343481.0999999996 5587519.27, 343488.9199999999 5587512.5600000005, 343489.28000000026 5587509.27, 343481.9900000002 5587501.9, 343476.66000000015 5587494.08, 343474.7400000002 5587485.779999999, 343475.53000000026 5587483.949999999, 343475.96999999974 5587482.039999999, 343473.9199999999 5587479.619999999, 343470.5999999996 5587477.85, 343461.46999999974 5587478.07, 343459.96999999974 5587475.58, 343462.51999999955 5587470.5600000005, 343464.0499999998 5587466.220000001, 343466.45999999996 5587464.890000001, 343471.70999999996 5587464.859999999, 343475.33999999985 5587461.33, 343474.8499999996 5587448.51, 343468.6900000004 5587443.24, 343466.25 5587438.470000001, 343466.5499999998 5587435.710000001, 343465.0499999998 5587432.83, 343459.26999999955 5587430.0600000005, 343454.6799999997 5587432.359999999, 343453.2999999998 5587430.57, 343453.0499999998 5587417.84, 343450.5099999998 5587410.279999999, 343452.6699999999 5587403.960000001, 343453.25 5587388.75, 343455.01999999955 5587384.15, 343461.04000000004 5587374.609999999, 343464.53000000026 5587361.23, 343471.03000000026 5587344.27, 343473.96999999974 5587331.16, 343471.9900000002 5587321.5, 343479.0099999998 5587308.6899999995, 343482.6900000004 5587298.4, 343483.1500000004 5587291.279999999, 343487.11000000034 5587277.02, 343498.7999999998 5587260.09, 343506.1299999999 5587246.5600000005, 343510.98000000045 5587240.4, 343512.33999999985 5587237.619999999, 343511.26999999955 5587233.199999999, 343507.38999999966 5587226.24, 343505.54000000004 5587210.18, 343507.3499999996 5587205.84, 343512.58999999985 5587196.789999999, 343520.3700000001 5587176.779999999, 343522.20999999996 5587172.029999999, 343520.8099999996 5587168.369999999, 343518.54000000004 5587176.73, 343510.7000000002 5587196.91, 343507 5587202.6899999995, 343504.21999999974 5587210.630000001, 343505.28000000026 5587226.960000001, 343509.5099999998 5587233.85, 343510.16000000015 5587237.8100000005, 343504.41000000015 5587245.77, 343497.3799999999 5587258.9399999995, 343485.5 5587276.51, 343481.36000000034 5587290.9, 343480.71999999974 5587298.1899999995, 343477.3700000001 5587307.869999999, 343469.8300000001 5587321, 343471.8799999999 5587331.710000001, 343469.0700000003 5587343.619999999, 343461.41000000015 5587365.1899999995, 343459.2599999998 5587373.890000001, 343453.3300000001 5587383.34, 343451.66000000015 5587388.35, 343450.58999999985 5587403.5600000005, 343448.4400000004 5587410.41, 343451.0999999996 5587418.0600000005, 343451.4000000004 5587430.5, 343452.21999999974 5587434.02, 343453.4299999997 5587436.119999999, 343454.9400000004 5587436.4399999995, 343456.96999999974 5587433.3100000005, 343462.25 5587433.02, 343464.8099999996 5587435.43, 343464.58999999985 5587438.65, 343466.98000000045 5587444.369999999, 343472.91000000015 5587448.98, 343473.8200000003 5587460.73, 343471.4299999997 5587463.710000001, 343466.20999999996 5587462.550000001, 343462.5499999998 5587464.5600000005, 343461.28000000026 5587470.16, 343457.51999999955 5587475.039999999, 343457.91000000015 5587479.42, 343461.6299999999 5587480.710000001, 343470.28000000026 5587479.73, 343472.96999999974 5587481.300000001, 343473.7599999998 5587483.449999999, 343472.2999999998 5587486.460000001, 343474.1500000004 5587494.41, 343479.76999999955 5587502.869999999, 343485.0599999996 5587508.109999999, 343485.5099999998 5587510.92, 343478.3499999996 5587518.66, 343476.3499999996 5587527.529999999, 343476.3799999999 5587532.3100000005, 343483.7400000002 5587532.859999999, 343484.9199999999 5587535.76, 343482.4299999997 5587545.460000001, 343484.29000000004 5587550, 343492.5099999998 5587555.0600000005, 343493.8700000001 5587561.01, 343486.26999999955 5587572.619999999, 343482.29000000004 5587575.609999999, 343480.0800000001 5587579.76, 343483.23000000045 5587587.6, 343482.7999999998 5587590.779999999, 343486.3200000003 5587605.550000001, 343485.8799999999 5587608.289999999, 343482.2400000002 5587611.48, 343469.88999999966 5587612.6, 343457.76999999955 5587620.359999999, 343453.26999999955 5587627.5, 343456.0700000003 5587634.720000001, 343460.1500000004 5587635.32, 343463.0700000003 5587638.92, 343461.8300000001 5587643.140000001, 343462.4199999999 5587651.880000001, 343466.3799999999 5587658.130000001, 343466.48000000045 5587659.130000001, 343460.48000000045 5587662.08, 343450.73000000045 5587669.02, 343450.86000000034 5587676.279999999, 343458.79000000004 5587681.58, 343459.7999999998 5587684.23, 343456.6299999999 5587693.3100000005, 343458.5700000003 5587701.210000001, 343455.71999999974 5587708.6899999995, 343450.0099999998 5587712.0600000005, 343435.8099999996 5587713.720000001, 343431.5 5587719.33, 343431.01999999955 5587742.220000001, 343432.4000000004 5587748.699999999, 343429.3099999996 5587751.57, 343423.9900000002 5587760.23, 343421.54000000004 5587767.140000001, 343416.61000000034 5587770.779999999, 343416.2599999998 5587778.74, 343413.3200000003 5587783.73, 343411.1799999997 5587793.210000001, 343412.4299999997 5587804.949999999, 343408.54000000004 5587809.82, 343404.5700000003 5587819.130000001, 343378.6900000004 5587799.029999999, 343373.2000000002 5587794.18, 343332.2400000002 5587757.92, 343323.4500000002 5587753.18, 343312.7000000002 5587755.75, 343295.98000000045 5587771.199999999, 343289.79000000004 5587773.98, 343284.1699999999 5587773.6, 343272.7599999998 5587782.23, 343259.2400000002 5587773.67, 343235.28000000026 5587775.73, 343218.0800000001 5587787.609999999, 343206.0599999996 5587792.52, 343198.1799999997 5587784.550000001, 343182.1799999997 5587780.640000001, 343179.2999999998 5587777.949999999, 343179.1799999997 5587770.26, 343173.13999999966 5587764.91, 343165.5499999998 5587765.890000001, 343161.79000000004 5587769.41, 343157.48000000045 5587770.279999999, 343151.13999999966 5587764.59, 343146.54000000004 5587761.92, 343135.7000000002 5587765.91, 343131.0099999998 5587763.66, 343127.3200000003 5587752.4399999995, 343114.78000000026 5587747.09, 343106 5587749.369999999, 343094.8200000003 5587740.02, 343086.6299999999 5587741.869999999, 343081.6500000004 5587743.710000001, 343074.25 5587740.380000001, 343067.1799999997 5587740.32, 343062.4900000002 5587742.5600000005, 343058.5999999996 5587742.02, 343055.6699999999 5587736.43, 343050.6200000001 5587734.25, 343038.45999999996 5587736.039999999, 343033.3499999996 5587735.029999999, 343022.4400000004 5587743.539999999, 343017.2000000002 5587746.4399999995, 343003 5587748.3100000005, 342989.23000000045 5587745.9399999995, 342974.1500000004 5587745.1, 342966.53000000026 5587743.539999999, 342958.33999999985 5587741.699999999, 342946.25 5587745.15, 342939.2400000002 5587741.460000001, 342935.21999999974 5587740.710000001, 342917.5599999996 5587749.210000001, 342911.51999999955 5587748.98, 342887.61000000034 5587742.949999999, 342886.61000000034 5587740.390000001, 342885.3099999996 5587734.300000001, 342884.58999999985 5587730.279999999, 342873.66000000015 5587729.01, 342860.21999999974 5587726.33, 342853.3200000003 5587727.67, 342838.9299999997 5587737.66, 342835.8499999996 5587744.24, 342831.0499999998 5587750.17, 342824.4299999997 5587751.75, 342822.66000000015 5587751.65, 342821.1299999999 5587740.630000001, 342817.04000000004 5587734.359999999, 342810.51999999955 5587734.09, 342799.8700000001 5587743.109999999, 342797.5499999998 5587746.890000001, 342798.54000000004 5587753.710000001, 342796.73000000045 5587756.85, 342782.88999999966 5587754.710000001, 342765.2400000002 5587747.77, 342755.7400000002 5587757.15, 342747.0800000001 5587757.6, 342740.20999999996 5587762.23, 342734.1799999997 5587767.369999999, 342721.71999999974 5587768.9, 342710.91000000015 5587767.039999999, 342703.91000000015 5587761.83, 342680.08999999985 5587754.029999999, 342665.6799999997 5587754.6, 342660.41000000015 5587752.460000001, 342655.0499999998 5587749.73, 342654.9299999997 5587743.67, 342659.3499999996 5587735.699999999, 342656.4400000004 5587732.220000001, 342644.1699999999 5587728.449999999, 342640.71999999974 5587720.449999999, 342636.6299999999 5587719.0600000005, 342632.5700000003 5587715.279999999, 342631.0099999998 5587708.34, 342626.8700000001 5587705.3100000005, 342625.1299999999 5587701.5600000005, 342616.7599999998 5587701.4399999995, 342613.8499999996 5587698.029999999, 342613.3099999996 5587687.4, 342611.8300000001 5587682.119999999, 342608.5 5587680.369999999, 342592.51999999955 5587668.460000001, 342589.7000000002 5587663.66, 342578.36000000034 5587659.550000001, 342574.8499999996 5587657.27, 342570.8300000001 5587650.41, 342570.8300000001 5587648.140000001, 342561.9199999999 5587636.23, 342554.46999999974 5587636.4, 342544.4299999997 5587630.32, 342538.04000000004 5587622.34, 342530.0099999998 5587615.699999999, 342526.8099999996 5587609.84, 342519.41000000015 5587607.85, 342510.4199999999 5587594.73, 342501.51999999955 5587577.24, 342498.20999999996 5587567.5, 342494.9199999999 5587564.4, 342491.4400000004 5587557.779999999, 342487.9199999999 5587555.880000001, 342487.36000000034 5587554.699999999, 342486.4900000002 5587541.119999999, 342488 5587535.300000001, 342485.5599999996 5587532.65, 342484.7599999998 5587525.609999999, 342479.51999999955 5587521.710000001, 342476.83999999985 5587516.67, 342473.0499999998 5587514.6899999995, 342464.1900000004 5587505.710000001, 342463.6799999997 5587501.4, 342462.6799999997 5587499.67, 342455.1200000001 5587500.550000001, 342452.8799999999 5587495.65, 342452.9199999999 5587493.800000001, 342457.86000000034 5587492.699999999, 342458.0499999998 5587488.720000001, 342456.7599999998 5587489.5, 342457.0700000003 5587492.039999999, 342452.2999999998 5587493.34, 342452.2599999998 5587495.720000001, 342454.91000000015 5587501.23, 342462.4400000004 5587500.359999999, 342463.0499999998 5587501.640000001, 342463.58999999985 5587505.92, 342472.6699999999 5587515.24, 342476.5700000003 5587517.27, 342479.0999999996 5587522.18, 342484.29000000004 5587525.9399999995, 342485.1299999999 5587532.970000001, 342487.38999999966 5587535.3100000005, 342485.9000000004 5587540.970000001, 342486.8799999999 5587554.91, 342487.7000000002 5587556.539999999, 342490.9299999997 5587558.220000001, 342494.46999999974 5587564.789999999, 342497.70999999996 5587567.84, 342500.98000000045 5587577.460000001, 342509.83999999985 5587595.02, 342519.13999999966 5587608.4399999995, 342526.45999999996 5587610.470000001, 342529.6799999997 5587616.1899999995, 342537.6799999997 5587622.859999999, 342544.13999999966 5587630.82, 342554.33999999985 5587637, 342561.8200000003 5587636.800000001, 342570.3499999996 5587648.3100000005, 342570.36000000034 5587650.6, 342574.4900000002 5587657.720000001, 342578.1799999997 5587660.01, 342589.46999999974 5587664.130000001, 342592.2400000002 5587669.039999999, 342608.28000000026 5587680.970000001, 342611.41000000015 5587682.550000001, 342612.79000000004 5587687.460000001, 342613.3499999996 5587698.359999999, 342616.6900000004 5587702.119999999, 342624.75 5587702.25, 342626.5700000003 5587705.890000001, 342630.51999999955 5587708.75, 342632.11000000034 5587715.779999999, 342636.4500000002 5587719.49, 342640.4199999999 5587721.09, 342643.7999999998 5587729.140000001, 342656.03000000026 5587732.9, 342658.3499999996 5587735.630000001, 342654.0599999996 5587743.359999999, 342654.1500000004 5587749.279999999, 342654.1299999999 5587750.33, 342643.03000000026 5587744.619999999, 342631.26999999955 5587745.470000001, 342625.53000000026 5587750.539999999, 342615.25 5587761.08, 342612.9500000002 5587767.3100000005, 342611.48000000045 5587773.76, 342606.70999999996 5587778.890000001, 342598.23000000045 5587781.93, 342596.3099999996 5587789.85, 342591.54000000004 5587793.93, 342587.6699999999 5587791.92, 342583.5499999998 5587788.83, 342580.6699999999 5587789.41, 342573.1200000001 5587796.539999999, 342564.1799999997 5587815.41, 342565.0999999996 5587827.039999999, 342560.4199999999 5587837.17, 342556.4900000002 5587839.84, 342549.3099999996 5587839.41, 342544.9299999997 5587841.220000001, 342538.8300000001 5587850.609999999, 342537.1299999999 5587855.1, 342534.86000000034 5587862.08, 342527.2999999998 5587865.51, 342521.6900000004 5587875.119999999, 342518.6900000004 5587876.67, 342495.6500000004 5587892.130000001, 342489.88999999966 5587905.43, 342477.9299999997 5587919.68, 342467.21999999974 5587925.84, 342464.98000000045 5587926.93, 342461.21999999974 5587926.130000001, 342454.5599999996 5587914.8100000005, 342448.5999999996 5587914.640000001, 342441.6900000004 5587920.16, 342435.13999999966 5587939.26, 342431.1299999999 5587941.5, 342429.7999999998 5587945.16, 342429.9299999997 5587948.390000001, 342432.0700000003 5587957.9399999995, 342433.54000000004 5587957.710000001, 342430.6900000004 5587945.300000001, 342432.58999999985 5587942.4, 342436.1900000004 5587940.83, 342442.36000000034 5587920.960000001, 342449.51999999955 5587915.6899999995, 342454.4299999997 5587916.289999999, 342461.23000000045 5587927.48, 342464.96999999974 5587929.619999999, 342478.8099999996 5587921.210000001, 342491.11000000034 5587906.07, 342496.45999999996 5587893.119999999, 342522.5599999996 5587876.359999999, 342528.2599999998 5587866.42, 342535.7000000002 5587863.199999999, 342538.3799999999 5587855.5600000005, 342545.8499999996 5587841.6899999995, 342549.2999999998 5587840.91, 342555.4900000002 5587841.58, 342560.7599999998 5587838.77, 342566.63999999966 5587826.98, 342565.21999999974 5587815.960000001, 342574.23000000045 5587797.550000001, 342581.38999999966 5587790.029999999, 342583.6200000001 5587790.970000001, 342587.2000000002 5587793.35, 342591.8499999996 5587795.630000001, 342598.0099999998 5587789.92, 342598.5800000001 5587782.960000001, 342607.1799999997 5587780.109999999, 342612.3300000001 5587774.279999999, 342614.0099999998 5587767.48, 342616.0099999998 5587761.65, 342626.0800000001 5587751.15, 342631.66000000015 5587746.57, 342642.6799999997 5587745.66, 342654.1799999997 5587751.51, 342659.5700000003 5587754.25, 342665.26999999955 5587756.16, 342679.4400000004 5587756.300000001, 342703.36000000034 5587764.32, 342709.6500000004 5587768.65, 342721.54000000004 5587770.630000001, 342735.04000000004 5587769.26, 342748.2999999998 5587760.41, 342756.9900000002 5587759.57, 342765.4500000002 5587750.76, 342782.20999999996 5587757.720000001, 342798.1500000004 5587759.6, 342800.25 5587754.619999999, 342802.03000000026 5587746.289999999, 342811.41000000015 5587736.51, 342816.4500000002 5587736.9399999995, 342818.9299999997 5587742.57, 342820.3099999996 5587752.9, 342822.53000000026 5587755.3100000005, 342828.5700000003 5587755.5, 342839.2999999998 5587745.390000001, 342841.4400000004 5587739.050000001, 342855.2400000002 5587729.890000001, 342859.98000000045 5587728.9399999995, 342877.0499999998 5587732.6899999995, 342881.5700000003 5587731.710000001, 342883.6900000004 5587734.289999999, 342884.4199999999 5587743.07, 342886.95999999996 5587745.529999999, 342911.23000000045 5587751.4399999995, 342918.1799999997 5587751.470000001, 342935.70999999996 5587743.970000001, 342938.48000000045 5587743.25, 342946.5 5587747.9, 342958.1900000004 5587743.550000001, 342966.38999999966 5587745.82, 342976.3799999999 5587748.6, 342989.6200000001 5587748.57, 343003.20999999996 5587750.800000001, 343018.2400000002 5587748.24, 343023.75 5587745.279999999, 343034.3799999999 5587737.470000001, 343039.2400000002 5587738.09, 343049.5 5587737.23, 343053.4400000004 5587737.9399999995, 343057.21999999974 5587743.720000001, 343063.1699999999 5587745.470000001, 343067.88999999966 5587742.529999999, 343074.3300000001 5587742.73, 343081.8799999999 5587746.199999999, 343093.3499999996 5587742.960000001, 343106.6299999999 5587753.52, 343115.03000000026 5587750.73, 343124.1299999999 5587754.470000001, 343128.3099999996 5587764.4399999995, 343132.0499999998 5587767.83, 343136.20999999996 5587768.32, 343144.9199999999 5587764.84, 343147.3200000003 5587764.880000001, 343156.4400000004 5587773, 343163.1299999999 5587771.18, 343166.48000000045 5587768.4, 343171.8799999999 5587768.109999999, 343176.0099999998 5587771.130000001, 343177.23000000045 5587778.800000001, 343180.5 5587782.52, 343195.1799999997 5587787.890000001, 343206.36000000034 5587794.720000001, 343221.46999999974 5587789.08, 343225.29000000004 5587783.380000001, 343235.76999999955 5587777.75, 343256.6900000004 5587775.880000001, 343264.20999999996 5587782.02, 343272.3200000003 5587784.49, 343297.16000000015 5587772.92, 343313.4299999997 5587757.390000001, 343323.48000000045 5587755.539999999, 343331.95999999996 5587759.199999999, 343371.8200000003 5587794.390000001, 343377.3300000001 5587799.27, 343404.3099999996 5587819.67, 343405.03000000026 5587828.3100000005, 343407.6299999999 5587835.960000001, 343410.61000000034 5587851.699999999, 343408.95999999996 5587859.75, 343407.73000000045 5587869.43, 343412.26999999955 5587878.91, 343416.46999999974 5587884.539999999, 343422.9199999999 5587890.300000001, 343429.6799999997 5587892.23, 343433.2999999998 5587894.41, 343438.04000000004 5587902.51, 343438.0800000001 5587903.26, 343436.3700000001 5587905.73, 343430.88999999966 5587906.91, 343428.51999999955 5587911.640000001, 343429.7999999998 5587918.17, 343435.7000000002 5587927.75, 343438.61000000034 5587931.65, 343448.8700000001 5587954.609999999, 343456.0099999998 5587974.24, 343459.11000000034 5587981.15, 343471.7999999998 5587991.76, 343479.33999999985 5588001.91, 343491.3200000003 5588040, 343493.5599999996 5588047.09, 343499.6799999997 5588053.789999999, 343510.0599999996 5588061.800000001, 343509.26999999955 5588075.800000001, 343510.78000000026 5588079.460000001, 343513.8499999996 5588081.75, 343524.8300000001 5588081.25, 343535.70999999996 5588085.16, 343541.20999999996 5588107.93, 343546.6799999997 5588120.83, 343549.48000000045 5588123.59, 343554.28000000026 5588125.08, 343559.2</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5408-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5408-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5408-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5408-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -517,90 +517,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-013" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5408-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5408-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5408-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-013" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5408-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5408-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5408-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="65" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -674,51 +674,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108840</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.33815627897</v>
+        <v>46067.25739606368</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>