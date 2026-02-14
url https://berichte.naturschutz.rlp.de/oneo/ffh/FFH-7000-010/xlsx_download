--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5313-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((419785.5 5609233.1, 419754.95999999996 5609291.779999999, 419746.2999999998 5609280.85, 419710.54000000004 5609258.140000001, 419617.4299999997 5609199, 419616.58999999985 5609195.869999999, 419615.53000000026 5609191.9, 419612.3099999996 5609189.390000001, 419578.7000000002 5609253.93, 419572.4900000002 5609255.26, 419535.3099999996 5609225.5600000005, 419525.6799999997 5609217.859999999, 419499.3300000001 5609202.460000001, 419497.4299999997 5609195.49, 419509.11000000034 5609173.76, 419522.9900000002 5609147.949999999, 419528.25 5609131.460000001, 419532.1299999999 5609105.8100000005, 419538.7999999998 5609092.74, 419546.2599999998 5609082.039999999, 419549.1699999999 5609077.98, 419568.51999999955 5609050.51, 419569.4400000004 5609049.210000001, 419591.1500000004 5609018.550000001, 419594.03000000026 5609014.5, 419604.9400000004 5609007.779999999, 419654.3200000003 5608977.5600000005, 419664.9500000002 5608976.869999999, 419673.9299999997 5608971.4, 419674.28000000026 5608963.98, 419685.0099999998 5608956.15, 419724.7599999998 5608927.130000001, 419747.0599999996 5608910.84, 419777.04000000004 5608888.960000001, 419789.76999999955 5608879.67, 419865.46999999974 5608824.4, 419895.23000000045 5608802.67, 419902.6500000004 5608803.48, 419916.78000000026 5608819.02, 419952.1500000004 5608857.859999999, 420016.48000000045 5608928.51, 420034.8200000003 5608948.65, 420033.96999999974 5608955.039999999, 420002.45999999996 5608974.859999999, 419922.33999999985 5609025.279999999, 419908.8700000001 5609033.76, 419877.13999999966 5609053.710000001, 419872.26999999955 5609056.779999999, 419867.2000000002 5609069.6899999995, 419863.3700000001 5609079.359999999, 419841.7599999998 5609133.8100000005, 419836.16000000015 5609148.17, 419832.78000000026 5609148.09, 419829.6299999999 5609164.5600000005, 419830.4900000002 5609165.119999999, 419846.79000000004 5609175.949999999, 419884.2599999998 5609189.640000001, 419886.1500000004 5609195.539999999, 419875.3300000001 5609211.9399999995, 419873.3499999996 5609214.9399999995, 419846.53000000026 5609255.619999999, 419839.4900000002 5609257.27, 419805.9500000002 5609237.210000001, 419788.95999999996 5609227.0600000005, 419785.5 5609233.1)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5313-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5313-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5313-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5313-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-010" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5313-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5313-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5313-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-010" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5313-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5313-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5313-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108837</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.28348931852</v>
+        <v>46067.03290707669</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>