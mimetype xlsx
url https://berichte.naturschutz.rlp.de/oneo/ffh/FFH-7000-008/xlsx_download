--- v0 (2025-11-08)
+++ v1 (2026-02-13)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5310-303</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((384861.1299999999 5616628.9399999995, 384845.3700000001 5616632.1899999995, 384807.0599999996 5616640.07, 384802.3200000003 5616638.289999999, 384788.9900000002 5616621.25, 384783.04000000004 5616618.449999999, 384750.5999999996 5616580.76, 384750.4500000002 5616573.4, 384747.6699999999 5616569.529999999, 384734.83999999985 5616583.93, 384720.61000000034 5616598.73, 384681.3799999999 5616570.470000001, 384682.08999999985 5616564.130000001, 384663.78000000026 5616548.51, 384662.0700000003 5616547.0600000005, 384660.16000000015 5616545.3100000005, 384651.1699999999 5616541.52, 384631.7599999998 5616543.9399999995, 384627.0099999998 5616537.369999999, 384618.4400000004 5616545.51, 384610.6900000004 5616546.33, 384594.8099999996 5616531.9399999995, 384594.04000000004 5616531.24, 384593.48000000045 5616528.869999999, 384592.83999999985 5616523.300000001, 384586.8799999999 5616520.01, 384584.8300000001 5616514.550000001, 384579.8200000003 5616511.699999999, 384575.9299999997 5616503.76, 384577.0999999996 5616496.630000001, 384576.29000000004 5616489.210000001, 384574.91000000015 5616486.539999999, 384562.23000000045 5616477.050000001, 384554.9400000004 5616474.9399999995, 384556.20999999996 5616465.57, 384556.38999999966 5616459.98, 384551.7400000002 5616453.85, 384547.08999999985 5616449.359999999, 384543.0599999996 5616437.550000001, 384528.0499999998 5616418.720000001, 384531.45999999996 5616408.050000001, 384529.2400000002 5616403.279999999, 384530.9000000004 5616396.33, 384537.0800000001 5616388.949999999, 384537.7999999998 5616385.59, 384534.4299999997 5616382.880000001, 384530.36000000034 5616374.470000001, 384534.2599999998 5616368.25, 384534.20999999996 5616364.539999999, 384533.0499999998 5616356.24, 384530.0099999998 5616352.35, 384530.6699999999 5616347.8100000005, 384526.03000000026 5616338.390000001, 384521.7000000002 5616332.890000001, 384529.8499999996 5616331.34, 384530.3799999999 5616330.130000001, 384528.1200000001 5616324.17, 384528.5 5616320.35, 384528.9000000004 5616319.16, 384530.3499999996 5616318.859999999, 384534.4400000004 5616317.9, 384536.3200000003 5616309.390000001, 384538.4299999997 5616301.449999999, 384543.51999999955 5616301.380000001, 384548.5099999998 5616298.3100000005, 384548.71999999974 5616295.449999999, 384547.4000000004 5616286.17, 384549.0800000001 5616284.68, 384555.29000000004 5616285.619999999, 384558.0700000003 5616281.65, 384559.5499999998 5616275.68, 384561.0700000003 5616273.34, 384562.1699999999 5616267.109999999, 384568.1699999999 5616267.42, 384573.8499999996 5616258.17, 384583.2999999998 5616257.32, 384582.36000000034 5616245.66, 384577.8200000003 5616241.82, 384575.16000000015 5616231.85, 384575.66000000015 5616231.25, 384580.29000000004 5616229.41, 384584.1900000004 5616225.800000001, 384601.16000000015 5616204.82, 384603.6500000004 5616201.75, 384636.70999999996 5616160.960000001, 384638.6299999999 5616158.6, 384651.75 5616142.369999999, 384659.8700000001 5616137.42, 384668.48000000045 5616126.6899999995, 384696.7999999998 5616091.449999999, 384706.48000000045 5616079.41, 384717.33999999985 5616065.9, 384730.33999999985 5616049.710000001, 384752.9400000004 5616021.5600000005, 384777.78000000026 5615990.66, 384783.13999999966 5615990.380000001, 384786.0099999998 5615986.779999999, 384785.66000000015 5615980.949999999, 384802.5499999998 5615960.15, 384807 5615954.68, 384811.2999999998 5615949.390000001, 384822.2000000002 5615936.01, 384827.41000000015 5615929.6, 384842.3799999999 5615911.199999999, 384858.45999999996 5615891.380000001, 384867.2000000002 5615880.59, 384876.36000000034 5615869.24, 384893.48000000045 5615848.029999999, 384901.2400000002 5615838.41, 384914.8300000001 5615821.59, 384974.7999999998 5615747.550000001, 384972.5800000001 5615745.51, 384975.36000000034 5615742.1, 384977.1299999999 5615739.640000001, 384994.33999999985 5615718.6, 384991.45999999996 5615704.85, 384990.51999999955 5615700.390000001, 384965.9900000002 5615583.720000001, 384949.6699999999 5615506.18, 384950.71999999974 5615493.6, 384894.4299999997 5615485.550000001, 384880.25 5615482.98, 384868.4400000004 5615480.779999999, 384838.61000000034 5615475.1899999995, 384805.9000000004 5615469.1899999995, 384776.0700000003 5615463.630000001, 384765.6200000001 5615461.720000001, 384731.51999999955 5615455.609999999, 384696.0700000003 5615449.640000001, 384692.16000000015 5615449.039999999, 384666.63999999966 5615444.77, 384670.01999999955 5615443.359999999, 384678.96999999974 5615439.609999999, 384686.76999999955 5615434.640000001, 384688.8499999996 5615432.890000001, 384713.0099999998 5615412.619999999, 384713.9500000002 5615411.82, 384758.2599999998 5615374.25, 384762.04000000004 5615371.07, 384790.38999999966 5615347.15, 384803.1699999999 5615336.359999999, 384812.91000000015 5615328.140000001, 384820.38999999966 5615320.16, 384827.2599999998 5615311.699999999, 384832.58999999985 5615302.359999999, 384836.76999999955 5615292.33, 384841.73000000045 5615273, 384842.66000000015 5615268.0600000005, 384850.0099999998 5615264.9, 384845.6299999999 5615228.380000001, 384841.6900000004 5615195.630000001, 384840.9299999997 5615186.02, 384833.71999999974 5615125.98, 384830.66000000015 5615100.539999999, 384826.36000000034 5615064.74, 384823.0599999996 5615037.300000001, 384818.96999999974 5615003.26, 384815.4000000004 5614973.6, 384810.51999999955 5614933, 384806.6299999999 5614900.67, 384802.9900000002 5614870.380000001, 384798.3799999999 5614832.0600000005, 384792.79000000004 5614785.51, 384791 5614770.630000001, 384786.73000000045 5614735.23, 384783 5614704.1899999995, 384777.1900000004 5614655.869999999, 384775.36000000034 5614645.77, 384774.11000000034 5614635.34, 384764.6500000004 5614553.41, 384767.28000000026 5614549.890000001, 384775.96999999974 5614547.949999999, 384788.5999999996 5614544.99, 384814.38999999966 5614538.99, 384826.36000000034 5614535.800000001, 384838.41000000015 5614532.27, 384848.2400000002 5614529.390000001, 384851.16000000015 5614528.59, 384859 5614526.24, 384872.6799999997 5614522.0600000005, 384887.2400000002 5614517.83, 384896.78000000026 5614515.07, 384923.21999999974 5614507.41, 384965.9199999999 5614494.449999999, 384975.48000000045 5614491.630000001, 384986.83999999985 5614488.27, 385008.21999999974 5614481.98, 385020.66000000015 5614478.3100000005, 385036.0599999996 5614473.76, 385054.0599999996 5614468.460000001, 385066.6900000004 5614464.74, 385084.4400000004 5614459.51, 385092.45999999996 5614460.82, 385098.61000000034 5614464.1, 385102.51999999955 5614469.539999999, 385104.78000000026 5614476.699999999, 385108.1500000004 5614505.52, 385113.2599999998 5614544.359999999, 385117.5800000001 5614577.529999999, 385120.76999999955 5614605.1899999995, 385121.95999999996 5614614.93, 385122.78000000026 5614621.6, 385127.4299999997 5614659.1, 385130.0099999998 5614680.34, 385134.8200000003 5614719.84, 385137.8700000001 5614745.23, 385140.03000000026 5614762.85, 385140.9900000002 5614770.57, 385142.95999999996 5614785.24, 385146.45999999996 5614810.109999999, 385147.0999999996 5614814.9399999995, 385152.51999999955 5614855.720000001, 385152.76999999955 5614857.5600000005, 385153.9199999999 5614866.15, 385156.79000000004 5614887.58, 385158.6299999999 5614901.24, 385160.83999999985 5614917.859999999, 385162.5599999996 5614940.25, 385163.95999999996 5614960.41, 385164.4000000004 5614966.8100000005, 385164.9000000004 5614976.380000001, 385165.8300000001 5614993.359999999, 385166.0700000003 5615015.5600000005, 385165.8499999996 5615036.75, 385163.3499999996 5615050.949999999, 385163.0999999996 5615068.08, 385161.9299999997 5615083.859999999, 385160.95999999996 5615099.5, 385158.4199999999 5615129.15, 385156.1699999999 5615148.15, 385156.01999999955 5615150.17, 385155.61000000034 5615155.4, 385155.1900000004 5615157.99, 385155.0700000003 5615158.710000001, 385152.4299999997 5615177.84, 385150.33999999985 5615192.630000001, 385149.08999999985 5615199.359999999, 385145.1500000004 5615220.25, 385139.33999999985 5615247.9399999995, 385136.0099999998 5615261.789999999, 385151.4500000002 5615250.73, 385160.08999999985 5615247.890000001, 385162.04000000004 5615245.050000001, 385174.13999999966 5615271.1899999995, 385184.1299999999 5615281.699999999, 385208.45999999996 5615296.48, 385212.71999999974 5615288.51, 385247.53000000026 5615257.460000001, 385278.0099999998 5615233.01, 385301.8300000001 5615273.5600000005, 385310.61000000034 5615280.890000001, 385346.8499999996 5615292.380000001, 385363.4000000004 5615300.75, 385404.4900000002 5615330.210000001, 385445.51999999955 5615359.789999999, 385437.9500000002 5615376.42, 385424.0800000001 5615406.9, 385405.0099999998 5615448.359999999, 385399.3200000003 5615473.1899999995, 385394.4500000002 5615494.73, 385381.1799999997 5615554.109999999, 385348.7000000002 5615550.32, 385321.0099999998 5615547.0600000005, 385279.1699999999 5615540.15, 385278.04000000004 5615539.970000001, 385269.88999999966 5615538.77, 385264.9199999999 5615550.880000001, 385256.0700000003 5615569.0600000005, 385240.95999999996 5615600.07, 385227.0599999996 5615628.6, 385197.36000000034 5615689.369999999, 385194.78000000026 5615694.880000001, 385238.16000000015 5615705.619999999, 385242.23000000045 5615706.640000001, 385247.38999999966 5615707.91, 385250.2400000002 5615708.609999999, 385288.29000000004 5615718.02, 385358.4500000002 5615735.35, 385359.9299999997 5615738.73, 385319.5099999998 5615822.130000001, 385298.86000000034 5615864.73, 385287.3200000003 5615888.52, 385276.2000000002 5615911.43, 385265.28000000026 5615933.98, 385254.4900000002 5615956.210000001, 385243.9199999999 5615978.01, 385233.2599999998 5616000, 385230.66000000015 5616005.33, 385229.3499999996 5616008.050000001, 385200.9400000004 5616066.65, 385193.1699999999 5616082.66, 385176.21999999974 5616117.609999999, 385175.88999999966 5616118.32, 385155.79000000004 5616159.92, 385142.4199999999 5616187.550000001, 385124.04000000004 5616225.41, 385121.36000000034 5616230.869999999, 385119.1900000004 5616235.300000001, 385117.29000000004 5616239.18, 385112.1799999997 5616249.58, 385104.1299999999 5616265.93, 385093.8799999999 5616286.869999999, 385086.5599999996 5616301.949999999, 385069.98000000045 5616335.949999999, 385049.9900000002 5616377.33, 385033.36000000034 5616411.48, 385031.48000000045 5616415.369999999, 385032.3099999996 5616419.859999999, 385033.20999999996 5616424.869999999, 385046.98000000045 5616505.390000001, 385061.0599999996 5616583.52, 385057.3099999996 5616589.289999999, 385028.8499999996 5616595.140000001, 385014.3499999996 5616597.699999999, 385003.33999999985 5616599.73, 384993.75 5616601.6899999995, 384980.5599999996 5616604.41, 384958.83999999985 5616608.859999999, 384919.7000000002 5616616.9, 384912.9299999997 5616618.300000001, 384887.7599999998 5616623.449999999, 384875.1200000001 5616626.050000001, 384861.1299999999 5616628.9399999995)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5310-303</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5310-303</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5310-303.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5310-303.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-008" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5310-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5310-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5310-303.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-008" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5310-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5310-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5310-303.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="30.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="85" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108835</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.7423931505</v>
+        <v>46066.9404132679</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>