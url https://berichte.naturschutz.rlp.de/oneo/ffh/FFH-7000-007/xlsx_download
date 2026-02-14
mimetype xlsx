--- v0 (2025-11-09)
+++ v1 (2026-02-14)
@@ -132,51 +132,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5310-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((386169.6299999999 5613730.82, 386163.20999999996 5613735.210000001, 386125.4199999999 5613724.32, 386125.29000000004 5613742.0600000005, 386102.0499999998 5613772.17, 386100.53000000026 5613774.140000001, 386088.75 5613764.1, 386077.01999999955 5613752.67, 386078.96999999974 5613748.630000001, 386083.29000000004 5613739.74, 386069.4500000002 5613734.74, 386069.25 5613734.68, 386055.23000000045 5613742.16, 386040.33999999985 5613728.359999999, 386031.03000000026 5613720.58, 386020.0700000003 5613716.539999999, 386015.0700000003 5613714.76, 386005.5700000003 5613711.34, 385992.8700000001 5613703.68, 385981.3799999999 5613688.41, 385974.96999999974 5613683.92, 385973.8200000003 5613683.1, 385959.7000000002 5613680.99, 385938.9900000002 5613677.91, 385931.0599999996 5613675.48, 385926.4900000002 5613672.609999999, 385921.2599999998 5613666.91, 385918.66000000015 5613663.58, 385916.7000000002 5613661.050000001, 385907.2000000002 5613640.16, 385894.61000000034 5613633.050000001, 385890.75 5613629.59, 385891.3799999999 5613625.279999999, 385887.7999999998 5613600.869999999, 385882.66000000015 5613565.98, 385877.4000000004 5613566.83, 385864.66000000015 5613568.85, 385856.8099999996 5613570.109999999, 385832.9199999999 5613573.92, 385829.2599999998 5613574.51, 385826.76999999955 5613558.92, 385827.7400000002 5613555.039999999, 385823.36000000034 5613548.140000001, 385817.33999999985 5613548.98, 385812.20999999996 5613551.57, 385769.4400000004 5613573.17, 385758.4000000004 5613551.65, 385752.3200000003 5613535.76, 385744.6699999999 5613515.9399999995, 385736.16000000015 5613492.699999999, 385735.4000000004 5613487.300000001, 385731.88999999966 5613462.390000001, 385726.1699999999 5613421.859999999, 385721.1699999999 5613386.43, 385720.70999999996 5613384, 385722.28000000026 5613378.970000001, 385805.7599999998 5613279.630000001, 385810.1500000004 5613279.460000001, 385819.63999999966 5613278.970000001, 385825.51999999955 5613279.050000001, 385864.8499999996 5613300.140000001, 385867.3700000001 5613303.859999999, 385867.25 5613304.07, 385871.4400000004 5613306.99, 385908.28000000026 5613238.380000001, 385923.5099999998 5613213.67, 385934.96999999974 5613189.880000001, 386011.0099999998 5613244.869999999, 386016.1200000001 5613243.09, 386020.98000000045 5613241.41, 386023.33999999985 5613240.58, 386049.70999999996 5613231.41, 386061.1500000004 5613227.43, 386064.6200000001 5613226.23, 386070.0999999996 5613224.33, 386071.2000000002 5613223.9399999995, 386074.1799999997 5613221.609999999, 386080.6799999997 5613216.529999999, 386087.8200000003 5613210.93, 386110.01999999955 5613210.65, 386090.08999999985 5613190.09, 386097.2599999998 5613188.369999999, 386104.36000000034 5613186.66, 386119.5499999998 5613183.01, 386143.1200000001 5613177.34, 386147.61000000034 5613176.26, 386157.8200000003 5613177.539999999, 386170.9900000002 5613175.67, 386192.13999999966 5613172.66, 386206.1900000004 5613175.26, 386229.96999999974 5613179.6899999995, 386280.29000000004 5613189.039999999, 386299.1699999999 5613192.550000001, 386330.9500000002 5613212.130000001, 386341.5999999996 5613221.9, 386316.1799999997 5613281.43, 386309.9400000004 5613296.039999999, 386311.4299999997 5613303.3100000005, 386320.73000000045 5613348.75, 386320.46999999974 5613350.1899999995, 386311.0999999996 5613401.99, 386305.36000000034 5613433.65, 386302.86000000034 5613450.720000001, 386300.3700000001 5613467.699999999, 386300.0099999998 5613470.16, 386301.0700000003 5613533.800000001, 386275.28000000026 5613536.59, 386272.1799999997 5613536.93, 386256.28000000026 5613538.66, 386240.6799999997 5613542.359999999, 386228.23000000045 5613550.18, 386214.66000000015 5613558.73, 386191.2599999998 5613573.449999999, 386162.26999999955 5613597.779999999, 386158.2999999998 5613606.4, 386159.9199999999 5613632.869999999, 386163.7000000002 5613694.23, 386169.6299999999 5613730.82)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5310-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5310-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5310-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5310-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -510,90 +510,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-007" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5310-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5310-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5310-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-007" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5310-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5310-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5310-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -664,51 +664,51 @@
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>31</v>
       </c>
       <c r="N2">
         <v>108834</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.42003868678</v>
+        <v>46067.03291444675</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>39</v>
       </c>