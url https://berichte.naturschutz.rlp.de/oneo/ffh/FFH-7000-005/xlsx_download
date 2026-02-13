--- v0 (2025-11-09)
+++ v1 (2026-02-13)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5213-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((428099.36000000034 5622004.32, 428109.9000000004 5621992.5600000005, 428114.9199999999 5621982.59, 428125.7000000002 5621972.23, 428202.26999999955 5621957.699999999, 428234.2599999998 5621948.15, 428287.70999999996 5621941.3100000005, 428306.8099999996 5621930.25, 428360.5700000003 5621903.949999999, 428418.7599999998 5621855.699999999, 428447.3200000003 5621849.720000001, 428450.28000000026 5621849.1, 428506.2999999998 5621831.3100000005, 428530.4400000004 5621821.73, 428554.9900000002 5621813.09, 428588.48000000045 5621798.800000001, 428592.4500000002 5621797.58, 428633.6900000004 5621784.949999999, 428658.41000000015 5621771.84, 428691.45999999996 5621762.720000001, 428739.3499999996 5621759.460000001, 428788.23000000045 5621749.460000001, 428788.2999999998 5621749.449999999, 428895.9400000004 5621735.119999999, 428896.01999999955 5621735.119999999, 428954.1200000001 5621722.800000001, 428975.03000000026 5621714.960000001, 429004.63999999966 5621711.390000001, 429041.6200000001 5621714.51, 429102.7400000002 5621712.220000001, 429144.29000000004 5621723.050000001, 429141.58999999985 5621717.07, 429193.1200000001 5621649.949999999, 429209.4400000004 5621588.289999999, 429203.25 5621532.449999999, 429207.1799999997 5621485.93, 429195.28000000026 5621448.18, 429173.1299999999 5621360.68, 429153.76999999955 5621335.1, 429144.3099999996 5621319.9, 429130.3300000001 5621277.66, 429100.9900000002 5621256.539999999, 429058.04000000004 5621193.57, 429057.6900000004 5621191.380000001, 429049.88999999966 5621148.970000001, 429049.33999999985 5621115.66, 429034.0999999996 5621079.960000001, 429031.5999999996 5621038.449999999, 428979.7000000002 5621006.15, 428953.98000000045 5620980.59, 428930.0599999996 5620956.66, 428901.5099999998 5620899, 428929.3799999999 5620829.73, 428941.9500000002 5620793.470000001, 428944.6500000004 5620793.779999999, 428946.29000000004 5620786.300000001, 428953.8200000003 5620790.42, 428965.63999999966 5620796.67, 428981.8099999996 5620805.24, 429021.16000000015 5620839.67, 429047.9199999999 5620847.17, 429102.8700000001 5620855.18, 429158.8099999996 5620849.699999999, 429189.04000000004 5620861.279999999, 429199.3200000003 5620856.91, 429225.3499999996 5620843.83, 429228.7599999998 5620841.75, 429230.36000000034 5620840.41, 429231.38999999966 5620835.6, 429228.4400000004 5620825.699999999, 429221.58999999985 5620806.42, 429208.5 5620795.529999999, 429190.76999999955 5620784.42, 429192.4900000002 5620773.109999999, 429144.2999999998 5620764.76, 429102.29000000004 5620745.619999999, 429081.23000000045 5620730.699999999, 429042.4299999997 5620708.83, 428953.8700000001 5620674.800000001, 428946.11000000034 5620671.93, 428818.8099999996 5620653.1, 428801.96999999974 5620641.9399999995, 428767.8700000001 5620630.16, 428766.63999999966 5620628.4, 428765.0099999998 5620626.08, 428786.5099999998 5620583.99, 428806.6799999997 5620542, 428822.61000000034 5620501.949999999, 428821.2599999998 5620455.34, 428815.5099999998 5620403.77, 428816.6500000004 5620331.84, 428821.04000000004 5620301.050000001, 428835.83999999985 5620261.199999999, 428864.5700000003 5620222.539999999, 428878.5599999996 5620212.449999999, 428906.61000000034 5620201.32, 428939.8200000003 5620182.5600000005, 428953.5999999996 5620176.93, 428960.98000000045 5620173.48, 429007.2999999998 5620171.32, 429032.1200000001 5620169.48, 429118.6699999999 5620165.32, 429184.98000000045 5620160.3100000005, 429236.01999999955 5620157.9, 429255.5099999998 5620158.5600000005, 429279.20999999996 5620152.82, 429357.53000000026 5620143.4, 429360.70999999996 5620143.02, 429424.51999999955 5620140.9399999995, 429465.1699999999 5620138.609999999, 429493.9400000004 5620137.02, 429556.66000000015 5620144.57, 429620.1799999997 5620151.5600000005, 429683.4500000002 5620134.369999999, 429714.03000000026 5620130.23, 429752.88999999966 5620112.24, 429820.0999999996 5620095.66, 429861.2999999998 5620091.880000001, 429873.1699999999 5620085.630000001, 429899.04000000004 5620071.84, 429929.11000000034 5620054.52, 429952.6900000004 5620036.039999999, 429961.51999999955 5620027.25, 429996.33999999985 5620012.130000001, 430014.29000000004 5620002.279999999, 430024.51999999955 5620002.07, 430029.75 5620001.960000001, 430040.46999999974 5620001.75, 430058.3700000001 5619995.470000001, 430092.33999999985 5619990.34, 430112.78000000026 5619981.24, 430154.01999999955 5619972.84, 430184.58999999985 5619958.57, 430237.73000000045 5619926.039999999, 430280.0599999996 5619912.15, 430342.4900000002 5619862.640000001, 430378.1200000001 5619836.640000001, 430399.41000000015 5619821.1, 430423.7999999998 5619811.43, 430453.3300000001 5619796.369999999, 430527.7599999998 5619754.02, 430514.0099999998 5619736.77, 430553.5 5619727.609999999, 430591.21999999974 5619730.859999999, 430615.4500000002 5619742.08, 430636.86000000034 5619757.43, 430654.4199999999 5619770.039999999, 430665.58999999985 5619779.67, 430671.79000000004 5619780.51, 430681.3799999999 5619780.16, 430696.2400000002 5619792.92, 430711.9900000002 5619799.74, 430738.3200000003 5619798.890000001, 430758.8200000003 5619801.91, 430797.6900000004 5619822.029999999, 430821.01999999955 5619833.890000001, 430823.58999999985 5619830.029999999, 430811.75 5619800.4, 430803.46999999974 5619790.07, 430789.78000000026 5619776.73, 430781.03000000026 5619769.84, 430765.6900000004 5619757.720000001, 430726.71999999974 5619724.84, 430679.9400000004 5619649.57, 430684.86000000034 5619631.85, 430694.7599999998 5619618.390000001, 430718.3099999996 5619599.8100000005, 430746.1500000004 5619584.279999999, 430777.6799999997 5619570.25, 430799.9199999999 5619557.82, 430843.4299999997 5619538.52, 430875.4299999997 5619517.93, 430888.66000000015 5619509.41, 430931.4500000002 5619471.24, 430942.1500000004 5619461.6899999995, 430961.76999999955 5619447.880000001, 430980.4500000002 5619436.17, 430994.2599999998 5619462.960000001, 431014.63999999966 5619504.92, 431020.3499999996 5619513.199999999, 431054.33999999985 5619562.5, 431091.3300000001 5619609.9, 431127.8200000003 5619655.6, 431157.9299999997 5619693.539999999, 431176.29000000004 5619742.58, 431210.9299999997 5619836.550000001, 431233.8499999996 5619867.050000001, 431259.66000000015 5619893.800000001, 431298.08999999985 5619926.68, 431311.36000000034 5619922.789999999, 431315.83999999985 5619921.460000001, 431321.3200000003 5619919.859999999, 431333.61000000034 5619929.470000001, 431355.9400000004 5619942.619999999, 431343.9400000004 5619894.52, 431322.8700000001 5619827.99, 431325.1900000004 5619801.15, 431340.23000000045 5619781.52, 431346.16000000015 5619773.77, 431348.1699999999 5619736.49, 431343.5499999998 5619708.27, 431335.11000000034 5619670.93, 431324.66000000015 5619637.130000001, 431314.13999999966 5619614.99, 431297.88999999966 5619575.359999999, 431293.5800000001 5619557.18, 431291.9900000002 5619534.42, 431293.88999999966 5619524.99, 431297.70999999996 5619516.789999999, 431302.8099999996 5619511.109999999, 431307.7000000002 5619508.32, 431314.86000000034 5619507.49, 431322.98000000045 5619509.08, 431365.83999999985 5619518.49, 431388.61000000034 5619517, 431394.9400000004 5619512.369999999, 431433.48000000045 5619537.58, 431437.7400000002 5619540.359999999, 431463.5999999996 5619551.710000001, 431482.28000000026 5619556.289999999, 431508.3799999999 5619561.48, 431552.73000000045 5619570.9399999995, 431558.6299999999 5619564.220000001, 431561.9900000002 5619557.949999999, 431563.2400000002 5619549.93, 431551.33999999985 5619510.800000001, 431541.1500000004 5619488.34, 431516.98000000045 5619457.42, 431501.9900000002 5619435.869999999, 431493.58999999985 5619413.5600000005, 431484.79000000004 5619353.73, 431475.4500000002 5619327.23, 431469.8499999996 5619302.51, 431473.8499999996 5619284.73, 431498.0999999996 5619256.41, 431511.6299999999 5619209.859999999, 431518.5499999998 5619135.92, 431521.95999999996 5619099.300000001, 431515.1200000001 5619051.9, 431506.7400000002 5618993.93, 431506.3099999996 5618990.960000001, 431507.7999999998 5618987.52, 431524.7599999998 5618951.720000001, 431537.0599999996 5618942.18, 431571.6500000004 5618894.199999999, 431607.38999999966 5618856.609999999, 431658.61000000034 5618817, 431661.1799999997 5618815.85, 431664.5099999998 5618814.26, 431706.08999999985 5618794.4399999995, 431715.79000000004 5618793.470000001, 431730.70999999996 5618791.970000001, 431744.88999999966 5618790.550000001, 431801.0999999996 5618784.91, 431825.86000000034 5618782.43, 431828.8200000003 5618782.140000001, 431834.54000000004 5618781.6, 431853.3200000003 5618780.98, 431871.38999999966 5618780.369999999, 431884.4900000002 5618779.9399999995, 431901.86000000034 5618779.369999999, 431925.8099999996 5618778.57, 431938.4000000004 5618778.15, 431950.7000000002 5618777.75, 431963.54000000004 5618777.32, 431975.3499999996 5618776.93, 431992.08999999985 5618776.380000001, 432005 5618775.9399999995, 432007.6299999999 5618778.789999999, 432012.16000000015 5618779.07, 432012.63999999966 5618776.050000001, 432030.3099999996 5618770.85, 432035.5599999996 5618771.82, 432116.48000000045 5618834.279999999, 432160.9400000004 5618848.779999999, 432198.5700000003 5618860.32, 432262.6500000004 5618878, 432303.58999999985 5618888.880000001, 432343.4199999999 5618896.33, 432357.21999999974 5618896.710000001, 432360.5599999996 5618901.34, 432345.0599999996 5618995.35, 432318.03000000026 5619163.949999999, 432321.0800000001 5619187.6, 432309.1799999997 5619225.6, 432278.63999999966 5619279.57, 432280.41000000015 5619350.789999999, 432297.98000000045 5619395.609999999, 432302.9299999997 5619412.98, 432301.21999999974 5619433.67, 432295.9000000004 5619445.699999999, 432289.36000000034 5619451.68, 432278.8700000001 5619458.27, 432266.83999999985 5619468.800000001, 432251.08999999985 5619491.08, 432251.1500000004 5619494.210000001, 432252.7400000002 5619518.32, 432279.0599999996 5619604.98, 432279.0599999996 5619606.15, 432279.08999999985 5619647.15, 432278.2000000002 5619718.880000001, 432285.41000000015 5619765.779999999, 432286.8499999996 5619775.18, 432284.5700000003 5619806.550000001, 432271.98000000045 5619857.640000001, 432264.3799999999 5619891.85, 432258.5999999996 5619900.57, 432257.01999999955 5619902.470000001, 432229.0999999996 5619933.4399999995, 432165.5099999998 5620003.98, 432158.6900000004 5620011.5600000005, 432105 5620071.18, 432078.04000000004 5620101.119999999, 432077.13999999966 5620102.0600000005, 432014.70999999996 5620167.35, 431893.21999999974 5620289.550000001, 431864.0099999998 5620311.710000001, 431867.9900000002 5620314.25, 431873.4199999999 5620317.3100000005, 431870.3799999999 5620320.23, 431865.3499999996 5620317.289999999, 431861.3799999999 5620315.16, 431851.1500000004 5620328.42, 431838.36000000034 5620352.93, 431806.8300000001 5620377.050000001, 431764.46999999974 5620398.550000001, 431722.6299999999 5620417.640000001, 431681.28000000026 5620440.9399999995, 431641.58999999985 5620467.960000001, 431608.23000000045 5620502.42, 431578.2999999998 5620538.119999999, 431543.13999999966 5620568.960000001, 431505.6699999999 5620595.789999999, 431464.71999999974 5620617.98, 431454.8099999996 5620620.949999999, 431451.5 5620621.949999999, 431417.0800000001 5620632.289999999, 431359.0700000003 5620637.619999999, 431356.11000000034 5620635.76, 431350.3499999996 5620654.68, 431305.0599999996 5620675.15, 431285.5700000003 5620683.949999999, 431254.2000000002 5620698.119999999, 431238.95999999996 5620704.99, 431219.3099999996 5620745.08, 431204.8499999996 5620774.6, 431195.7000000002 5620793.25, 431186.70999999996 5620811.59, 431175.73000000045 5620833.99, 431165.5599999996 5620854.74, 431136.6799999997 5620913.67, 431123.5800000001 5620940.4, 431102.5499999998 5620983.33, 431097.4500000002 5620993.73, 431089.21999999974 5621008.34, 431074.45999999996 5621034.5600000005, 431070.4500000002 5621041.6899999995, 431061.2400000002 5621054.42, 431048.5499999998 5621071.98, 431023.5999999996 5621106.5, 430974.7400000002 5621168.99, 430908.03000000026 5621258.83, 430862.04000000004 5621322.710000001, 430814.7000000002 5621388.289999999, 430779.41000000015 5621435.98, 430726.3700000001 5621479.58, 430673.3700000001 5621523.449999999, 430594.54000000004 5621588.82, 430537.86000000034 5621635.82, 430491.66000000015 5621673.93, 430485.0999999996 5621684.27, 430482.28000000026 5621680.82, 430445.54000000004 5621711.710000001, 430368.41000000015 5621814.960000001, 430362.0999999996 5621816.199999999, 430353.6500000004 5621827.85, 430321.0999999996 5621871.109999999, 430319.36000000034 5621873.43, 430236.2599999998 5621985.09, 430211.70999999996 5622018.07, 430137.9000000004 5622093.35, 430097.38999999966 5622134.66, 430031.23000000045 5622201.6899999995, 430018.4000000004 5622214.26, 429981.6799999997 5622251.42, 429979.21999999974 5622254.74, 429973.0999999996 5622264.18, 429879.6699999999 5622408.23, 429871.3499999996 5622421.289999999, 429799.6500000004 5622522.529999999, 429789.66000000015 5622536.68, 429667.3300000001 5622709.98, 429664.3799999999 5622716.5, 429565.1699999999 5622935.539999999, 429559.8499999996 5622942.91, 429556.2999999998 5622947.82, 429501.5099999998 5623023.619999999, 429376.01999999955 5623111.09, 429311.5800000001 5623156.18, 429167.9000000004 5623233.800000001, 429130.1900000004 5623254.59, 429123.0800000001 5623258.210000001, 428985.33999999985 5623333.109999999, 428917.88999999966 5623367.5600000005, 428826.21999999974 5623415.6, 428709.5599999996 5623478.09, 428711.6500000004 5623480.92, 428703.78000000026 5623485.15, 428630.88999999966 5623524.27, 428629.1900000004 5623524.99, 428583.0599999996 5623549.49, 428466.2999999998 5623700.1, 428458.4400000004 5623709.720000001, 428438.75 5623715.75, 428435.86000000034 5623716.58, 428401.2599999998 5623726.59, 428345.36000000034 5623742.77, 428391.5700000003 5623803.6, 428416.8300000001 5623836.09, 428354.04000000004 5623879.48, 428321.0700000003 5623837.65, 428205.4199999999 5623967.960000001, 428172.16000000015 5624005.51, 428140.83999999985 5624041.15, 428126.1699999999 5624057.85, 428095.83999999985 5624092.359999999, 428059.01999999955 5624125.880000001, 428028.88999999966 5624194.51, 427967.26999999955 5624337.76, 427959.0700000003 5624357.59, 427928.8099999996 5624430.84, 427884.9900000002 5624472.23, 427835.45999999996 5624521.8100000005, 427715.08999999985 5624598.539999999, 427679.28000000026 5624621.369999999, 427663.3300000001 5624637.640000001, 427597.4000000004 5624704.949999999, 427581.71999999974 5624729.25, 427546.36000000034 5624784.07, 427519.5499999998 5624831.24, 427477.04000000004 5624905.92, 427433.76999999955 5624970.82, 427373.04000000004 5625054.539999999, 427333.91000000015 5625136.1, 427270.11000000034 5625101.619999999, 427210.91000000015 5625098.869999999, 427138.3200000003 5625088.73, 427047.5599999996 5625090.039999999, 426994.2999999998 5625089.6, 426987.1799999997 5625083.8100000005, 426945.54000000004 5625059.83, 426920.1799999997 5625045.34, 426854.45999999996 5625007.74, 426811.61000000034 5624981.66, 426797.5800000001 5624973.109999999, 426821.03000000026 5624946.09, 426867.3300000001 5624911.65, 426877.8799999999 5624903.800000001, 426892.23000000045 5624893.140000001, 426905.7599999998 5624886.130000001, 426899.8300000001 5624883.58, 426926 5624856.550000001, 426954.13999999966 5624830.93, 426975.8099999996 5624807.050000001, 427001.36000000034 5624779.119999999, 427038.5999999996 5624727.59, 427050.4199999999 5624706.369999999, 427056.66000000015 5624682.42, 427071.83999999985 5624651.630000001, 427088.5099999998 5624629.5600000005, 427099.6900000004 5624613.07, 427103.3499999996 5624590.390000001, 427099.8200000003 5624559.98, 427096.2400000002 5624542.58, 427093.96999999974 5624527.050000001, 427093.8499999996 5624515.609999999, 427119.36000000034 5624512.5600000005, 427235.3799999999 5624503.59, 427235.0800000001 5624463.5600000005, 427213.16000000015 5624427.390000001, 427201.5099999998 5624366.99, 427189.5099999998 5624304.77, 427182.6699999999 5624283.83, 427175.6799999997 5624257.710000001, 427174.3799999999 5624240.26, 427175.1200000001 5624223.279999999, 427178.46999999974 5624201.140000001, 427219.70999999996 5624161.17, 427252.1200000001 5624137.76, 427289.3200000003 5624119.58, 427325.8099999996 5624111.609999999, 427315.38999999966 5624093.5600000005, 427279.0999999996 5624080.58, 427244.16000000015 5624071.99, 427212.1200000001 5624063.289999999, 427173.0700000003 5624056.539999999, 427155.13999999966 5624056.43, 427063.6299999999 5624049.18, 427034.91000000015 5624050.35, 427027.3799999999 5624039.4, 427028.5099999998 5624026.43, 427033.96999999974 5624006.630000001, 427041.53000000026 5623977.140000001, 427046.3200000003 5623951.52, 427049.6900000004 5623937.1899999995, 427052.36000000034 5623921.779999999, 427024.1500000004 5623914.109999999, 426969.3499999996 5623894.8100000005, 426976.16000000015 5623859.35, 426983.11000000034 5623844.42, 427005.45999999996 5623824.49, 427026.73000000045 5623802.16, 427031.11000000034 5623792.220000001, 427028.1299999999 5623782.630000001, 427025.51999999955 5623774.199999999, 427016.48000000045 5623763.5, 427013.7599999998 5623760.279999999, 427009.76999999955 5623755.550000001, 427002.1799999997 5623742.26, 426992.86000000034 5623721.98, 426983.7400000002 5623701.02, 426978.2599999998 5623701.32, 426964.7599999998 5623702.15, 426959.3300000001 5623702.48, 426963.4000000004 5623687.960000001, 426966.66000000015 5623678.83, 426969.13999999966 5623671.890000001, 426971.1799999997 5623666.17, 426973.3799999999 5623660, 426980 5623645.789999999, 426981.0800000001 5623646.84, 426984.21999999974 5623641.85, 426986.8099999996 5623642.58, 426987.5499999998 5623642.83, 427009.3200000003 5623600.140000001, 427020.4199999999 5623579.32, 427022.9299999997 5623578.720000001, 427025.6500000004 5623573.57, 427034.1900000004 5623559.92, 427032.88999999966 5623558.970000001, 427039.5999999996 5623541.18, 427047.5499999998 5623520.07, 427054.1699999999 5623510.109999999, 427071.16000000015 5623484.49, 427077.0499999998 5623475.609999999, 427086.16000000015 5623469.609999999, 427107.0499999998 5623455.83, 427124.7999999998 5623433.220000001, 427126.96999999974 5623430.85, 427125.4299999997 5623429.18, 427120.79000000004 5623426.82, 427114.2599999998 5623421.26, 427104.9400000004 5623411.84, 427094.45999999996 5623408.68, 427101.0599999996 5623404.6, 427109.38999999966 5623395.24, 427116.83999999985 5623391.039999999, 427124.6900000004 5623386.609999999, 427142.11000000034 5623378.609999999, 427160.01999999955 5623370.369999999, 427172.4400000004 5623367.800000001, 427174.5099999998 5623367.369999999, 427195.86000000034 5623359.24, 427196.6299999999 5623358.9399999995, 427200.71999999974 5623357.279999999, 427209.3200000003 5623354.23, 427213.9299999997 5623346.970000001, 427213.0999999996 5623345.77, 427217.54000000004 5623337.84, 427217.73000000045 5623333.41, 427221.9500000002 5623331.59, 427227.25 5623329.720000001, 427238.73000000045 5623318.52, 427242.88999999966 5623315, 427245.3099999996 5623309.880000001, 427248.6500000004 5623307.85, 427246.3799999999 5623306.84, 427252.66000000015 5623291.99, 427259.45999999996 5623284.529999999, 427279.8099999996 5623257.390000001, 427283.3799999999 5623250.48, 427287.7400000002 5623242.050000001, 427293.4900000002 5623228.23, 427309.8099999996 5623212.23, 427311.9400000004 5623202.529999999, 427314.33999999985 5623197.529999999, 427315.11000000034 5623192.42, 427312.1699999999 5623182.609999999, 427313.9900000002 5623176.369999999, 427312.1799999997 5623145.5600000005, 427317.9299999997 5623140.880000001, 427317.46999999974 5623133.1, 427318.5099999998 5623126.26, 427328.1500000004 5623111.199999999, 427304.4400000004 5623107.460000001, 427300.9299999997 5623063.66, 427298.58999999985 5623034.5600000005, 427296.91000000015 5623013.59, 427297.45999999996 5622986.869999999, 427297.54000000004 5622985.24, 427304.2000000002 5622964.67, 427309.4500000002 5622948.449999999, 427305.91000000015 5622946.65, 427288.9000000004 5622937.75, 427283.96999999974 5622935.119999999, 427291.8300000001 5622898.42, 427299.5599999996 5622881.57, 427300.63999999966 5622879.199999999, 427318.7000000002 5622845.619999999, 427335.23000000045 5622822.25, 427345.0499999998 5622808.15, 427357.61000000034 5622784.5, 427366.1799999997 5622768.359999999, 427377.7999999998 5622746.49, 427380.3499999996 5622741.6899999995, 427387.86000000034 5622731, 427398.4900000002 5622715.890000001, 427409.03000000026 5622700.9, 427419.8499999996 5622685.529999999, 427420.7999999998 5622684.609999999, 427431.3200000003 5622671.6, 427454.3700000001 5622642.98, 427464.3300000001 5622630.93, 427486.73000000045 5622603.4399999995, 427506.2599999998 5622579.460000001, 427509.2999999998 5622575.199999999, 427535.0099999998 5622540.18, 427536.6299999999 5622538.5600000005, 427547.61000000034 5622527.550000001, 427572.96999999974 5622502.130000001, 427581.98000000045 5622493.09, 427594.36000000034 5622478.33, 427617.5599999996 5622451.220000001, 427641.0499999998 5622414.5600000005, 427702.33999999985 5622311.869999999, 427736.8200000003 5622278.460000001, 427743.26999999955 5622270.59, 427741.1799999997 5622267.640000001, 427770.0099999998 5622238.32, 427816.0599999996 5622205.25, 427903.0700000003 5622158.76, 427959.4199999999 5622122.66, 428009.5599999996 5622084.880000001, 428027.8700000001 5622068.32, 428044.0599999996 5622056.82, 428074 5622035.5600000005, 428101.1500000004 5622016.279999999, 428099.36000000034 5622004.32)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5213-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5213-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5213-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5213-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-005" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5213-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5213-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5213-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-005" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5213-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5213-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5213-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="26" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108832</v>
       </c>
       <c r="O2" s="3">
-        <v>45970.60131169375</v>
+        <v>46066.93919398021</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>