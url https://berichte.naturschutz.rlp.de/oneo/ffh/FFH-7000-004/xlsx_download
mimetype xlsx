--- v0 (2025-11-08)
+++ v1 (2026-02-13)
@@ -137,51 +137,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5212-303</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((408949.45999999996 5625690.82, 408903.8799999999 5625690.4399999995, 408901.9900000002 5625682.59, 408904.91000000015 5625680.359999999, 408926.4199999999 5625661.58, 408934.3799999999 5625653.43, 408942.53000000026 5625639.800000001, 408945.20999999996 5625625.220000001, 408951.28000000026 5625615.27, 408956.66000000015 5625607.1899999995, 408960.53000000026 5625597.01, 408963.5700000003 5625600.859999999, 408964.8200000003 5625597.640000001, 408974.28000000026 5625573.199999999, 408997.20999999996 5625484.609999999, 409006.0700000003 5625424.76, 409006.48000000045 5625423.51, 409030.54000000004 5625350.07, 409032.7000000002 5625347.57, 409033.63999999966 5625346.369999999, 409068.88999999966 5625331.34, 409092.9500000002 5625328.710000001, 409179.4199999999 5625364.029999999, 409207.41000000015 5625373.210000001, 409230.8499999996 5625380.65, 409234.0999999996 5625381.76, 409238.9400000004 5625385.35, 409278.9900000002 5625415.1, 409295.95999999996 5625419.539999999, 409296.3300000001 5625417.93, 409316.9199999999 5625427.02, 409330.6900000004 5625429.98, 409337.13999999966 5625407.08, 409337.9400000004 5625402.73, 409351.9900000002 5625407.77, 409381.3300000001 5625417.039999999, 409391.7999999998 5625418.949999999, 409411.83999999985 5625420.24, 409422.0599999996 5625418.83, 409432.11000000034 5625417.449999999, 409434.13999999966 5625416.23, 409445.20999999996 5625409.640000001, 409443.9400000004 5625407.6, 409449.98000000045 5625408.27, 409455.9500000002 5625408.48, 409461.9299999997 5625407.75, 409468.2599999998 5625405.57, 409472.6799999997 5625403.42, 409479.1900000004 5625397.58, 409477.26999999955 5625395.67, 409476.2400000002 5625394.640000001, 409470.51999999955 5625388.970000001, 409487.8300000001 5625372.67, 409519.33999999985 5625342.960000001, 409523.9400000004 5625329.76, 409526.9900000002 5625320.9399999995, 409535.0499999998 5625297.73, 409523.1699999999 5625291.73, 409537.36000000034 5625260.119999999, 409540.1699999999 5625258.220000001, 409553.6699999999 5625205.369999999, 409566.70999999996 5625153.720000001, 409564.63999999966 5625148.710000001, 409585.0099999998 5625106.01, 409607.1799999997 5625058.890000001, 409612.16000000015 5625060.359999999, 409613.6799999997 5625056.59, 409575.8200000003 5625045.6, 409541.0099999998 5625032.640000001, 409537.86000000034 5625031.470000001, 409505.5099999998 5625019.359999999, 409500.2400000002 5625002.619999999, 409498.5499999998 5624997.289999999, 409495.4199999999 5624987.34, 409497.2599999998 5624985.140000001, 409504.6200000001 5624976.16, 409506.38999999966 5624974.34, 409516.4299999997 5624961.68, 409520.20999999996 5624956.93, 409524.16000000015 5624951.970000001, 409528.2400000002 5624946.83, 409532.3799999999 5624938.75, 409536.5 5624930.710000001, 409536.95999999996 5624929.82, 409541.26999999955 5624919.710000001, 409546.2599999998 5624907.98, 409551.3300000001 5624896.07, 409554.9000000004 5624887.73, 409556.8499999996 5624882.1, 409560.3099999996 5624872.109999999, 409563.26999999955 5624863.58, 409566.63999999966 5624853.85, 409567.36000000034 5624851.800000001, 409572.08999999985 5624840.17, 409577.79000000004 5624826.210000001, 409578.1200000001 5624824.32, 409580.1500000004 5624812.6, 409581.8499999996 5624802.66, 409581.03000000026 5624794.130000001, 409580.1799999997 5624785.220000001, 409579.03000000026 5624773.35, 409578.83999999985 5624771.33, 409577.96999999974 5624762.58, 409577.11000000034 5624754.0600000005, 409580.5 5624723.550000001, 409581.1500000004 5624717.25, 409582.36000000034 5624705.52, 409582.46999999974 5624704.4399999995, 409582.96999999974 5624692.34, 409583.23000000045 5624685.09, 409583.3799999999 5624679.3100000005, 409583.5800000001 5624671.859999999, 409583.7400000002 5624665.140000001, 409586.1500000004 5624655.98, 409588.2000000002 5624648.17, 409590.20999999996 5624640.539999999, 409590.48000000045 5624639.470000001, 409590.20999999996 5624630.76, 409590.03000000026 5624625.0600000005, 409586.13999999966 5624615.119999999, 409577.4299999997 5624607.220000001, 409579.1500000004 5624548.970000001, 409579.33999999985 5624544.9399999995, 409579.36000000034 5624544.17, 409580.23000000045 5624525.210000001, 409581.1200000001 5624505.65, 409581.51999999955 5624496.93, 409582.1699999999 5624482.8100000005, 409582.8300000001 5624468.42, 409584.1699999999 5624462.5600000005, 409585.2400000002 5624455.76, 409584.9500000002 5624447.98, 409603.4900000002 5624432.24, 409609.8499999996 5624426.869999999, 409615.5700000003 5624422.01, 409643.46999999974 5624433.1, 409646.5099999998 5624434.3100000005, 409666.21999999974 5624442.15, 409681.63999999966 5624434.039999999, 409682.23000000045 5624433.73, 409694.33999999985 5624427.210000001, 409700.04000000004 5624425.77, 409726.4000000004 5624419.109999999, 409730.91000000015 5624422.380000001, 409736.3799999999 5624420.32, 409749.9299999997 5624415.210000001, 409753.3799999999 5624413.91, 409791.9299999997 5624399.43, 409806.78000000026 5624396.539999999, 409828.88999999966 5624394.130000001, 409837.33999999985 5624396.34, 409838.29000000004 5624394.0600000005, 409839.7599999998 5624394.699999999, 409840.54000000004 5624395.029999999, 409847.78000000026 5624386.75, 409852.8200000003 5624386.32, 409858.48000000045 5624383.65, 409895.54000000004 5624349.220000001, 409899.41000000015 5624345.630000001, 409900.7400000002 5624347.02, 409920.3200000003 5624325.960000001, 409934.96999999974 5624306.130000001, 409943.9000000004 5624293.24, 409945.3700000001 5624291.119999999, 409946.91000000015 5624288.880000001, 409936.83999999985 5624261.1, 409937.58999999985 5624255.08, 409932.4000000004 5624248.84, 409927.8700000001 5624245.27, 409886.54000000004 5624206.220000001, 409885.13999999966 5624207.92, 409884.3200000003 5624207.130000001, 409882.3499999996 5624205.9399999995, 409876.61000000034 5624202.48, 409878.73000000045 5624188.619999999, 409879.21999999974 5624185.35, 409857.21999999974 5624174.640000001, 409854.5599999996 5624174.16, 409851.58999999985 5624175.9, 409837.61000000034 5624165.66, 409824.76999999955 5624156.279999999, 409822.0499999998 5624154.289999999, 409774.53000000026 5624196.880000001, 409779.7999999998 5624198.130000001, 409747.5999999996 5624255.43, 409744.9199999999 5624252.220000001, 409738.9500000002 5624245.109999999, 409732.71999999974 5624237.52, 409724.91000000015 5624227.970000001, 409720.91000000015 5624223.039999999, 409717.9299999997 5624219.33, 409714.51999999955 5624215.130000001, 409711.3300000001 5624211.199999999, 409705.3499999996 5624203.84, 409702.98000000045 5624200.91, 409695.76999999955 5624192.039999999, 409692.8300000001 5624188.470000001, 409689.73000000045 5624184.66, 409680.4199999999 5624173.18, 409678.53000000026 5624170.869999999, 409671.5499999998 5624167.140000001, 409665 5624163.85, 409658.4400000004 5624160.5600000005, 409652.26999999955 5624157.470000001, 409645.8200000003 5624154.23, 409642.6299999999 5624152.630000001, 409633 5624147.800000001, 409623.4900000002 5624143.029999999, 409615.63999999966 5624139.1, 409613.54000000004 5624138.029999999, 409611.53000000026 5624137.039999999, 409607.6500000004 5624135.140000001, 409593.48000000045 5624136.58, 409575.48000000045 5624138.210000001, 409571.53000000026 5624134.960000001, 409567.7000000002 5624131.800000001, 409563.38999999966 5624128.25, 409561.9199999999 5624127.039999999, 409549.03000000026 5624116.42, 409547.6200000001 5624115.27, 409542.33999999985 5624110.91, 409538.8099999996 5624108.01, 409524.78000000026 5624100.6, 409518.9900000002 5624097.5600000005, 409511.1500000004 5624094.039999999, 409498.66000000015 5624088.4399999995, 409490.5999999996 5624084.3100000005, 409484.8700000001 5624081.380000001, 409483.1299999999 5624080.49, 409466.7999999998 5624074.09, 409468.21999999974 5624071.15, 409502.0700000003 5623994.34, 409497.03000000026 5623989.83, 409491.98000000045 5623985.3100000005, 409488.20999999996 5623981.93, 409486.8200000003 5623980.6899999995, 409481.0099999998 5623975.48, 409476.70999999996 5623971.65, 409475.33999999985 5623970.68, 409463.6799999997 5623962.48, 409462.20999999996 5623961.449999999, 409459.1699999999 5623959.3100000005, 409450.53000000026 5623954.6899999995, 409446.2999999998 5623952.42, 409437.7999999998 5623947.890000001, 409426.16000000015 5623941.66, 409412.33999999985 5623934.26, 409397.9000000004 5623926.539999999, 409387.83999999985 5623921.16, 409383.4900000002 5623923.65, 409380.3200000003 5623925.460000001, 409359.46999999974 5623937.390000001, 409357.95999999996 5623938.25, 409302.8499999996 5623833.08, 409304.6699999999 5623831.99, 409320.3099999996 5623822.57, 409325.0499999998 5623819.720000001, 409338.38999999966 5623817.23, 409352.6200000001 5623814.58, 409369.9500000002 5623811.34, 409383.04000000004 5623808.9, 409393.9500000002 5623806.869999999, 409409.78000000026 5623803.9, 409425.1500000004 5623801.039999999, 409392.2999999998 5623701.789999999, 409402.71999999974 5623697.52, 409409.4000000004 5623694.789999999, 409419.20999999996 5623690.779999999, 409426.23000000045 5623688.039999999, 409429.9199999999 5623708.109999999, 409441.1200000001 5623704.800000001, 409455.0499999998 5623730.68, 409459.6200000001 5623728.619999999, 409475.3499999996 5623721.619999999, 409493.45999999996 5623717.02, 409493.95999999996 5623722.18, 409502.0599999996 5623744.119999999, 409506.21999999974 5623744.529999999, 409507.38999999966 5623748.98, 409579.03000000026 5623766.93, 409582.7999999998 5623767.859999999, 409583.1900000004 5623760.85, 409586.3499999996 5623702.0600000005, 409622.9299999997 5623712.66, 409628.88999999966 5623714.380000001, 409639.2999999998 5623717.390000001, 409641.3300000001 5623712.76, 409651.4000000004 5623700.6, 409657.04000000004 5623693.789999999, 409663.1500000004 5623686.32, 409676.75 5623669.9, 409688.71999999974 5623655.43, 409701.36000000034 5623640.17, 409708.33999999985 5623631.73, 409714.0499999998 5623624.84, 409714.8499999996 5623623.869999999, 409723.98000000045 5623612.83, 409735.45999999996 5623598.970000001, 409742.1200000001 5623590.93, 409748.78000000026 5623582.869999999, 409780.0800000001 5623585.029999999, 409797.6699999999 5623586.24, 409798.95999999996 5623586.32, 409851.83999999985 5623589.949999999, 409853.4000000004 5623590.0600000005, 409858.9400000004 5623590.449999999, 409863.53000000026 5623590.779999999, 409876.51999999955 5623591.5, 409881.11000000034 5623586.93, 409852.79000000004 5623522.529999999, 409834.13999999966 5623479.74, 409818.01999999955 5623449.300000001, 409806.1699999999 5623449.119999999, 409784.4500000002 5623410.1899999995, 409773.26999999955 5623390.18, 409760.8700000001 5623367.9399999995, 409759.76999999955 5623363.8100000005, 409742.1699999999 5623364.449999999, 409735.20999999996 5623333.630000001, 409718.6200000001 5623260.26, 409727.83999999985 5623259.369999999, 409727.63999999966 5623255.77, 409703.36000000034 5623257.199999999, 409687.95999999996 5623244.23, 409681.16000000015 5623248.68, 409676.9000000004 5623251.1899999995, 409667.7599999998 5623256.59, 409664.75 5623256.74, 409664.08999999985 5623259.949999999, 409655.1799999997 5623264.619999999, 409632.23000000045 5623368.25, 409629.1900000004 5623368.33, 409612.70999999996 5623368.9, 409614.8700000001 5623280.880000001, 409615.0599999996 5623275.949999999, 409610.0099999998 5623272.18, 409591.6200000001 5623258.48, 409571.63999999966 5623253.52, 409563.5700000003 5623254.25, 409556.4500000002 5623262.6899999995, 409534.7400000002 5623283.289999999, 409522.03000000026 5623295.35, 409517.16000000015 5623299.970000001, 409510.83999999985 5623290.34, 409498.95999999996 5623286.359999999, 409490.08999999985 5623283.390000001, 409476.46999999974 5623309.720000001, 409464.8200000003 5623332.23, 409447.4299999997 5623325.279999999, 409434.8700000001 5623320.27, 409426.1799999997 5623317.720000001, 409395.8099999996 5623308.800000001, 409381.1799999997 5623297.9, 409359.6699999999 5623281.859999999, 409349.26999999955 5623274.119999999, 409328.73000000045 5623265.73, 409323.1299999999 5623275.960000001, 409311.3200000003 5623297.51, 409305.6500000004 5623307.880000001, 409299.8700000001 5623318.43, 409294.23000000045 5623328.73, 409287.8700000001 5623340.34, 409283.53000000026 5623348.27, 409281.83999999985 5623351.35, 409280.7000000002 5623352.74, 409275.08999999985 5623359.59, 409264 5623373.15, 409252.8499999996 5623386.75, 409250.9500000002 5623389.07, 409243 5623401.83, 409238.3200000003 5623409.34, 409233.23000000045 5623416.17, 409225.2599999998 5623426.869999999, 409217.54000000004 5623437.220000001, 409212.70999999996 5623442.77, 409189.9400000004 5623469.01, 409185.5800000001 5623473.800000001, 409177.0599999996 5623483.1899999995, 409172.38999999966 5623488.07, 409162.4000000004 5623498.5, 409149.6900000004 5623498.960000001, 409130.1699999999 5623499.67, 409099.29000000004 5623500.789999999, 409093.9500000002 5623514.23, 409084.0999999996 5623540.07, 409083.1500000004 5623542.609999999, 409078.4500000002 5623555.0600000005, 409076.4500000002 5623571.24, 409064.75 5623627.199999999, 409050.1200000001 5623628.73, 409020.1900000004 5623611.75, 409020.70999999996 5623610.609999999, 408980.3099999996 5623589.199999999, 408971.0800000001 5623601.609999999, 408962.88999999966 5623612.65, 408941.70999999996 5623580.279999999, 408932.3099999996 5623574.119999999, 408904.45999999996 5623555.85, 408900.3799999999 5623553.17, 408865.3799999999 5623536.4, 408849.76999999955 5623539.16, 408827.7599999998 5623543.859999999, 408828.5700000003 5623527.66, 408831.8799999999 5623516.289999999, 408832.5800000001 5623513.91, 408835.21999999974 5623504.84, 408838.61000000034 5623493.59, 408844.0999999996 5623475.029999999, 408847.25 5623464.359999999, 408850.75 5623455.15, 408854.6500000004 5623444.890000001, 408858.79000000004 5623434, 408860.66000000015 5623429.85, 408866.66000000015 5623416.460000001, 408867.70999999996 5623414.029999999, 408874.45999999996 5623398.59, 408881.5499999998 5623382.289999999, 408888.03000000026 5623367.4, 408895.83999999985 5623349.449999999, 408899.0499999998 5623342.07, 408899.9400000004 5623340.01, 408905.9199999999 5623336.289999999, 408930.4199999999 5623322.16, 408935.8099999996 5623319.050000001, 408941.45999999996 5623315.800000001, 408954 5623303.199999999, 408957.5999999996 5623299.58, 408963.2599999998 5623296.119999999, 408974.25 5623289.369999999, 408975.7400000002 5623288.4399999995, 408984.26999999955 5623277.51, 408985.73000000045 5623275.630000001, 408970.9000000004 5623264.83, 408948.3799999999 5623248.5, 408891.41000000015 5623207.359999999, 408892.0999999996 5623201.710000001, 408892.5800000001 5623197.699999999, 408894.2000000002 5623195.720000001, 408896.6799999997 5623192.6899999995, 408905.36000000034 5623198.789999999, 408914.75 5623197.98, 408919.78000000026 5623197.539999999, 408928.5700000003 5623196.779999999, 408905.4299999997 5623181.949999999, 408909 5623177.58, 408912.21999999974 5623173.630000001, 408915.76999999955 5623169.27, 408918.79000000004 5623165.57, 408922.36000000034 5623161.210000001, 408924.7400000002 5623158.289999999, 408928.3499999996 5623153.859999999, 408930.1200000001 5623151.699999999, 408933.7400000002 5623147.26, 408937.0700000003 5623143.16, 408941.1299999999 5623138.1899999995, 408943.20999999996 5623135.640000001, 408944.78000000026 5623132.66, 408946.91000000015 5623128.609999999, 408950.9400000004 5623120.960000001, 408952.6299999999 5623117.75, 408954.54000000004 5623114.109999999, 408955.4400000004 5623112.41, 408957.78000000026 5623107.949999999, 408959.6699999999 5623104.359999999, 408960.79000000004 5623102.220000001, 408962.0599999996 5623099.91, 408963.70999999996 5623096.77, 408967.5499999998 5623089.470000001, 408969.4500000002 5623085.859999999, 408970.6299999999 5623083.619999999, 408971.6299999999 5623081.710000001, 408973.11000000034 5623078.91, 408974.98000000045 5623075.33, 408977.38999999966 5623070.76, 408982.96999999974 5623060.16, 408985.7599999998 5623054.869999999, 408987.33999999985 5623051.84, 408993.98000000045 5623044.52, 408997.0700000003 5623041.109999999, 409002.26999999955 5623035.380000001, 409002.9299999997 5623034.640000001, 409007.78000000026 5623029.300000001, 409011.5099999998 5623025.18, 409015.8099999996 5623020.449999999, 409017.98000000045 5623018.050000001, 409023.5700000003 5623011.9, 409035.8300000001 5623010.92, 409045.8099999996 5623010.130000001, 409057.66000000015 5623009.18, 409075.3200000003 5623007.779999999, 409083.5499999998 5623007.119999999, 409153.7999999998 5623033.5600000005, 409155.08999999985 5623031.73, 409157.38999999966 5623028.43, 409165.9299999997 5623016.210000001, 409169.4199999999 5623011.210000001, 409171.28000000026 5623010.41, 409177.83999999985 5623007.550000001, 409183.41000000015 5623005.130000001, 409195.4000000004 5622999.91, 409215.1900000004 5622991.32, 409256.8300000001 5622991.4399999995, 409259.2400000002 5622988.35, 409272.9400000004 5622961.07, 409297.7599999998 5622971.1, 409299.33999999985 5622967.42, 409303.5999999996 5622957.49, 409309.0599999996 5622944.76, 409312.08999999985 5622937.6899999995, 409311.7999999998 5622932.08, 409311.7000000002 5622930.050000001, 409311.3300000001 5622922.82, 409310.7599999998 5622911.5, 409310.25 5622901.460000001, 409309.79000000004 5622892.449999999, 409309.5800000001 5622888.3100000005, 409309.3499999996 5622883.8100000005, 409272.5800000001 5622867.869999999, 409276.53000000026 5622855.75, 409283.23000000045 5622846.26, 409298.3099999996 5622824.92, 409304.98000000045 5622813.42, 409316.2599999998 5622799.52, 409331.3499999996 5622780.9399999995, 409334.6500000004 5622777.529999999, 409326.3499999996 5622763.0600000005, 409332.3200000003 5622760, 409342.1200000001 5622754.98, 409343.41000000015 5622754.32, 409355.48000000045 5622748.130000001, 409365.9299999997 5622742.779999999, 409379.78000000026 5622745.4, 409393.4900000002 5622748, 409395.7000000002 5622748.42, 409411 5622726.26, 409417.21999999974 5622717.25, 409421.3799999999 5622705.960000001, 409424.7400000002 5622708, 409442.7599999998 5622713.970000001, 409444.5700000003 5622710.880000001, 409461.0700000003 5622682.9, 409470.61000000034 5622667.369999999, 409471.53000000026 5622665.880000001, 409475.6900000004 5622654.390000001, 409478.4299999997 5622646.8100000005, 409479.6799999997 5622643.35, 409488.0999999996 5622646.57, 409504.2599999998 5622644.27, 409523.21999999974 5622660.220000001, 409526.7599999998 5622663.1899999995, 409537.9199999999 5622665.98, 409546.2999999998 5622668.07, 409551.88999999966 5622671.73, 409562.1500000004 5622678.449999999, 409573.36000000034 5622686.98, 409577.2999999998 5622689.98, 409587.0499999998 5622693.130000001, 409600.7999999998 5622697.550000001, 409602.6799999997 5622698.15, 409616.4199999999 5622697.42, 409618.16000000015 5622697.32, 409625.86000000034 5622699.93, 409636.91000000015 5622703.699999999, 409639.08999999985 5622704.4399999995, 409642.4299999997 5622705.609999999, 409654.3200000003 5622709.8100000005, 409657.48000000045 5622713.4399999995, 409659.21999999974 5622715.1, 409663.46999999974 5622719.17, 409668.9500000002 5622723.8100000005, 409681.3499999996 5622734.32, 409693.11000000034 5622741.5, 409703.78000000026 5622748.01, 409705.5 5622749.0600000005, 409719.4199999999 5622752.289999999, 409743.8499999996 5622751.25, 409754.5 5622745.630000001, 409769.23000000045 5622719.09, 409796.7000000002 5622699.75, 409815.2999999998 5622668.880000001, 409845.3499999996 5622676.83, 409889.04000000004 5622694.08, 409906.45999999996 5622703.82, 409913.2400000002 5622705.16, 409938.38999999966 5622710.09, 409941.54000000004 5622711.26, 409958.9000000004 5622717.76, 409968.9199999999 5622723.6, 410003.1699999999 5622743.49, 410023.4000000004 5622749.050000001, 410041.66000000015 5622764.890000001, 410054.66000000015 5622776.17, 410062.0499999998 5622782.98, 410086.03000000026 5622795.6899999995, 410092.8700000001 5622799.32, 410101.61000000034 5622803.960000001, 410109.83999999985 5622807.359999999, 410132.0800000001 5622836.130000001, 410134.1200000001 5622840.16, 410137.4400000004 5622846.76, 410150.2400000002 5622857.119999999, 410161.9299999997 5622866.58, 410167.5700000003 5622875.65, 410173.5499999998 5622885.26, 410184.9000000004 5622889.199999999, 410189.5700000003 5622890.82, 410189.63999999966 5622904.42, 410207.6900000004 5622902.77, 410208.5800000001 5622912.42, 410217.0099999998 5622914.57, 410224.9299999997 5622954, 410239.0599999996 5622952.73, 410238.79000000004 5622966.890000001, 410238.63999999966 5622974.949999999, 410244.5499999998 5622988.4399999995, 410247.0800000001 5622986.4399999995, 410256.5499999998 5622973.15, 410272.79000000004 5622950.369999999, 410280.6200000001 5622939.390000001, 410298.36000000034 5622905.880000001, 410326.51999999955 5622871.24, 410328.9400000004 5622865.23, 410339.4199999999 5622839.16, 410341.13999999966 5622837.24, 410346.8099999996 5622830.869999999, 410371.5 5622838.3100000005, 410371.8300000001 5622839.039999999, 410388.33999999985 5622875.5, 410390.2999999998 5622879.82, 410387.41000000015 5622884.02, 410376.9199999999 5622896.449999999, 410364.20999999996 5622911.539999999, 410339.45999999996 5622940.880000001, 410338.53000000026 5622942.25, 410314.04000000004 5622977.84, 410297.83999999985 5623002.5600000005, 410294.70999999996 5623007.33, 410278.86000000034 5623027.640000001, 410277.63999999966 5623028.77, 410256.63999999966 5623048.220000001, 410189.13999999966 5623108.619999999, 410176.6799999997 5623113, 410147.95999999996 5623123.08, 410138.5999999996 5623127.65, 410127.33999999985 5623133.15, 410121.9199999999 5623131.640000001, 410118.54000000004 5623130.6899999995, 410107.3300000001 5623092.65, 410100.2999999998 5623068.789999999, 410086.2999999998 5623022.17, 410080.0599999996 5623001.4, 410081.36000000034 5622999.779999999, 410080.1900000004 5622993.85, 410079.9299999997 5622992.529999999, 410076.98000000045 5622985.289999999, 410072.54000000004 5622974.34, 410069.76999999955 5622963.26, 410065.8099999996 5622957.800000001, 410056.2000000002 5622944.49, 410050.75 5622936.949999999, 410041.4299999997 5622922.58, 410031.16000000015 5622906.76, 410027.95999999996 5622907.99, 410027.29000000004 5622908.25, 409985.1799999997 5622914.960000001, 409985.5 5622923.93, 409985.76999999955 5622931.27, 409986.1799999997 5622942.289999999, 409986.8700000001 5622961.210000001, 409985.5 5622979.91, 409983.91000000015 5623001.619999999, 409982.70999999996 5623018.02, 409983.96999999974 5623036.529999999, 409985.9000000004 5623064.84, 409986.2999999998 5623070.779999999, 409990.98000000045 5623099.880000001, 410003.1799999997 5623134.15, 410018.0599999996 5623154.1, 410031.8300000001 5623172.58, 410039.1299999999 5623195.130000001, 410068.0499999998 5623191.35, 410073.0599999996 5623190.699999999, 410088.2000000002 5623188.6, 410135.3799999999 5623167.640000001, 410152.9400000004 5623161.6, 410167 5623156.77, 410194.2400000002 5623144.109999999, 410217.58999999985 5623133.25, 410238.53000000026 5623131.8100000005, 410254.2400000002 5623122.0600000005, 410255.54000000004 5623121.23, 410291.53000000026 5623098.369999999, 410328.95999999996 5623059.16, 410382.96999999974 5623031.9399999995, 410419.46999999974 5623013.550000001, 410434.23000000045 5623009.08, 410478.28000000026 5622995.710000001, 410479.53000000026 5622995.34, 410510.23000000045 5622986.02, 410508.28000000026 5622983.529999999, 410505.2000000002 5622979.57, 410503.0499999998 5622976.82, 410502.4299999997 5622976.029999999, 410496.9400000004 5622969.01, 410493.16000000015 5622964.15, 410492.5 5622963.32, 410529.13999999966 5622933.84, 410562.0099999998 5622907.460000001, 410580.5800000001 5622893.0600000005, 410617.70999999996 5622865.49, 410620.53000000026 5622863.9, 410621.4900000002 5622865.460000001, 410632.79000000004 5622861.84, 410638.5599999996 5622859.99, 410643.9900000002 5622857.609999999, 410656.4400000004 5622852.119999999, 410670.95999999996 5622845.720000001, 410677.9400000004 5622842.66, 410685.5099999998 5622839.32, 410714.75 5622826.4399999995, 410713.1900000004 5622822.74, 410736.5 5622812.630000001, 410744.9900000002 5622801.07, 410762.01999999955 5622777.949999999, 410764.0999999996 5622775.130000001, 410776.96999999974 5622757.619999999, 410784.3300000001 5622748.630000001, 410784.76999999955 5622747.75, 410786.13999999966 5622746.16, 410788.51999999955 5622743.43, 410804.66000000015 5622724.85, 410805.63999999966 5622723.720000001, 410811.66000000015 5622716.029999999, 410821.8300000001 5622703.050000001, 410832.0700000003 5622689.98, 410832.8799999999 5622688.9, 410843 5622675.27, 410849.51999999955 5622666.49, 410850.83999999985 5622664.710000001, 410857.91000000015 5622655.199999999, 410880.8700000001 5622625.8100000005, 410904.9400000004 5622601.92, 410907.95999999996 5622604.3100000005, 410904.4199999999 5622620.08, 410907.4500000002 5622624.02, 410919.7400000002 5622613.65, 410964.51999999955 5622575.789999999, 410975.1200000001 5622566.93, 410986.41000000015 5622557.470000001, 411000.79000000004 5622545.43, 410998.13999999966 5622539.26, 410995.5 5622533.130000001, 411000.86000000034 5622515.59, 411004.53000000026 5622503.5600000005, 411008.86000000034 5622489.369999999, 411013.6299999999 5622473.75, 411021.51999999955 5622439.91, 411029.20999999996 5622407.529999999, 411038.53000000026 5622392.390000001, 411074.8300000001 5622323.699999999, 411075.0599999996 5622307.779999999, 411096.33999999985 5622264.949999999, 411101.2400000002 5622260.390000001, 411120.04000000004 5622242.9399999995, 411137.2400000002 5622226.98, 411140.61000000034 5622223.859999999, 411141.13999999966 5622223.109999999, 411161.0800000001 5622191.4, 411167.9900000002 5622167.609999999, 411179.9000000004 5622148.99, 411200.3700000001 5622123.25, 411205.4000000004 5622116.92, 411211.95999999996 5622108.67, 411225.88999999966 5622091.140000001, 411227.6900000004 5622089.4, 411241.8499999996 5622076.300000001, 411248.11000000034 5622070.67, 411258.61000000034 5622064.470000001, 411286.6699999999 5622047.890000001, 411293.5499999998 5622044.880000001, 411299.1299999999 5622042.08, 411311.4900000002 5622035.869999999, 411327.83999999985 5622029.84, 411362.1200000001 5622017.220000001, 411369.36000000034 5622010.449999999, 411380.70999999996 5621977.710000001, 411381.1799999997 5621975.15, 411373.36000000034 5621938.51, 411370.5800000001 5621925.5, 411360.5 5621909.369999999, 411358.41000000015 5621906.66, 411340.23000000045 5621882.970000001, 411337.3700000001 5621879.25, 411324.5599999996 5621855.51, 411319.96999999974 5621846.99, 411308.9299999997 5621837.68, 411293.5700000003 5621838.699999999, 411289.23000000045 5621841.6, 411261.1500000004 5621845.109999999, 411260.3799999999 5621834.67, 411261.79000000004 5621830.880000001, 411266.38999999966 5621818.48, 411267.3499999996 5621815.880000001, 411275.46999999974 5621793.98, 411276.5999999996 5621790.68, 411277.9199999999 5621780.32, 411268.2599999998 5621779.119999999, 411256.1900000004 5621772.039999999, 411254 5621770.76, 411242.03000000026 5621761.33, 411228.9199999999 5621750.99, 411216.98000000045 5621741.58, 411207 5621733.710000001, 411200.9900000002 5621728.99, 411195.58999999985 5621724.73, 411188.71999999974 5621719.3100000005, 411177.20999999996 5621710.24, 411159.7999999998 5621696.529999999, 411148.3099999996 5621687.470000001, 411145.45999999996 5621685.220000001, 411139.3200000003 5621680.380000001, 411137.0599999996 5621678.6, 411130.5499999998 5621673.48, 411117.7400000002 5621662.720000001, 411102.71999999974 5621650.130000001, 411092.23000000045 5621641.32, 411101.8799999999 5621626.699999999, 411101.0599999996 5621593.58, 411100.95999999996 5621589.49, 411100.4900000002 5621570.25, 411099.6699999999 5621569.539999999, 411036.5 5621515.109999999, 411030.3099999996 5621515.01, 411010.88999999966 5621515.65, 410988.9500000002 5621516.369999999, 410967.38999999966 5621516.09, 410966.98000000045 5621516.09, 410968.45999999996 5621520.210000001, 410939.75 5621536.220000001, 410938.9400000004 5621554.4, 410921.2400000002 5621555.26, 410898.8200000003 5621565.41, 410890.3499999996 5621569.24, 410875.6799999997 5621572.84, 410854.25 5621577.619999999, 410851.7400000002 5621578.18, 410827.11000000034 5621583.699999999, 410814.58999999985 5621593.91, 410762.48000000045 5621581.73, 410757.7599999998 5621588.01, 410750.3099999996 5621578.43, 410743.36000000034 5621572.539999999, 410735.1900000004 5621568.24, 410718.2000000002 5621562.23, 410712.75 5621559.84, 410694.98000000045 5621548.550000001, 410684.28000000026 5621538.23, 410680.23000000045 5621529.369999999, 410667.96999999974 5621500.73, 410665.2000000002 5621491.880000001, 410664.3099999996 5621481.9399999995, 410664.76999999955 5621475.4399999995, 410665.0099999998 5621472, 410666.78000000026 5621462.050000001, 410670.3300000001 5621448.16, 410677.3200000003 5621427.859999999, 410682.25 5621415.640000001, 410701.08999999985 5621368.890000001, 410706.58999999985 5621354.26, 410710.1200000001 5621341.18, 410711.23000000045 5621335.09, 410713.9900000002 5621320.01, 410719.95999999996 5621293.26, 410726.6699999999 5621267.390000001, 410728.33999999985 5621256.050000001, 410729.29000000004 5621240.99, 410728.2999999998 5621228, 410726.2000000002 5621216.779999999, 410721.9400000004 5621207.75, 410715.7999999998 5621200.52, 410708.3499999996 5621195.02, 410670.6799999997 5621174.67, 410664.9000000004 5621170.720000001, 410660.38999999966 5621166.859999999, 410634.66000000015 5621139.42, 410629.28000000026 5621132.220000001, 410626.3700000001 5621124.529999999, 410626.7599999998 5621116.02, 410629.71999999974 5621104.98, 410641.01999999955 5621100.58, 410691.03000000026 5621080.82, 410702.21999999974 5621076.41, 410729.76999999955 5621061.949999999, 410747.46999999974 5621049.92, 410748.2999999998 5621049.18, 410755.88999999966 5621042.4, 410757.9199999999 5621040.289999999, 410760.9199999999 5621038.789999999, 410764.53000000026 5621033.449999999, 410765.6299999999 5621032.300000001, 410777.0599999996 5621017, 410784.78000000026 5621010.880000001, 410798.66000000015 5620999.859999999, 410832.48000000045 5620947.85, 410879.36000000034 5620875.74, 410903.5 5620862, 410930.28000000026 5620846.76, 410935.04000000004 5620844.07, 410948.2400000002 5620808.65, 410950.1299999999 5620757.0600000005, 410950.33999999985 5620751.43, 410954.7000000002 5620752.15, 410959.16000000015 5620749.52, 410959.6799999997 5620749.220000001, 410973.3200000003 5620741.15, 410994.3700000001 5620728.710000001, 410994.4199999999 5620728.68, 411011.54000000004 5620713.869999999, 410996.1200000001 5620690.98, 410984.83999999985 5620674.359999999, 410964.0999999996 5620660.15, 410935.46999999974 5620655.880000001, 410896.6699999999 5620650.09, 410898.4199999999 5620643.51, 410901.29000000004 5620632.789999999, 410897.26999999955 5620633.380000001, 410853.9199999999 5620639.789999999, 410831.2000000002 5620645.199999999, 410812.1299999999 5620652.68, 410799.4900000002 5620659.24, 410787.0099999998 5620667.640000001, 410751.3499999996 5620684.300000001, 410748.73000000045 5620685.529999999, 410716.7599999998 5620703.869999999, 410703.26999999955 5620709.59, 410685.5599999996 5620714.75, 410654.04000000004 5620719.869999999, 410652.61000000034 5620720.1, 410643.1799999997 5620721.65, 410621.4000000004 5620728.9, 410613.1799999997 5620731.630000001, 410600.0999999996 5620736.890000001, 410569.03000000026 5620749.35, 410554 5620755.380000001, 410551.96999999974 5620756.140000001, 410541.2599999998 5620760.17, 410534.7000000002 5620763.869999999, 410532.51999999955 5620765.1, 410527.25 5620772.029999999, 410519.16000000015 5620782.699999999, 410516.03000000026 5620786.82, 410511.48000000045 5620794.800000001, 410508.21999999974 5620800.23, 410513.28000000026 5620803.27, 410518.5599999996 5620817.619999999, 410522.8099999996 5620829.15, 410525.53000000026 5620836.949999999, 410509.1699999999 5620849.5, 410493.01999999955 5620868.33, 410490.5 5620871.279999999, 410491.3700000001 5620934.710000001, 410491.8700000001 5620971.1, 410491.96999999974 5620978.710000001, 410492.3300000001 5621005.279999999, 410492.3700000001 5621008, 410493.0999999996 5621008.449999999, 410528.38999999966 5621030.43, 410557.53000000026 5621048.57, 410561.38999999966 5621060.98, 410543.01999999955 5621049.800000001, 410500.5 5621037.9, 410484.73000000045 5621034.8100000005, 410457.61000000034 5621037.449999999, 410445.9500000002 5621041.4, 410391.88999999966 5621067.279999999, 410386.1799999997 5621071.4, 410379.3499999996 5621079.119999999, 410374.7000000002 5621086.390000001, 410372.86000000034 5621092.49, 410373.3099999996 5621098.140000001, 410377.11000000034 5621104.8100000005, 410392.2400000002 5621117.42, 410395.7000000002 56</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5212-303</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5212-303</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5212-303.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5212-303.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -515,90 +515,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-004" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5212-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5212-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5212-303.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-004" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5212-303" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5212-303" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5212-303.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="30.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -672,51 +672,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108831</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.7425088086</v>
+        <v>46066.8748981142</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>