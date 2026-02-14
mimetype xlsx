--- v0 (2025-11-08)
+++ v1 (2026-02-14)
@@ -140,51 +140,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5212-302</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((413359.0700000003 5622853.970000001, 413382 5622836.08, 413395.6200000001 5622846.09, 413390.20999999996 5622822.130000001, 413389.58999999985 5622810.949999999, 413389.23000000045 5622804.029999999, 413390.1900000004 5622796.3100000005, 413393.71999999974 5622790.59, 413400.96999999974 5622785.4, 413405.1699999999 5622793.960000001, 413417.6500000004 5622819.380000001, 413421.7000000002 5622815.119999999, 413425.83999999985 5622810.77, 413445.8799999999 5622789.720000001, 413465.7400000002 5622768.949999999, 413468.4500000002 5622765.42, 413465.03000000026 5622758.6899999995, 413441.2000000002 5622681.380000001, 413425.6299999999 5622645.25, 413457.88999999966 5622634.130000001, 413449.6200000001 5622614.789999999, 413441.36000000034 5622595.4399999995, 413433.0999999996 5622576.109999999, 413424.8300000001 5622556.779999999, 413414.66000000015 5622538.3100000005, 413404.4900000002 5622519.85, 413394.2999999998 5622501.369999999, 413393.6699999999 5622500.24, 413479.6699999999 5622556.33, 413512.3700000001 5622597.98, 413582.2999999998 5622605.449999999, 413648.45999999996 5622591.75, 413668.23000000045 5622568.0600000005, 413703.46999999974 5622535.880000001, 413762.88999999966 5622528.49, 413887.03000000026 5622566.16, 413938.5 5622570.34, 413982.6900000004 5622589.5, 414033.23000000045 5622611.18, 414147.9199999999 5622656.52, 414364.4299999997 5622777.960000001, 414378.83999999985 5622782.0600000005, 414379.61000000034 5622798.140000001, 414379.79000000004 5622802.02, 414380.54000000004 5622817.630000001, 414360.86000000034 5622819.92, 414339.36000000034 5622825.380000001, 414324.53000000026 5622834.3100000005, 414315.9400000004 5622839.49, 414267.78000000026 5622878.73, 414222.7999999998 5622914.35, 414215.76999999955 5622920.119999999, 414209.1900000004 5622925.529999999, 414202.58999999985 5622922.289999999, 414171.9500000002 5622909.84, 414150.5499999998 5622898.08, 414131.8700000001 5622918.119999999, 414098.8700000001 5622953.880000001, 414078.71999999974 5622968.27, 414048.8799999999 5622988.67, 414040.08999999985 5622943.789999999, 413995.79000000004 5622953.380000001, 413965.3099999996 5622957.57, 413938.0599999996 5623024.710000001, 413966.71999999974 5623068.59, 413962.01999999955 5623066.02, 413926.86000000034 5623052.32, 413849.9500000002 5623016.33, 413799.6699999999 5623010.92, 413798.9500000002 5623034.24, 413800.8700000001 5623058.210000001, 413810.23000000045 5623087.77, 413817.4400000004 5623105.76, 413813.4900000002 5623106.460000001, 413815.6500000004 5623115.3100000005, 413817.7599999998 5623125.27, 413820.9000000004 5623138.3100000005, 413822.2999999998 5623144.1, 413842.0999999996 5623170.300000001, 413858.8200000003 5623190.76, 413900.20999999996 5623243.5600000005, 413920.5 5623278.67, 413928.33999999985 5623310.449999999, 413931.96999999974 5623313.550000001, 413935.1500000004 5623316.26, 413920.66000000015 5623343.8100000005, 413914.3300000001 5623359.48, 413907.9000000004 5623377.85, 413899.41000000015 5623411.869999999, 413893.01999999955 5623434.67, 413891.86000000034 5623438.130000001, 413884.9199999999 5623458.91, 413879.58999999985 5623471.66, 413876.4500000002 5623479.140000001, 413872.16000000015 5623492.859999999, 413865.5 5623552.0600000005, 413858.04000000004 5623585.18, 413856.7999999998 5623596.109999999, 413856.75 5623598.25, 413856.5 5623608.949999999, 413854.2000000002 5623619.35, 413845.1200000001 5623633.41, 413828.2000000002 5623652.07, 413820.3200000003 5623659.960000001, 413783.1900000004 5623697.16, 413782.2999999998 5623698.050000001, 413754.1500000004 5623723.09, 413742.0599999996 5623733.859999999, 413736.1900000004 5623740.859999999, 413726.6900000004 5623754.960000001, 413719.5099999998 5623773.01, 413713.4500000002 5623781.35, 413705.2400000002 5623785.26, 413691.78000000026 5623790.0600000005, 413669.1299999999 5623820.82, 413663.7400000002 5623826.34, 413659.0700000003 5623829.83, 413651.2000000002 5623836.49, 413632.9000000004 5623867.18, 413629.6299999999 5623876.8100000005, 413625 5623893.48, 413623.6200000001 5623901.32, 413621.6299999999 5623912.5600000005, 413615.71999999974 5623932.6, 413613.03000000026 5623948.380000001, 413603.66000000015 5623978.33, 413595.6799999997 5623989.5, 413585.8200000003 5624008.9399999995, 413583.5800000001 5624015.68, 413580.71999999974 5624035.27, 413577.5800000001 5624050.65, 413578.08999999985 5624064.8100000005, 413584.1500000004 5624080.23, 413587.0599999996 5624097.17, 413586.45999999996 5624107.17, 413581.53000000026 5624112.720000001, 413571.26999999955 5624116.279999999, 413555.5700000003 5624115.75, 413555.45999999996 5624115.73, 413554.33999999985 5624119.779999999, 413536.8499999996 5624122.529999999, 413515.48000000045 5624129.1899999995, 413515.4199999999 5624129.199999999, 413516.53000000026 5624132.1899999995, 413515.1900000004 5624149.33, 413512.2599999998 5624186.779999999, 413554.95999999996 5624193, 413583.26999999955 5624202.279999999, 413581.6200000001 5624210.99, 413587.2000000002 5624211.609999999, 413590.9500000002 5624212.73, 413597.5499999998 5624216.640000001, 413603.33999999985 5624215.99, 413603.75 5624222.220000001, 413604.6900000004 5624244.470000001, 413604.8200000003 5624247.49, 413606.7999999998 5624244.84, 413612.73000000045 5624240.17, 413641.71999999974 5624219.039999999, 413644.86000000034 5624217.91, 413645.26999999955 5624213.91, 413652.4000000004 5624218.029999999, 413656.5700000003 5624219.039999999, 413681.2599999998 5624228.140000001, 413682.7599999998 5624228.779999999, 413693.58999999985 5624233.4, 413706.5499999998 5624241.76, 413713.4400000004 5624246.220000001, 413732.46999999974 5624269.57, 413737.26999999955 5624275.460000001, 413744.78000000026 5624286.58, 413758.01999999955 5624302.1899999995, 413762.2000000002 5624306.289999999, 413768.3200000003 5624311.359999999, 413775.7999999998 5624314.949999999, 413781.91000000015 5624317.130000001, 413790.7999999998 5624317.9399999995, 413795.58999999985 5624317.8100000005, 413799.7599999998 5624317.4, 413812.70999999996 5624319.25, 413820.21999999974 5624321.51, 413829.86000000034 5624324.02, 413837 5624327.0600000005, 413849.4000000004 5624331.32, 413861.48000000045 5624333.02, 413867.63999999966 5624333.890000001, 413879.0599999996 5624340.16, 413881.16000000015 5624341.3100000005, 413886.9500000002 5624343.359999999, 413906.58999999985 5624348.630000001, 413924.1200000001 5624352.43, 413961.5599999996 5624352.199999999, 413965.66000000015 5624350.539999999, 413969.3499999996 5624349.050000001, 413983.11000000034 5624347.65, 413991.6900000004 5624348.220000001, 414004.3200000003 5624350.34, 414007.0800000001 5624350.07, 414011.3499999996 5624349.640000001, 414019.13999999966 5624347.529999999, 414031.0800000001 5624347.859999999, 414039.95999999996 5624350.74, 414054.3099999996 5624350.640000001, 414065.63999999966 5624347.0600000005, 414072.1799999997 5624347.039999999, 414083.0700000003 5624347.01, 414094.0499999998 5624346.65, 414111.48000000045 5624346.08, 414127.6200000001 5624351.1, 414144.1500000004 5624358.57, 414155.4199999999 5624364.1, 414170.98000000045 5624364.24, 414180.36000000034 5624365.92, 414190.0099999998 5624370.25, 414207.53000000026 5624388.59, 414228.8799999999 5624407.640000001, 414230.8700000001 5624409.42, 414232.4500000002 5624410.82, 414236.54000000004 5624414.48, 414238.73000000045 5624415.32, 414246.2999999998 5624414.17, 414251.11000000034 5624414.68, 414261.3799999999 5624412.699999999, 414265.3099999996 5624411.9399999995, 414282.03000000026 5624416.460000001, 414291.9400000004 5624415.27, 414295.9900000002 5624415.43, 414306.6900000004 5624415.85, 414312.21999999974 5624416.08, 414316.8799999999 5624417.51, 414342.4199999999 5624425.34, 414353.8200000003 5624427.9399999995, 414375.54000000004 5624430.52, 414399.6799999997 5624437, 414426.51999999955 5624447.49, 414431.73000000045 5624447.65, 414460.3700000001 5624451.15, 414470.0700000003 5624451.279999999, 414476.5499999998 5624450.699999999, 414491.04000000004 5624449.4, 414502.86000000034 5624448.07, 414518.29000000004 5624444.039999999, 414519.0599999996 5624438.01, 414530.25 5624438.49, 414539.01999999955 5624439.220000001, 414544.75 5624442.66, 414548.83999999985 5624442.85, 414553.41000000015 5624444.09, 414561.4000000004 5624446.92, 414582.26999999955 5624452.5600000005, 414597.5999999996 5624456.710000001, 414606.0800000001 5624459.74, 414622.6699999999 5624466.119999999, 414623.8200000003 5624466.359999999, 414646.1900000004 5624471.039999999, 414658.3200000003 5624473.029999999, 414660.5099999998 5624478.74, 414677.98000000045 5624488.859999999, 414687.75 5624503.27, 414696.88999999966 5624516.73, 414707.21999999974 5624529.390000001, 414711.8700000001 5624537.380000001, 414712.08999999985 5624539.050000001, 414713.0999999996 5624547.140000001, 414711.4900000002 5624555.050000001, 414707.9000000004 5624562.949999999, 414708.5599999996 5624567.109999999, 414712.0800000001 5624569.93, 414713.53000000026 5624570.58, 414720.3300000001 5624573.57, 414729.16000000015 5624576.66, 414740.5099999998 5624579.140000001, 414747.0499999998 5624579.199999999, 414766.38999999966 5624583.199999999, 414768.1699999999 5624583.5600000005, 414775.03000000026 5624586.300000001, 414781.3700000001 5624587.470000001, 414802.4199999999 5624583.43, 414818.01999999955 5624581.1899999995, 414821.78000000026 5624585.75, 414825.76999999955 5624590.630000001, 414846.5 5624606.4, 414845.98000000045 5624609.27, 414845.3200000003 5624612.960000001, 414842.8700000001 5624626.550000001, 414844.13999999966 5624627.93, 414849.53000000026 5624629.18, 414857.6699999999 5624627.01, 414863.21999999974 5624625.539999999, 414865.5 5624625.26, 414883.0599999996 5624623.09, 414914.3300000001 5624620.380000001, 414915.9299999997 5624620.869999999, 414922.61000000034 5624619.4399999995, 414922.79000000004 5624618.800000001, 414922.8700000001 5624619.380000001, 414925.6500000004 5624617.98, 414932.83999999985 5624619.630000001, 414938.83999999985 5624621.01, 414941.58999999985 5624621.640000001, 414947.33999999985 5624624.02, 414955.48000000045 5624629.029999999, 414969.11000000034 5624635.949999999, 414976.11000000034 5624638.24, 414988.13999999966 5624639.25, 414992.6699999999 5624638.07, 414998.5 5624636.5600000005, 415007.25 5624629.68, 415011.66000000015 5624628.609999999, 415018.29000000004 5624629.119999999, 415019.5 5624630.32, 415024.0099999998 5624634.779999999, 415033.4500000002 5624652.789999999, 415037.66000000015 5624665.279999999, 415037.6799999997 5624673.369999999, 415037.6799999997 5624678.17, 415038.8099999996 5624689.4399999995, 415052.51999999955 5624699.6899999995, 415058.0599999996 5624700.9399999995, 415060.79000000004 5624698.01, 415071.4299999997 5624686.59, 415081.0999999996 5624687.210000001, 415092.7599999998 5624687.949999999, 415099.4000000004 5624690.82, 415112.98000000045 5624696.68, 415120.8700000001 5624707.25, 415128.45999999996 5624715.880000001, 415142.6799999997 5624721.02, 415156.9900000002 5624722.35, 415173.66000000015 5624721.289999999, 415186.26999999955 5624722.960000001, 415207.3799999999 5624730.279999999, 415218.4400000004 5624733.49, 415227.3300000001 5624731.779999999, 415234.96999999974 5624725.960000001, 415248.4199999999 5624725.550000001, 415257.7400000002 5624728.49, 415276.8700000001 5624731.470000001, 415286.79000000004 5624733.77, 415288.8200000003 5624739.779999999, 415291.0800000001 5624741.449999999, 415306.4400000004 5624752.74, 415318.76999999955 5624757.58, 415340.41000000015 5624762.470000001, 415361.04000000004 5624766.890000001, 415365.78000000026 5624767.890000001, 415372.91000000015 5624769.720000001, 415374.8799999999 5624771.43, 415375.5499999998 5624772.01, 415376.83999999985 5624772.49, 415378.7999999998 5624773.220000001, 415384.04000000004 5624775.16, 415385.8499999996 5624775.84, 415391.5499999998 5624776.1, 415393.6900000004 5624776.1899999995, 415402.7999999998 5624780.550000001, 415424.1299999999 5624792.380000001, 415437.3300000001 5624800.5600000005, 415447.26999999955 5624811.67, 415456.96999999974 5624836.91, 415458.9199999999 5624848.08, 415463.5 5624874.3100000005, 415473.3700000001 5624883.720000001, 415483.7599999998 5624888.369999999, 415494.98000000045 5624888.970000001, 415512.9000000004 5624887.01, 415525.9199999999 5624889.17, 415537.0499999998 5624892.880000001, 415543.91000000015 5624895.18, 415548.5599999996 5624896.720000001, 415559.0800000001 5624901.66, 415572.4900000002 5624908.6, 415596.71999999974 5624917.77, 415608.98000000045 5624924.970000001, 415612.6200000001 5624927.109999999, 415615.3700000001 5624931.41, 415616.8499999996 5624938.699999999, 415612.41000000015 5624945.01, 415608.0499999998 5624949.49, 415612.3200000003 5624956.779999999, 415613.75 5624960.029999999, 415612.61000000034 5624965.5600000005, 415608.38999999966 5624975.550000001, 415604.0800000001 5624982.98, 415601.66000000015 5624987.130000001, 415592.73000000045 5624996.41, 415584.9900000002 5625006.65, 415582.66000000015 5625030.43, 415593.5099999998 5625053.99, 415610.7599999998 5625057.630000001, 415622.0700000003 5625054.5600000005, 415645.5800000001 5625054.130000001, 415657.4400000004 5625049.470000001, 415667.4400000004 5625049.460000001, 415681.16000000015 5625075.65, 415682.88999999966 5625092.220000001, 415685.4500000002 5625098.1899999995, 415707.03000000026 5625120.51, 415725.2000000002 5625141.859999999, 415731.78000000026 5625155.34, 415737.79000000004 5625167.68, 415741.61000000034 5625175.52, 415774.4000000004 5625220.130000001, 415778.7000000002 5625218.630000001, 415784.6900000004 5625223.09, 415791.2999999998 5625234.09, 415800.51999999955 5625256.119999999, 415805.5800000001 5625278.119999999, 415814.11000000034 5625302.43, 415827.63999999966 5625310.970000001, 415832.70999999996 5625312.380000001, 415835.25 5625312.77, 415847.5099999998 5625323.449999999, 415852.91000000015 5625328.16, 415854.25 5625337.24, 415854.2599999998 5625337.9399999995, 415854.4199999999 5625356.65, 415863.1799999997 5625366.550000001, 415870.5999999996 5625374.960000001, 415883.5 5625385.300000001, 415898.3499999996 5625397.210000001, 415912.48000000045 5625404.609999999, 415929.2999999998 5625408.58, 415941.2000000002 5625408.640000001, 415948.21999999974 5625406.42, 415956.25 5625415.02, 415963.63999999966 5625427.050000001, 415977.5999999996 5625436.699999999, 415981.0700000003 5625439.1, 415989.51999999955 5625438.619999999, 415994.58999999985 5625438.09, 416015.6799999997 5625438.3100000005, 416024.03000000026 5625436.09, 416032.63999999966 5625434.84, 416060.9400000004 5625431.91, 416070.73000000045 5625429.02, 416086.8200000003 5625430.01, 416091.45999999996 5625431.41, 416096.26999999955 5625435.41, 416098.79000000004 5625439.029999999, 416105.7999999998 5625450.369999999, 416111.71999999974 5625466.869999999, 416115.9000000004 5625471.84, 416120.3499999996 5625473.4399999995, 416127.0999999996 5625478.82, 416129.23000000045 5625479.48, 416137.3300000001 5625481.949999999, 416144.96999999974 5625482.57, 416152.5800000001 5625483.1899999995, 416169.1799999997 5625489.710000001, 416177.9299999997 5625487.66, 416185.86000000034 5625484.279999999, 416191.0700000003 5625481.140000001, 416200.8499999996 5625469.789999999, 416210.75 5625455.66, 416222.91000000015 5625453.050000001, 416244.8499999996 5625457.25, 416254.76999999955 5625459.550000001, 416268.29000000004 5625468.890000001, 416278.13999999966 5625475.4, 416300.1699999999 5625484.380000001, 416308.73000000045 5625487.869999999, 416318.0700000003 5625492.210000001, 416327.73000000045 5625493.52, 416343.78000000026 5625492.470000001, 416343.8300000001 5625490.48, 416344.95999999996 5625490.699999999, 416371.53000000026 5625503.23, 416397.38999999966 5625511.8100000005, 416427.6699999999 5625524.18, 416438.78000000026 5625539.279999999, 416440.5099999998 5625550.57, 416441.70999999996 5625554.93, 416453.1500000004 5625561.220000001, 416469.20999999996 5625564.0600000005, 416481.76999999955 5625564.529999999, 416482.45999999996 5625564.550000001, 416484.79000000004 5625565.26, 416492.88999999966 5625567.76, 416498.16000000015 5625569.359999999, 416507.1200000001 5625572.75, 416514.6200000001 5625575.59, 416534.76999999955 5625571.98, 416540.5700000003 5625570.9399999995, 416567.28000000026 5625572.619999999, 416581.5800000001 5625573.52, 416599.9199999999 5625572.98, 416604.33999999985 5625572.859999999, 416618.9400000004 5625574.92, 416619.83999999985 5625575.050000001, 416626.79000000004 5625580.73, 416631.4299999997 5625584.52, 416643.6900000004 5625596.1899999995, 416661.5499999998 5625590.119999999, 416670.79000000004 5625593.880000001, 416681.70999999996 5625608.18, 416688.3499999996 5625622.470000001, 416693.26999999955 5625638.4399999995, 416700.03000000026 5625645.140000001, 416712.48000000045 5625652.98, 416729.20999999996 5625663.970000001, 416752.28000000026 5625684.369999999, 416754.41000000015 5625687.66, 416760.8200000003 5625697.57, 416764.0800000001 5625705.93, 416769.0499999998 5625717.3100000005, 416781.1200000001 5625739.67, 416788.5999999996 5625749.34, 416795.4299999997 5625748.65, 416806.6200000001 5625748.869999999, 416824.8499999996 5625746.130000001, 416841.5099999998 5625750.4, 416858.5999999996 5625760.359999999, 416861.86000000034 5625762.26, 416871.4000000004 5625770.07, 416878.4500000002 5625780.720000001, 416890.0800000001 5625788.77, 416898.3200000003 5625793.99, 416943.4299999997 5625806.41, 416963.0499999998 5625807.619999999, 416973.45999999996 5625804.76, 416975.04000000004 5625804.32, 416997.11000000034 5625813.039999999, 417003.0800000001 5625821.869999999, 417005.36000000034 5625823.359999999, 417030.91000000015 5625815.9399999995, 417046.6500000004 5625801.59, 417062.9900000002 5625783.800000001, 417074.75 5625782.52, 417084.38999999966 5625798.130000001, 417091.33999999985 5625800.07, 417092.9199999999 5625800.51, 417105.48000000045 5625784.68, 417126.1299999999 5625766.82, 417140.1900000004 5625755.859999999, 417144.1900000004 5625751.529999999, 417152.7000000002 5625742.35, 417175.76999999955 5625730.83, 417193.96999999974 5625729.76, 417199.45999999996 5625738.65, 417205.8700000001 5625758.85, 417209.7400000002 5625763.300000001, 417214.29000000004 5625761.26, 417217.3200000003 5625756.800000001, 417230.5999999996 5625739.710000001, 417268.58999999985 5625731.23, 417278.88999999966 5625744.449999999, 417290.54000000004 5625746.49, 417292.1500000004 5625741.43, 417290.91000000015 5625735.4, 417283.6299999999 5625724.109999999, 417285.33999999985 5625718.26, 417299.45999999996 5625708.77, 417305.1299999999 5625711.73, 417319.6299999999 5625708.960000001, 417332.5599999996 5625706.49, 417363.58999999985 5625684.050000001, 417379.66000000015 5625682.18, 417396.9500000002 5625682.02, 417424.4900000002 5625686.6899999995, 417433.95999999996 5625682.18, 417442.9400000004 5625684.26, 417458.23000000045 5625696.34, 417475.63999999966 5625697.76, 417507.7599999998 5625708.08, 417524.9900000002 5625717.27, 417531.88999999966 5625721.57, 417533.21999999974 5625720.0600000005, 417538.0499999998 5625722.09, 417536.9000000004 5625724.470000001, 417546.1699999999 5625728.6899999995, 417563.28000000026 5625740.4399999995, 417575.3700000001 5625739.51, 417580.7599999998 5625741.91, 417592 5625738.68, 417602.98000000045 5625730.76, 417613.4500000002 5625723.220000001, 417618.4199999999 5625704.4, 417618.7599999998 5625703.130000001, 417624.41000000015 5625686.720000001, 417631.3700000001 5625678.24, 417659.16000000015 5625608.01, 417647.3099999996 5625586.050000001, 417645.45999999996 5625582.630000001, 417644.29000000004 5625572.92, 417646.3200000003 5625564.67, 417649.66000000015 5625557.369999999, 417657.9900000002 5625539.98, 417663.61000000034 5625510.449999999, 417664.66000000015 5625488.1, 417674.1699999999 5625465.869999999, 417677.9000000004 5625448.5, 417688.1200000001 5625432.9399999995, 417689.48000000045 5625423.83, 417694.9400000004 5625417.43, 417699.6900000004 5625408.449999999, 417700.4400000004 5625398.960000001, 417703.1799999997 5625395.0600000005, 417701.96999999974 5625391.3100000005, 417709.7000000002 5625376.1899999995, 417712.0800000001 5625367.4399999995, 417720.8499999996 5625353.67, 417728.11000000034 5625349.58, 417738.48000000045 5625339.73, 417753.04000000004 5625320.27, 417770.75 5625309.65, 417775.5999999996 5625303.9, 417779.3099999996 5625291.57, 417785.6799999997 5625279.32, 417809.21999999974 5625261.460000001, 417809.46999999974 5625246.5, 417811.5999999996 5625233.8100000005, 417820.0800000001 5625227.83, 417821.46999999974 5625226.859999999, 417822 5625225.369999999, 417834.4299999997 5625190.76, 417835.61000000034 5625168.609999999, 417834.71999999974 5625165.359999999, 417826.0999999996 5625156.77, 417822.58999999985 5625147.720000001, 417823.08999999985 5625141.640000001, 417823.7599999998 5625133.74, 417831.6699999999 5625110.41, 417831.91000000015 5625103.369999999, 417829.58999999985 5625092.5, 417826.3300000001 5625082.390000001, 417814.3700000001 5625057.77, 417806.6500000004 5625035.529999999, 417801.7999999998 5625030.210000001, 417790.6699999999 5625024.07, 417787.2999999998 5625019.15, 417783.1900000004 5625006.380000001, 417766.26999999955 5624975.390000001, 417761.25 5624963.33, 417756.3300000001 5624946.779999999, 417755.2599999998 5624937.23, 417756.4400000004 5624925.98, 417752.88999999966 5624911.359999999, 417749.5999999996 5624903.789999999, 417745.83999999985 5624891.779999999, 417740.33999999985 5624884.32, 417727.9500000002 5624872.470000001, 417727.41000000015 5624871.16, 417728.36000000034 5624869.3100000005, 417726.46999999974 5624863.609999999, 417728.0599999996 5624855.25, 417734.1500000004 5624837.8100000005, 417744.0099999998 5624826.08, 417758.11000000034 5624812.32, 417767.28000000026 5624795.68, 417771.08999999985 5624782.4399999995, 417777.9299999997 5624765.67, 417787.61000000034 5624758.390000001, 417788.4500000002 5624757.75, 417807.33999999985 5624743.6, 417812.5800000001 5624739.68, 417823.7000000002 5624721.1, 417827.5599999996 5624703.449999999, 417830.79000000004 5624693.15, 417831.11000000034 5624691.949999999, 417835.2599999998 5624678.039999999, 417840.63999999966 5624663.02, 417848.96999999974 5624655.58, 417856.4500000002 5624636.98, 417857.78000000026 5624634.74, 417861.46999999974 5624628.539999999, 417876.96999999974 5624606.23, 417879.5700000003 5624597.4399999995, 417875.03000000026 5624585.869999999, 417879.4299999997 5624581.050000001, 417895.21999999974 5624574.98, 417896.78000000026 5624574, 417910.25 5624565.460000001, 417922.6699999999 5624554.65, 417933.3200000003 5624549.99, 417943.5999999996 5624541.140000001, 417947.8499999996 5624537.470000001, 417954.7000000002 5624526.74, 417971.5 5624506.27, 417971.8799999999 5624500.710000001, 417965.71999999974 5624459.91, 417965.63999999966 5624453.98, 417968.5 5624438.66, 417968.38999999966 5624432.869999999, 417967.61000000034 5624430.109999999, 417966.0499999998 5624424.07, 417961.83999999985 5624408.15, 417957.9199999999 5624401.4, 417921.16000000015 5624325.539999999, 417929.2999999998 5624296.24, 417931.3499999996 5624280.300000001, 417920.08999999985 5624253.800000001, 417923.5499999998 5624239.16, 417926.0700000003 5624237.289999999, 417928.8499999996 5624235.220000001, 417928.9199999999 5624232.99, 417929.08999999985 5624227.800000001, 417924.6299999999 5624217.369999999, 417919.0800000001 5624209.93, 417899.8200000003 5624184.09, 417896.2999999998 5624177.890000001, 417890.1699999999 5624168.279999999, 417887.78000000026 5624163.859999999, 417884.28000000026 5624157.41, 417882.3099999996 5624149.210000001, 417880.66000000015 5624144.48, 417877.4000000004 5624141.16, 417875.9500000002 5624132.890000001, 417871.9000000004 5624126.539999999, 417868.48000000045 5624119.529999999, 417864.1200000001 5624115.76, 417845.9199999999 5624106.08, 417841.73000000045 5624101.949999999, 417836.88999999966 5624099.369999999, 417835.16000000015 5624096.859999999, 417830.78000000026 5624091.34, 417827.83999999985 5624089.57, 417823.76999999955 5624084.18, 417822.5800000001 5624082.59, 417817.46999999974 5624077.380000001, 417804.9299999997 5624066.5, 417797.66000000015 5624058.640000001, 417797.2599999998 5624054.51, 417793.76999999955 5624047.449999999, 417788.0499999998 5624043.92, 417781.98000000045 5624041.720000001, 417774.75 5624041.710000001, 417768.23000000045 5624040.98, 417762.9900000002 5624039.609999999, 417758.0700000003 5624038.32, 417747.1299999999 5624034.49, 417741.78000000026 5624032.140000001, 417732.2599999998 5624029.630000001, 417729.25 5624029.26, 417724.41000000015 5624026.1, 417715.3700000001 5624019.630000001, 417706.6200000001 5624012.5, 417700.1900000004 5624004.48, 417697.26999999955 5624000.130000001, 417695.9900000002 5623996.390000001, 417691.75 5623989.48, 417684.7599999998 5623987.699999999, 417678.1699999999 5623989.02, 417674.4400000004 5623985.789999999, 417670.7000000002 5623981.82, 417666.8200000003 5623976.449999999, 417663.73000000045 5623971.470000001, 417660.76999999955 5623966.01, 417662.96999999974 5623956.460000001, 417662.1900000004 5623950.8100000005, 417664.2400000002 5623932.609999999, 417663.2000000002 5623927.4, 417664.48000000045 5623918.4399999995, 417664.5700000003 5623913.17, 417656.04000000004 5623900.1899999995, 417651.9900000002 5623889.17, 417640.1200000001 5623880.73, 417636.48000000045 5623879.15, 417631.63999999966 5623844.32, 417633.54000000004 5623841.17, 417635.3300000001 5623832.93, 417638.01999999955 5623825.050000001, 417642.79000000004 5623815.33, 417647.6699999999 5623809.4399999995, 417649.5700000003 5623803.92, 417652.1200000001 5623802.82, 417655.9299999997 5623797.890000001, 417656.63999999966 5623791.119999999, 417655.88999999966 5623783.699999999, 417665.20999999996 5623754.720000001, 417671.0700000003 5623742.960000001, 417677.46999999974 5623735.3100000005, 417677.7000000002 5623730.08, 417676.03000000026 5623723.609999999, 417675.4199999999 5623714.57, 417673.11000000034 5623703.76, 417669.6500000004 5623686.76, 417669.7999999998 5623673.449999999, 417666.7000000002 5623666.84, 417663.8499999996 5623657.130000001, 417662.8700000001 5623652.130000001, 417661.9299999997 5623642.0600000005, 417658.41000000015 5623632.65, 417659.8499999996 5623620.960000001, 417660.3799999999 5623609.109999999, 417663.01999999955 5623596.25, 417662.61000000034 5623593.779999999, 417662.3799999999 5623592.359999999, 417657.2999999998 5623584.779999999, 417651.5099999998 5623578.75, 417644.95999999996 5623571.529999999, 417640.5999999996 5623562.619999999, 417638.4199999999 5623552.75, 417638.8099999996 5623542.4399999995, 417638.25 5623536.33, 417636.9000000004 5623529.109999999, 417634.38999999966 5623519.01, 417632.95999999996 5623510.18, 417632.3499999996 5623496.609999999, 417636.3200000003 5623485.91, 417642.79000000004 5623473.109999999, 417644.76999999955 5623470.99, 417647.48000000045 5623464.380000001, 417649.0700000003 5623454.1899999995, 417648.96999999974 5623447.300000001, 417648.9000000004 5623442.210000001, 417652.4900000002 5623431.1899999995, 417653.0499999998 5623427.300000001, 417655.6900000004 5623418.630000001, 417657.9000000004 5623409.0600000005, 417660.21999999974 5623406.119999999, 417666.16000000015 5623388.1, 417663.8700000001 5623381.779999999, 417660.6299999999 5623370.3100000005, 417659.41000000015 5623363.02, 417658.9299999997 5623350.83, 417654.9199999999 5623330.74, 417654.1900000004 5623318.1899999995, 417652.4199999999 5623311.720000001, 417647.6799999997 5623302.890000001, 417649.9000000004 5623288.1, 417649.78000000026 5623278.609999999, 417646.53000000026 5623260.34, 417645.2400000002 5623253.1, 417643.8099999996 5623243.51, 417640.9500000002 5623236.529999999, 417636.88999999966 5623228.73, 417635.2999999998 5623217.91, 417631.9000000004 5623213.35, 417615.78000000026 5623206.9399999995, 417614.16000000015 5623207.09, 417615.76999999955 5623158.09, 417627.21999999974 5623142.52, 417636.2999999998 5623136.619999999, 417639.13999999966 5623134.210000001, 417645.3300000001 5623127.08, 417650.1699999999 5623118.41, 417652.3499999996 5623111.1, 417649.71999999974 5623087.630000001, 417650.3799999999 5623079.699999999, 417647.78000000026 5623070.15, 417644.25 5623061.449999999, 417640.2000000002 5623048.5, 417633.6299999999 5623028.9, 417639.8200000003 5623018.07, 417640.1900000004 5623014.960000001, 417641.5599999996 5623003.49, 417641.9299999997 5623001.619999999, 417642.26999999955 5622999.91, 417644.6699999999 5622987.869999999, 417645.1900000004 5622970.949999999, 417645.3499999996 5622965.42, 417643.3799999999 5622954.51, 417643.8200000003 5622940.16, 417641.23000000045 5622932.619999999, 417640.21999999974 5622922.119999999, 417638.3200000003 5622914.83, 417637.88999999966 5622907.25, 417636.4199999999 5622903.09, 417632.11000000034 5622897.699999999, 417646.6900000004 5622865.359999999, 417653.86000000034 5622855, 417663.58999999985 5622842.41, 417678.83999999985 5622822.26, 417683.7999999998 5622816.119999999, 417686.51999999955 5622814.08, 417693.73000000045 5622809.35, 417706.5700000003 5622800.380000001, 417715.76999999955 5622798.970000001, 417726.78000000026 5622793.630000001, 417745.4000000004 5622784.609999999, 417747.04000000004 5622783.26, 417748.1699999999 5622782.34, 417749.25 5622781.460000001, 417757.0599999996 5622775.0600000005, 417758.3799999999 5622773.99, 417761.5499999998 5622771.41, 417768.8700000001 5622759.34, 417778.73000000045 5622748.99, 417785.1200000001 5622739.41, 417786.21999999974 5622738.550000001, 417800.25 5622727.58, 417802.5099999998 5622725.8100000005, 417811.6799999997 5622722.210000001, 417822.5700000003 5622724.51, 417824.70999999996 5622724.960000001, 417838.88999999966 5622727.949999999, 417839.1200000001 5622728.16, 417841.51999999955 5622730.32, 417846.88999999966 5622735.17, 417858.6799999997 5622742.85, 417871.1299999999 5622744.33, 417876.7400000002 5622743.58, 417881.8300000001 5622742.890000001, 417883.75 5622742.380000001, 417899.28000000026 5622738.27, 417909.0099999998 5622731.869999999, 417909.71999999974 5622731.3100000005, 417912.13999999966 5622729.42, 417914.28000000026 5622728.35, 417924.8799999999 5622723.07, 417935.66000000015 5622716.01, 417941.96999999974 5622711.4399999995, 417943.25 5622710.51, 417945.83999999985 5622708.630000001, 417947.0599999996 5622707.74, 417959.3200000003 5622697.3100000005, 417977.2599999998 5622684.039999999, 417985.5499999998 5622678.359999999, 417996.5700000003 5622665.369999999, 417999.9400000004 5622660.91, 418001.8700000001 5622658.34, 418006.3799999999 5622651.09, 418010.20999999996 5622643.49, 418010.5099999998 5622642.890000001, 418014.53000000026 5622627.84, 418014.9400000004 5622616.74, 418015.83999999985 5622607.52, 418018.98000000045 5622593.210000001, 418019.25 5622584.75, 418015.86000000034 5622571.66, 418012.88999999966 5622556.5, 418009.29000000004 5622547.880000001, 418008.9000000004 5622558.039999999, 418005.5099999998 5622569.1, 417997.29000000004 5622582.15, 417994.3799999999 5622588.42, 417993.21999999974 5622603.74, 417990.7999999998 5622610.640000001, 417983.0999999996 5622618.449999999, 417974.9400000004 5622636.710000001, 417965.1900000004 5622646.33, 417961.88999999966 5622654.32, 417952.5599999996 5622668.539999999, 417931.26999999955 5622682.57, 417928.58999999985 5622684.390000001, 417926.41000000015 5622685.67, 417902.8300000001 5622695.08, 417897 5622698.449999999, 417894.25 5622691.880000001, 417897.48000000045 5622685.23, 417904.0599999996 5622682.140000001, 417905.6900000004 5622686.77, 417908.66000000015 5622685.859999999, 417918.03000000026 5622682.98, 417925.4400000004 5622679.41, 417938.4400000004 5622671.32, 417945.63999999966 5622666.35, 417947.58999999985 5622664.779999999, 417954.8099999996 5622655.359999999, 417959.0999999996 5622643.550000001, 417973.1500000004 5622628.66, 417977.9000000004 5622614.83, 417984.6799999997 5622609.02, 417988.48000000045 5622603.01, 417988 5622588.699999999, 417991.3099999996 5622578.140000001, 417997.7000000002 5622567.869999999, 418002.3799999999 5622555.52, 418002.41000000015 5622539.42, 418005.3099999996 5622521.460000001, 418004.46999999974 5622512.57, 418004.73000000045 5622505, 418011.0999999996 5622487.74, 418012.91000000015 5622481.279999999, 418015.0499999998 5622471.43, 418016.20999999996 5622464.26, 418016 5622447.630000001, 418012.48000000045 5622436.699999999, 418011.7599999998 5622432.460000001, 418014.41000000015 5622428.279999999, 418015.8700000001 5622425.960000001, 418022.8700000001 5622418.640000001, 418027.0999999996 5622413.3100000005, 418041.16000000015 5622394.27, 418044.41000000015 5622384.67, 418043.4000000004 5622382.289999999, 418049.9000000004 5622376.34, 418058.53000000026 5622371.85, 418065.0599999996</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5212-302</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5212-302</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5212-302.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5212-302.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -518,90 +518,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-003" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5212-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5212-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5212-302.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-003" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5212-302" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5212-302" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5212-302.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="76.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="24.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -675,51 +675,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108830</v>
       </c>
       <c r="O2" s="3">
-        <v>45969.25024851842</v>
+        <v>46067.03291754975</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>