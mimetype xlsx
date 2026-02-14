--- v0 (2025-11-10)
+++ v1 (2026-02-14)
@@ -136,51 +136,51 @@
   <si>
     <t>Osiris-Datenbank RLP oDatx v95</t>
   </si>
   <si>
     <t>Naturschutz</t>
   </si>
   <si>
     <t>FFH Schutzgebiet Natura 2000</t>
   </si>
   <si>
     <t>Natura 2000</t>
   </si>
   <si>
     <t>DE-5211-301</t>
   </si>
   <si>
     <t>MULTIPOLYGON (((396576.08999999985 5620353.09, 396577.16000000015 5620328.300000001, 396580.1500000004 5620259.57, 396594.1500000004 5620259.24, 396595.0599999996 5620259.220000001, 396612.76999999955 5620251.41, 396631.04000000004 5620243.359999999, 396655.5 5620232.57, 396685.5499999998 5620219.32, 396691.1699999999 5620219.300000001, 396714.9199999999 5620230.01, 396715.71999999974 5620230.369999999, 396746.33999999985 5620244.1899999995, 396747.8200000003 5620244.859999999, 396757.20999999996 5620249.1, 396759.36000000034 5620243.140000001, 396769.79000000004 5620215, 396772.58999999985 5620207.470000001, 396818.78000000026 5620229.039999999, 396855.78000000026 5620246.32, 396923.23000000045 5620262.029999999, 396926.61000000034 5620262.42, 396927.23000000045 5620248.6, 397035.53000000026 5620276.23, 397039.1200000001 5620277.1, 397038.9900000002 5620279.859999999, 397038.13999999966 5620297.92, 397037.0999999996 5620320.52, 397036.78000000026 5620321.859999999, 397056.7999999998 5620327.550000001, 397092.6900000004 5620337.74, 397090.0700000003 5620351.51, 397087.9500000002 5620362.68, 397089.61000000034 5620362.85, 397105.9000000004 5620364.640000001, 397111.2400000002 5620365.220000001, 397125.3200000003 5620366.76, 397155.0999999996 5620370.029999999, 397156.2999999998 5620367.25, 397169.6900000004 5620336.57, 397178.6799999997 5620315.93, 397187.23000000045 5620317.1, 397193.3700000001 5620271.52, 397194.1699999999 5620265.52, 397195.3700000001 5620260.77, 397199.4000000004 5620244.75, 397217.3200000003 5620187.9, 397216.63999999966 5620160.880000001, 397203.2999999998 5620140.869999999, 397205.11000000034 5620129.8100000005, 397216.3200000003 5620099.779999999, 397228.7000000002 5620079.58, 397229.36000000034 5620068.59, 397262.0700000003 5620054.869999999, 397307.8700000001 5620058.91, 397393.54000000004 5620066.84, 397465.96999999974 5620073.539999999, 397545.5800000001 5620080.9, 397756.21999999974 5620100.4, 397828.79000000004 5620107.119999999, 397824.5999999996 5620121.52, 397802.8099999996 5620116.76, 397801.01999999955 5620136.32, 397818.9000000004 5620141.119999999, 397808.25 5620177.789999999, 397815.26999999955 5620179.890000001, 397819.70999999996 5620181.220000001, 397826.6900000004 5620186.890000001, 397998.0700000003 5620299.48, 398173.9500000002 5620417.960000001, 398302.4400000004 5620477.66, 398300.8300000001 5620481.109999999, 398275.0800000001 5620534.73, 398263.3700000001 5620560.289999999, 398265.2000000002 5620560.970000001, 398267.03000000026 5620561.65, 398286.0099999998 5620556.27, 398290.98000000045 5620565.93, 398295.9299999997 5620575.5600000005, 398303.66000000015 5620590.57, 398304.5700000003 5620592.35, 398309.70999999996 5620602.33, 398313.26999999955 5620609.199999999, 398316.13999999966 5620614.74, 398316.96999999974 5620616.35, 398318.29000000004 5620618.9, 398320.66000000015 5620623.460000001, 398329.13999999966 5620632.68, 398331.3799999999 5620635.130000001, 398332.5999999996 5620642.35, 398335.5499999998 5620644.84, 398338.6299999999 5620647.43, 398343.2999999998 5620651.390000001, 398351.95999999996 5620657.48, 398353.1299999999 5620658.25, 398362.58999999985 5620664.42, 398363.70999999996 5620665.869999999, 398365.75 5620668.529999999, 398373.4199999999 5620675.119999999, 398376.70999999996 5620677.960000001, 398380.38999999966 5620681.130000001, 398483.28000000026 5620607.359999999, 398490.1299999999 5620616.23, 398493.91000000015 5620621.119999999, 398502.83999999985 5620632.67, 398506.8300000001 5620631.300000001, 398543.33999999985 5620618.75, 398545.9199999999 5620622.17, 398546.4199999999 5620622.83, 398550.36000000034 5620628.050000001, 398561.1200000001 5620642.3100000005, 398580.1500000004 5620629.199999999, 398603.95999999996 5620612.789999999, 398606.8499999996 5620610.800000001, 398644.9400000004 5620599.5600000005, 398701.61000000034 5620582.84, 398706.23000000045 5620581.48, 398706.6500000004 5620584.130000001, 398706.7400000002 5620584.73, 398709.78000000026 5620584.9399999995, 398741.0800000001 5620587.09, 398744.7400000002 5620590.34, 398745.5499999998 5620594.119999999, 398749.2400000002 5620611.09, 398755.4500000002 5620639.640000001, 398759.4199999999 5620657.880000001, 398761.5499999998 5620667.720000001, 398763.78000000026 5620677.91, 398766.1299999999 5620688.76, 398767.36000000034 5620694.4, 398772.41000000015 5620717.630000001, 398775.4900000002 5620731.800000001, 398778.0999999996 5620743.76, 398779.8799999999 5620752.01, 398780.0599999996 5620753.07, 398780.2999999998 5620754.460000001, 398789.13999999966 5620771.84, 398803.70999999996 5620800.52, 398807.3099999996 5620807.619999999, 398815.36000000034 5620823.48, 398842.91000000015 5620877.68, 398833.36000000034 5620874.4399999995, 398823.20999999996 5620873.68, 398790.78000000026 5620871.27, 398772.58999999985 5620869.9, 398770.8200000003 5620869.76, 398712.1500000004 5620905.08, 398696.21999999974 5620911.65, 398663 5620925.34, 398630.70999999996 5620933.17, 398624.53000000026 5620934.67, 398606.4199999999 5620939.0600000005, 398587.13999999966 5620943.73, 398582.5599999996 5620946.68, 398581.16000000015 5620945.41, 398567.4199999999 5620952.07, 398570.2400000002 5620954.59, 398537.46999999974 5620975.65, 398520.5999999996 5620986.5, 398517.91000000015 5620986.4399999995, 398494.20999999996 5620985.949999999, 398493.0499999998 5620985.93, 398477.61000000034 5620983.25, 398463.4400000004 5620987.57, 398461.0999999996 5620988.27, 398449.11000000034 5620998.48, 398435.79000000004 5620998.74, 398427 5620998.92, 398402.79000000004 5620999.869999999, 398394.36000000034 5621000.109999999, 398360.95999999996 5620988.83, 398358.8499999996 5620988.23, 398352.1500000004 5620986.35, 398347.5499999998 5620985.0600000005, 398321.8099999996 5620977.92, 398314.6699999999 5620980.07, 398315.70999999996 5620982, 398300.78000000026 5620992.279999999, 398286.86000000034 5621023.57, 398282.29000000004 5621033.85, 398307.5499999998 5621058.640000001, 398313.9900000002 5621068.3100000005, 398325.53000000026 5621098.880000001, 398334.0700000003 5621121.48, 398334.48000000045 5621126.529999999, 398335.0099999998 5621133.130000001, 398324.0999999996 5621194.460000001, 398339.71999999974 5621207.74, 398344.9400000004 5621212.17, 398357.11000000034 5621212.73, 398369.25 5621213.300000001, 398375.9400000004 5621213.609999999, 398445.5800000001 5621203.050000001, 398443.61000000034 5621220.9, 398442.0800000001 5621234.859999999, 398440.4500000002 5621249.609999999, 398438.4299999997 5621267.970000001, 398437.0700000003 5621280.24, 398435.88999999966 5621291.029999999, 398430.73000000045 5621297.99, 398389.33999999985 5621316.59, 398382.4000000004 5621319.699999999, 398377.7000000002 5621321.82, 398381.0099999998 5621331.6899999995, 398387 5621349.550000001, 398392.8099999996 5621366.85, 398395.04000000004 5621373.48, 398400.45999999996 5621389.640000001, 398402.11000000034 5621391.83, 398404.1799999997 5621394.75, 398423.3799999999 5621419.369999999, 398435.58999999985 5621434.91, 398439.3300000001 5621433.4, 398460.5099999998 5621423.68, 398476.2000000002 5621416.51, 398487.9000000004 5621411.140000001, 398517.2400000002 5621397.6899999995, 398521.5800000001 5621395.710000001, 398556.71999999974 5621379.6, 398562.7599999998 5621376.84, 398625.8499999996 5621347.93, 398631.1200000001 5621349.869999999, 398644.61000000034 5621382.23, 398649.28000000026 5621393.470000001, 398651.61000000034 5621399.369999999, 398667.7000000002 5621387.98, 398671.16000000015 5621385.460000001, 398679.2400000002 5621379.699999999, 398692.2000000002 5621370.35, 398702.79000000004 5621364.4399999995, 398714.36000000034 5621357.9399999995, 398725.5599999996 5621351.6899999995, 398732.6200000001 5621347.800000001, 398739.51999999955 5621343.84, 398748.9400000004 5621338.57, 398754.5599999996 5621335.33, 398761.70999999996 5621331.48, 398763.6699999999 5621330.3100000005, 398762.0800000001 5621315.109999999, 398759.46999999974 5621290.199999999, 398762.0599999996 5621274.699999999, 398766.4000000004 5621265.4, 398773.0700000003 5621258.449999999, 398803.5499999998 5621239.4399999995, 398849.48000000045 5621231.279999999, 398911.03000000026 5621220.039999999, 398919.16000000015 5621218.550000001, 398958.45999999996 5621172.49, 398954.73000000045 5621169.49, 398957.46999999974 5621166.08, 398942.16000000015 5621103.6899999995, 398944.20999999996 5621099.550000001, 398979.1299999999 5621084.619999999, 398983.0499999998 5621082.970000001, 399018.78000000026 5621085.0600000005, 399043.4299999997 5621081.92, 399048.1900000004 5621081.32, 399068.1900000004 5621105.859999999, 399082.2599999998 5621123.109999999, 399108.8799999999 5621155.77, 399157.25 5621215.09, 399156.1900000004 5621220.960000001, 399170.8099999996 5621221.4, 399177.20999999996 5621232.23, 399203.33999999985 5621278.029999999, 399207.20999999996 5621308.970000001, 399209.9900000002 5621331.08, 399211.9900000002 5621346.84, 399212.5 5621350.85, 399236.4900000002 5621345.57, 399257.5800000001 5621350.83, 399267 5621354.33, 399271.3700000001 5621354.58, 399274.8799999999 5621356.16, 399290.1799999997 5621366.630000001, 399299.0800000001 5621368.3100000005, 399307.4000000004 5621366.050000001, 399327.6500000004 5621349.08, 399322.03000000026 5621374.92, 399321.7400000002 5621376.300000001, 399301.73000000045 5621388.23, 399228.3200000003 5621414.82, 399227.0499999998 5621415.279999999, 399227.9299999997 5621418.23, 399228.5099999998 5621420.130000001, 399228.98000000045 5621422.82, 399232.6900000004 5621443.699999999, 399233.4400000004 5621447.9399999995, 399233.8300000001 5621450.119999999, 399238.0999999996 5621474.220000001, 399241.6200000001 5621474.119999999, 399247.4000000004 5621473.949999999, 399302.5800000001 5621472.359999999, 399364.2999999998 5621470.5, 399367.9400000004 5621470.380000001, 399422.36000000034 5621468.74, 399492.51999999955 5621466.630000001, 399492.6200000001 5621473.859999999, 399487.3799999999 5621481.470000001, 399482.3499999996 5621485.800000001, 399475.03000000026 5621499.380000001, 399472.66000000015 5621503.84, 399457.9299999997 5621532.630000001, 399437.0499999998 5621573.359999999, 399435.53000000026 5621570.08, 399428.20999999996 5621588.050000001, 399432.8300000001 5621616.720000001, 399434.8099999996 5621621.26, 399441.01999999955 5621627.449999999, 399461.5 5621647.8100000005, 399474.3700000001 5621665.07, 399478.4000000004 5621685.449999999, 399490.2000000002 5621717.49, 399505.0599999996 5621744.02, 399509.4299999997 5621761.529999999, 399507.1799999997 5621781.4, 399515.7599999998 5621837.460000001, 399501.7400000002 5621847.800000001, 399473.2000000002 5621871.33, 399419.4199999999 5621922.15, 399290.6799999997 5621959.859999999, 399140.75 5622004.34, 399117.2599999998 5622011.800000001, 398928.46999999974 5622072.8100000005, 398924.4000000004 5622074.119999999, 398843.08999999985 5622100.960000001, 398774.1200000001 5622153.890000001, 398772.20999999996 5622155.369999999, 398616.95999999996 5622274.4399999995, 398295.03000000026 5622236.34, 398292.5800000001 5622236.0600000005, 398286.8200000003 5622235.32, 398264.83999999985 5622271.0600000005, 398222.79000000004 5622284.890000001, 398194.96999999974 5622289.4, 398170.20999999996 5622293.15, 398152.5599999996 5622295.630000001, 398146.5700000003 5622302.07, 398135.04000000004 5622316.1899999995, 398122.5 5622331.640000001, 398115.78000000026 5622339.6, 398108.7599999998 5622351.5, 398092.1900000004 5622385.800000001, 398089.79000000004 5622394.619999999, 398057.51999999955 5622416.83, 398020.0999999996 5622440.609999999, 397979.6500000004 5622482.17, 397978.4400000004 5622483.359999999, 397976.0700000003 5622486.09, 397968.9500000002 5622500.59, 397946.1699999999 5622532.789999999, 397945.08999999985 5622533.630000001, 397941 5622539.07, 397875.5 5622579.35, 397843.9400000004 5622605.32, 397836.76999999955 5622613.199999999, 397824.0800000001 5622626.76, 397823.4500000002 5622627.4399999995, 397807.6799999997 5622645.619999999, 397456.0700000003 5622347.85, 397381.79000000004 5622323.699999999, 397366.70999999996 5622318.800000001, 397319.9000000004 5622303.59, 397140.7000000002 5622245.4, 397093.6799999997 5622230.130000001, 397032.7000000002 5622210.34, 396943.6799999997 5622181.800000001, 396955.78000000026 5622159.640000001, 396917.96999999974 5622166.43, 396904.7000000002 5622168.859999999, 396372.8700000001 5621826.76, 396057.8200000003 5621583.390000001, 395942.36000000034 5621484.09, 395827.58999999985 5621385.449999999, 395650.1500000004 5621232.960000001, 395667.41000000015 5621331.390000001, 395702.0700000003 5621529, 395651.29000000004 5621565.960000001, 395643.0599999996 5621571.949999999, 395507.71999999974 5621670.460000001, 395505.9000000004 5621671.779999999, 395504.9900000002 5621671.380000001, 395505.8200000003 5621669.449999999, 395510.91000000015 5621666.07, 395511.5499999998 5621660.289999999, 395514.4000000004 5621648.58, 395520.8099999996 5621633.119999999, 395529.8099999996 5621611.699999999, 395532.6200000001 5621591.15, 395528.0700000003 5621563.460000001, 395534.33999999985 5621541.02, 395534.08999999985 5621520.09, 395533.28000000026 5621511.43, 395528.3200000003 5621500.09, 395528.0700000003 5621476.23, 395528.53000000026 5621465.26, 395527.53000000026 5621465.23, 395527.0999999996 5621463.4399999995, 395521.3799999999 5621440.449999999, 395491.95999999996 5621228.07, 395468.5599999996 5621142.34, 395462.95999999996 5621121.8100000005, 395449.2000000002 5621071.43, 395436.3300000001 5621024.25, 395428.33999999985 5620994.970000001, 395424.4299999997 5620980.67, 395454.01999999955 5620925.99, 395487.1200000001 5620864.779999999, 395550.46999999974 5620747.66, 395530.20999999996 5620747.550000001, 395505.98000000045 5620747.4, 395481.6200000001 5620747.25, 395450.96999999974 5620747.0600000005, 395425.51999999955 5620746.91, 395421.8300000001 5620746.890000001, 395345.08999999985 5620746.42, 395318.38999999966 5620746.26, 395288.1500000004 5620746.08, 395280.73000000045 5620746.029999999, 395271.1200000001 5620748.76, 395248.1799999997 5620755.27, 395236.3799999999 5620758.619999999, 395225.0099999998 5620761.84, 395208.9299999997 5620766.390000001, 395175.38999999966 5620774.58, 395161.8799999999 5620777.859999999, 395147.36000000034 5620781.390000001, 395138.4400000004 5620783.5600000005, 395104.0499999998 5620792.07, 395088.01999999955 5620796.050000001, 395046.91000000015 5620806.289999999, 395026.1799999997 5620811.470000001, 395005.95999999996 5620816.51, 394987.23000000045 5620821.199999999, 394969.3499999996 5620825.640000001, 394945.5800000001 5620831.57, 394933.1699999999 5620835.6, 394900.5499999998 5620846.17, 394843.0800000001 5620864.789999999, 394725.7999999998 5620903.07, 394710.36000000034 5620908.109999999, 394672.1799999997 5620919.880000001, 394669.0499999998 5620916.91, 394661.96999999974 5620819.17, 394654.6200000001 5620817.73, 394595.8499999996 5620806.109999999, 394487.26999999955 5620857.4, 394479.1200000001 5620861.25, 394473.16000000015 5620864.07, 394457.3799999999 5620871.529999999, 394454.26999999955 5620872.99, 394450.86000000034 5620874.609999999, 394444.86000000034 5620875.24, 394441.13999999966 5620875.619999999, 394363.61000000034 5620883.859999999, 394325.0599999996 5620887.949999999, 394238.16000000015 5620875.619999999, 394189.95999999996 5620776.960000001, 394180.13999999966 5620756.85, 394165.01999999955 5620725.92, 394104.01999999955 5620646.77, 394044.1699999999 5620569.140000001, 393989.3099999996 5620497.869999999, 393897.38999999966 5620493.33, 393855.16000000015 5620470.9, 393822.5099999998 5620452.18, 393804.9900000002 5620434.35, 393777.3499999996 5620418.32, 393756.4000000004 5620410.76, 393742.0999999996 5620408.15, 393729.3099999996 5620401.23, 393722.5999999996 5620391.369999999, 393706.26999999955 5620387.460000001, 393700.3300000001 5620381.880000001, 393688.86000000034 5620381.42, 393681.1900000004 5620385.380000001, 393670.13999999966 5620384.27, 393655.63999999966 5620385.210000001, 393642.58999999985 5620382.800000001, 393631.08999999985 5620393.140000001, 393625.2400000002 5620392.210000001, 393616.6699999999 5620398.73, 393615.1500000004 5620401.83, 393619.20999999996 5620409.52, 393615.0800000001 5620413.699999999, 393607.2599999998 5620411.68, 393604 5620413.42, 393601.95999999996 5620422.4, 393590.4199999999 5620416.119999999, 393585.5700000003 5620417.710000001, 393578.2000000002 5620428.15, 393579.3300000001 5620441.710000001, 393571.0499999998 5620442.9, 393560.2999999998 5620436.24, 393561.20999999996 5620435.609999999, 393556.98000000045 5620413.880000001, 393551.6200000001 5620399.42, 393550.1200000001 5620373.529999999, 393552.2999999998 5620364.619999999, 393575.73000000045 5620340.82, 393582.9299999997 5620331.09, 393590.38999999966 5620315.1899999995, 393598.5700000003 5620304.869999999, 393597.79000000004 5620304.24, 393598.23000000045 5620301.960000001, 393603.0800000001 5620276.82, 393634.63999999966 5620195.699999999, 393490.0599999996 5620178.4399999995, 393477.5 5620172.640000001, 393429.3200000003 5620155.6, 393391.0099999998 5620144.92, 393320.2000000002 5620127.199999999, 393226.91000000015 5620101.27, 393193.5999999996 5620096.17, 393150.23000000045 5620088.789999999, 393077.29000000004 5620070.1, 393039.8499999996 5620021, 392954.1299999999 5619887.76, 392895.6900000004 5619796.9399999995, 392892.75 5619792.92, 392808.2400000002 5619731.380000001, 392725.26999999955 5619670.93, 392668.13999999966 5619629.33, 392631.8499999996 5619602.9, 392600.6500000004 5619580.18, 392581.5999999996 5619566.3100000005, 392554.58999999985 5619546.630000001, 392525.4900000002 5619525.4399999995, 392493.70999999996 5619502.279999999, 392471.7000000002 5619486.25, 392467.4400000004 5619484.09, 392428.29000000004 5619464.300000001, 392408.3200000003 5619359.140000001, 392400.0800000001 5619315.720000001, 392393.6799999997 5619282.08, 392380.23000000045 5619211.220000001, 392369.1500000004 5619152.91, 392359.9400000004 5619104.390000001, 392356 5619083.630000001, 392355.1500000004 5619079.17, 392346.91000000015 5619074.279999999, 392324.1500000004 5619060.789999999, 392313.0700000003 5619054.220000001, 392301.45999999996 5619047.34, 392289.75 5619040.4, 392278.75 5619033.890000001, 392267.8300000001 5619027.41, 392256.48000000045 5619020.67, 392234.20999999996 5619007.48, 392211.46999999974 5618994.01, 392200 5618987.210000001, 392189.3700000001 5618980.91, 392178.29000000004 5618974.33, 392173.9900000002 5618971.789999999, 392169.6699999999 5618969.23, 392166.03000000026 5618967.08, 392143.8200000003 5618953.9, 392132.16000000015 5618946.99, 392120.4199999999 5618940.029999999, 392098.0099999998 5618926.890000001, 392084.98000000045 5618919.0600000005, 392084.21999999974 5618913.140000001, 392077.7000000002 5618909.5, 392058.4900000002 5618898.800000001, 392054.8099999996 5618895.48, 392044.7999999998 5618886.49, 392034.58999999985 5618877.300000001, 392013.58999999985 5618858.4, 392009.4500000002 5618856.359999999, 391980.98000000045 5618842.3100000005, 391953.45999999996 5618828.74, 391927.7599999998 5618816.07, 391903.6299999999 5618804.16, 391896.01999999955 5618800.42, 391897.78000000026 5618796.1, 391937.33999999985 5618699.140000001, 391977.2400000002 5618601.449999999, 391979.33999999985 5618596.289999999, 392000.0099999998 5618594.58, 392193.3799999999 5618575.41, 392310.9199999999 5618565.59, 392309.7999999998 5618548.4399999995, 392309.5700000003 5618544.890000001, 392301.2000000002 5618418.109999999, 392300.3099999996 5618404.609999999, 392285.0099999998 5618172.550000001, 392277.21999999974 5618054.890000001, 392350.73000000045 5617984.779999999, 392579.45999999996 5617766.640000001, 392585.9000000004 5617760.5, 392659.6200000001 5617690.1899999995, 392682.9500000002 5617675.970000001, 392703.4900000002 5617768.84, 392711.23000000045 5617803.85, 392804.2999999998 5618142.640000001, 393004.6799999997 5618078.01, 393008.4400000004 5618076.800000001, 392988.9299999997 5618022.35, 393008.8300000001 5617997.48, 393123.8499999996 5618049.960000001, 393126.26999999955 5618051.07, 393234.8300000001 5618100.529999999, 393235.3799999999 5618100.779999999, 393288.4299999997 5618124.970000001, 393291.45999999996 5618118.08, 393314.5499999998 5618065.300000001, 393337.66000000015 5618012.470000001, 393364.75 5618024.84, 393391.83999999985 5618037.210000001, 393419.11000000034 5618049.65, 393426.04000000004 5618052.529999999, 393437.3099999996 5618026.960000001, 393448.3700000001 5618001.9399999995, 393527.25 5618049.3100000005, 393527.11000000034 5618055.91, 393523.46999999974 5618230.18, 393523.1699999999 5618231.210000001, 393521.83999999985 5618367.6899999995, 393519.2400000002 5618534.43, 393519.25 5618535.859999999, 393519.2599999998 5618539.99, 393518.9299999997 5618553.550000001, 393518.83999999985 5618557.789999999, 393534.6699999999 5618554.23, 393769.8499999996 5618488.029999999, 393804.61000000034 5618480.85, 393832.70999999996 5618477.710000001, 393837.6500000004 5618477.83, 393870.71999999974 5618478.6899999995, 393912.9000000004 5618483.960000001, 393918.3300000001 5618485.32, 393938.5999999996 5618490.41, 393951.70999999996 5618494.869999999, 393956.2400000002 5618496.41, 393980.53000000026 5618505.58, 394005.3200000003 5618514.92, 394090.86000000034 5618546.449999999, 394126.8300000001 5618559.529999999, 394117.9000000004 5618601.710000001, 394116.4500000002 5618606.529999999, 394115.5999999996 5618612.41, 394116.0599999996 5618618.42, 394116.3700000001 5618622.4, 394116.58999999985 5618625.49, 394116.96999999974 5618630.380000001, 394081.0099999998 5618652.720000001, 394082.9000000004 5618658.02, 394124.2000000002 5618648.77, 394146.3799999999 5618649.9399999995, 394158.9900000002 5618655.789999999, 394182.9199999999 5618666.869999999, 394201.95999999996 5618676.07, 394213.8300000001 5618681.720000001, 394264.3200000003 5618679.73, 394286.86000000034 5618677.880000001, 394319.3700000001 5618670.390000001, 394329.36000000034 5618665.8100000005, 394317.20999999996 5618692.119999999, 394326.6699999999 5618692.859999999, 394375.8499999996 5618698.77, 394389.3799999999 5618700.41, 394392.1900000004 5618700.130000001, 394388.63999999966 5618696.1899999995, 394391.2999999998 5618692.119999999, 394393.63999999966 5618691.93, 394396.76999999955 5618689.630000001, 394400.46999999974 5618682.470000001, 394401.46999999974 5618674.9399999995, 394449.1500000004 5618686, 394432.6900000004 5618705.609999999, 394416.91000000015 5618724.34, 394415.6699999999 5618729.52, 394409.5800000001 5618755.119999999, 394410.29000000004 5618759.800000001, 394414.73000000045 5618789.26, 394404.28000000026 5618783.699999999, 394403.2000000002 5618784.02, 394403.78000000026 5618790.15, 394402.3300000001 5618793.33, 394407.2999999998 5618797.359999999, 394406.1699999999 5618806.539999999, 394408.6900000004 5618807.93, 394406.70999999996 5618813.68, 394406.76999999955 5618819.460000001, 394408.61000000034 5618827.390000001, 394410.5499999998 5618830.23, 394412.1900000004 5618839.07, 394415.66000000015 5618842.27, 394418.5099999998 5618842.720000001, 394421.16000000015 5618847.65, 394419.0599999996 5618852.960000001, 394419.21999999974 5618856.07, 394418.2000000002 5618857.5, 394419.0499999998 5618862.1, 394417.4000000004 5618867.970000001, 394417.23000000045 5618871.41, 394416.26999999955 5618872.460000001, 394412.04000000004 5618880, 394412.1799999997 5618881.15, 394410.8300000001 5618885.6, 394412.8300000001 5618892.359999999, 394412.1200000001 5618899.77, 394407.83999999985 5618901.24, 394404.91000000015 5618912.51, 394409.5800000001 5618920.15, 394408.83999999985 5618922.029999999, 394408.1500000004 5618923.75, 394405.79000000004 5618923.949999999, 394400.6900000004 5618923.880000001, 394402.3700000001 5618938.210000001, 394400.5800000001 5618941.460000001, 394400.6799999997 5618943.449999999, 394404.4400000004 5618945.18, 394404.2400000002 5618949.09, 394394.20999999996 5618952.66, 394392.4299999997 5618950.630000001, 394389.58999999985 5618950.67, 394384.1900000004 5618958.27, 394384.1900000004 5618960.85, 394391.71999999974 5618961.460000001, 394391.8099999996 5618964.01, 394384.0599999996 5618972.26, 394384.20999999996 5618974.74, 394380.5999999996 5618977.390000001, 394376.8799999999 5618976.800000001, 394374.4500000002 5618973.82, 394373 5618979.83, 394372.7999999998 5618984.93, 394376.26999999955 5618989.529999999, 394365.21999999974 5619001.609999999, 394367.33999999985 5619001.93, 394371.6200000001 5618999.119999999, 394375.4199999999 5619001.93, 394375.5800000001 5619004.52, 394368.75 5619008.74, 394364.3200000003 5619015.869999999, 394361.78000000026 5619015.5600000005, 394361.8700000001 5619022.84, 394360.7000000002 5619029.09, 394363.3499999996 5619031.17, 394363.8499999996 5619034.380000001, 394362.3799999999 5619036.92, 394359.5800000001 5619037.43, 394361.9400000004 5619044.8100000005, 394367.2599999998 5619044.33, 394368.28000000026 5619047.550000001, 394372.45999999996 5619050.43, 394371.0700000003 5619044.09, 394375.8099999996 5619041.9, 394378.25 5619036.869999999, 394381.2599999998 5619040.470000001, 394382.6900000004 5619044.6899999995, 394385.5 5619048.85, 394385.63999999966 5619055.220000001, 394386.6699999999 5619058.779999999, 394396.1799999997 5619052.140000001, 394446.23000000045 5619061.99, 394530.8200000003 5619077.85, 394698.5700000003 5619109.109999999, 394786.86000000034 5619125.710000001, 394793.9400000004 5619127.0600000005, 394806.9299999997 5619129.48, 394942.46999999974 5619153.970000001, 394935.83999999985 5619173.18, 394904.0999999996 5619236.51, 394892.2000000002 5619295.48, 394883.8099999996 5619331.609999999, 394882.6500000004 5619334.9, 394875.8099999996 5619354.27, 394869.1299999999 5619373.43, 394855.3700000001 5619412.609999999, 394836.7400000002 5619465.619999999, 394822.8099999996 5619505.300000001, 394798.76999999955 5619537.4, 394773.33999999985 5619625.42, 394767.41000000015 5619639.08, 394755.6799999997 5619666.050000001, 394737.11000000034 5619708.8100000005, 394732.6799999997 5619719, 394725.33999999985 5619727.27, 394706.16000000015 5619774.75, 394713.78000000026 5619778.359999999, 394776.1200000001 5619799.01, 394781.66000000015 5619800.84, 394806.1200000001 5619808.949999999, 394886.5 5619835.550000001, 395035.75 5619885, 395039.91000000015 5619886.91, 395197.76999999955 5619954.300000001, 395220.04000000004 5619963.82, 395224.2599999998 5619965.619999999, 395299.70999999996 5619997.869999999, 395300.8099999996 5619998.33, 395317.5099999998 5620005.48, 395321.45999999996 5620007.16, 395329.23000000045 5620010.24, 395393.9400000004 5619928.16, 395433.9500000002 5619945.99, 395438.0700000003 5619947.83, 395501.01999999955 5619975.85, 395503.1799999997 5619973.51, 395558.1799999997 5620053.390000001, 395622.53000000026 5620093.51, 395630.2999999998 5620098.34, 395628 5620112.82, 395624.4000000004 5620135.529999999, 395781 5620200.67, 395782.6900000004 5620224.619999999, 395793.20999999996 5620221.26, 395797.6200000001 5620223, 395830.8700000001 5620280.300000001, 395829.5800000001 5620281.029999999, 395830.1500000004 5620281.710000001, 395829.86000000034 5620282.26, 395896.0499999998 5620363.17, 395909.16000000015 5620377.220000001, 395904.8099999996 5620408.449999999, 395970.5800000001 5620484, 396005.0700000003 5620494.279999999, 396013.5999999996 5620496.83, 396028.03000000026 5620490.029999999, 396029.2599999998 5620489.4399999995, 396050.38999999966 5620514.6, 396051.0800000001 5620513.17, 396060.5999999996 5620494.85, 396070.91000000015 5620475.029999999, 396076.5999999996 5620468.52, 396079.1200000001 5620465.58, 396085.73000000045 5620469.140000001, 396099.23000000045 5620432.460000001, 396117.38999999966 5620445.5, 396168.8799999999 5620482.4399999995, 396169.96999999974 5620483.199999999, 396172.04000000004 5620483.75, 396343.8200000003 5620410.42, 396353.1699999999 5620405, 396354.78000000026 5620400.029999999, 396368.3300000001 5620358.369999999, 396383.2599999998 5620368.390000001, 396384.75 5620369.390000001, 396416.9000000004 5620390.970000001, 396419.0700000003 5620391.380000001, 396429.3799999999 5620391.57, 396454.66000000015 5620384.289999999, 396493.88999999966 5620372.960000001, 396520.3700000001 5620365.32, 396536.8200000003 5620360.58, 396569.9400000004 5620351.02, 396572.5700000003 5620353.0600000005, 396576.08999999985 5620353.09)), ((390508.6200000001 5618612.369999999, 390511.9000000004 5618621.25, 390517.3700000001 5618643.359999999, 390485.83999999985 5618639.85, 390474.78000000026 5618638.609999999, 390469.7999999998 5618639.49, 390296.79000000004 5618616.65, 390170.98000000045 5618598.529999999, 390082.0999999996 5618584.890000001, 390000.5700000003 5618577.27, 389951.58999999985 5618566.5600000005, 389921.5800000001 5618555.24, 389918.26999999955 5618552.25, 389915.36000000034 5618549.619999999, 389847.03000000026 5618531.93, 389838.8200000003 5618529.08, 389832.5700000003 5618524.32, 389831.38999999966 5618522.859999999, 389826.98000000045 5618517.35, 389822.6900000004 5618509.41, 389820.5 5618501.73, 389819.7599999998 5618499.130000001, 389818.9400000004 5618488.17, 389819 5618486.880000001, 389819.2599999998 5618481.07, 389819.4900000002 5618475.85, 389818.46999999974 5618464.92, 389815.54000000004 5618453.369999999, 389810.6500000004 5618442.390000001, 389805.8300000001 5618435.6899999995, 389797.5999999996 5618428.59, 389794.3300000001 5618425.77, 389788.25 5618422, 389778.8700000001 5618418.32, 389770.4199999999 5618416.42, 389759.13999999966 5618415.880000001, 389709.4000000004 5618417.57, 389699.2999999998 5618417.23, 389689.4299999997 5618415.460000001, 389683.9000000004 5618413.23, 389678.0999999996 5618408.65, 389669.36000000034 5618399.279999999, 389664.48000000045 5618392.73, 389659.4500000002 5618383.68, 389643.45999999996 5618350.26, 389637.70999999996 5618336.85, 389636.58999999985 5618331.789999999, 389636.5 5618326.289999999, 389637.9299999997 5618319.4399999995, 389639.29000000004 5618312.890000001, 389639.29000000004 5618312.32, 389655.25 5618316.630000001, 389774.76999999955 5618348.99, 389780.6200000001 5618346.43, 389765.1900000004 5618292.210000001, 389860.28000000026 5618218.6, 389865.5700000003 5618217.3100000005, 389863.11000000034 5618207.15, 389853.98000000045 5618169.529999999, 390019.8499999996 5618245.109999999, 390023.73000000045 5618246.84, 390054.51999999955 5618154.01, 390179.21999999974 5618228.02, 390193.08999999985 5618236.25, 390196.86000000034 5618237.699999999, 390245.28000000026 5618256.23, 390268.2599999998 5618265.029999999, 390274.8099999996 5618407.640000001, 390275.3300000001 5618418.960000001, 390279.3300000001 5618422.08, 390374.8799999999 5618496.65, 390475.95999999996 5618575.5600000005, 390489.20999999996 5618588.49, 390502.75 5618603.18, 390508.6200000001 5618612.369999999)))</t>
   </si>
   <si>
     <t>https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5211-301</t>
   </si>
   <si>
     <t>https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5211-301</t>
   </si>
   <si>
-    <t>https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5211-301.pdf</t>
+    <t>https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5211-301.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="YYYY-MM-DD HH:MM:SS"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -514,90 +514,90 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-002" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5211-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5211-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000.rlp-umwelt.de/n2000-sb-bwp/uploads/sdb/ffh_sdb_5211-301.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geodaten.naturschutz.rlp.de/kartendienste_naturschutz/mapinterface.php?qfield=kennung&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffhgebiet&amp;layers=ffhgebiet&amp;qid=FFH-7000-002" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://map-final.rlp-umwelt.de/kartendienste/mapinterface.php?service=natura2000&amp;qfield=ffhnr&amp;qidtyp=text&amp;qbuffer=100&amp;qlayer=ffh_gebietsgrenzen&amp;layers=ffh_gebietsgrenzen&amp;qid=5211-301" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/steckbrief_gebiete.php?sbg_pk=ffh5211-301" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://natura2000-bwp-sb.naturschutz.rlp.de/uploads/sdb/ffh_sdb_5211-301.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:X2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="65.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="162.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.42578125" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="7" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="28.85546875" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="19.140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="12" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="177.140625" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="81.5703125" bestFit="1" customWidth="1"/>
-    <col min="24" max="24" width="76" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="73.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -671,51 +671,51 @@
       <c r="F2" t="s">
         <v>28</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="3">
         <v>41219</v>
       </c>
       <c r="I2" t="s">
         <v>30</v>
       </c>
       <c r="J2" t="s">
         <v>31</v>
       </c>
       <c r="L2" t="b">
         <v>0</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
       <c r="N2">
         <v>108829</v>
       </c>
       <c r="O2" s="3">
-        <v>45971.03353320494</v>
+        <v>46067.03556140316</v>
       </c>
       <c r="P2" t="s">
         <v>33</v>
       </c>
       <c r="Q2" t="s">
         <v>34</v>
       </c>
       <c r="R2" t="s">
         <v>35</v>
       </c>
       <c r="S2" t="s">
         <v>36</v>
       </c>
       <c r="T2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>38</v>
       </c>
       <c r="V2" s="2" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="2" t="s">
         <v>40</v>
       </c>